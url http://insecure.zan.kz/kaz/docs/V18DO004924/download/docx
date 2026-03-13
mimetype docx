--- v0 (2025-11-07)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4b46c29" w14:textId="4b46c29">
+    <w:p w14:paraId="ea17b0e" w14:textId="ea17b0e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Райымбек ауданында дауыс беруді өткізу және дауыс санау үшін сайлау учаскелерін құру туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Алматы облысы Райымбек ауданы әкімінің 2018 жылғы 29 қарашадағы № 25 шешімі. Алматы облысы Әділет департаментінде 2018 жылы 6 желтоқсанда № 4924 болып тіркелді</w:t>
+        <w:t>Алматы облысы Райымбек ауданы әкімінің 2018 жылғы 29 қарашадағы № 25 шешімі. Алматы облысы Әділет департаментінде 2018 жылы 6 желтоқсанда № 4924 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z7" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы сайлау туралы" 1995 жылғы 28 қыркүйектегі Қазақстан Республикасының Конституциялық Заңының 23-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -288,62 +288,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы шешім әділет органдарында мемлекеттік тіркелген күннен бастап күшіне енеді және алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -361,51 +362,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аудан әкімі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -629,2736 +630,2784 @@
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z20" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Райымбек ауданында дауыс беруді өткізу және дауыс санау үшін құрылған сайлау учаскелері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z21" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда - Алматы облысы Райымбек ауданы әкімінің 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. № 762 cайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Нарынқол ауылы, Төле би көшесі № 44, Тельман Жанұзақов атындағы орта мектебі мектепке дейінгі шағын орталығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      О. Жандосов көшесі: № 1-ден 83-ке дейінгі үйлер (тақ жағы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төле би көшесі: № 1-ден 84-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Албан Асан көшесі: № 1-ден 86-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Райымбек көшесі: № 1-ден 98-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өмірзақов көшесі: № 1-ден 101-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ә. Молдағұлова көшесі: № 1-ден 15-ға дейінгі үйлер (тақ жағы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ш. Әміров көшесі: № 1-ден 28-ға дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ы. Көшкінов көшесі: № 1-ден 31-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жамбыл көшесі: № 1-ден 25-ға дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұзақ көшесі: № 1-ден 36-ға дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жәменке көшесі: № 1-ден 38-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т. Рысқұлов көшесі: № 1-ден 32-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Амангелді көшесі: № 1-ден 33-ке дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жанайұлы көшесі: № 1-ден 35-ке дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Б. Соқпақбаев көшесі: № 1-ден 39-ға дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бекмұханбетов көшесі: № 1-ден 42-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есенаманов көшесі: № 1-ден 30-ға дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ошақбаев көшесі: № 1-ден 37-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Байбатыров көшесі: № 1-ден 13-ке дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жылқыбеков көшесі: № 1-ден 6-ға дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нұрлыбеков көшесі: № 12-ден 30-ға дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Езмуханов көшесі: № 1-ден 8-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Далданбаев көшесі: № 1-ден 2-ге дейінгі үйлер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. № 763 сайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Нарынқол ауылы, Ұзақ көшесі № 69, Бердібек Соқпақбаев атындағы орта мектебі мектепке дейінгі шағын орталығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      О. Жандосов көшесі: № 2-ден 78-ге дейінгі үйлер (жұп жағы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      М. Мақатаев көшесі: № 1-ден 53, 54,55,56-шы дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақбұлақ көшесі: № 1-ден 7-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай көшесі: № 1-ден 66-ға дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мақашев көшесі: № 1-ден 30-ға дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Байжүнісов көшесі: № 1-ден 67-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дембаев көшесі: № 1-ден 70-ке дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нәкібаев көшесі: № 1-ден 1-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қасымов көшесі: № 1-ден 10-ға дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ыбыраев көшесі: № 1-ден 3-ке дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ә. Молдағұлова көшесі: № 17-ден 77-ге дейінгі үйлер (тақ жағы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ш. Әміров көшесі: № 29-дан 60-ке дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ы. Көшкінов көшесі: № 32-ден 65-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жамбыл көшесі: № 26-дан 75-ке дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұзақ көшесі: № 37-ден 65-ке дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жәмеңке көшесі: № 39-дан 85-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т. Рысқұлов көшесі: № 33-тен 85-ке дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Амангелді көшесі: № 34-тен 89-ға дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жанайұлы көшесі: № 36-дан 51-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Б. Соқпақбаев көшесі: № 40-тан 45-ке дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бекмуханбетов көшесі: № 43-тен 68-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есенаманов көшесі: № 31-ден 81-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ошақбаев көшесі: № 38-ден 46-ға дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Айдаралиев көшесі: № 1-ден 18-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тлесов көшесі: № 1-ден № 12-ге дейінгі үйлер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. № 764 сайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Нарынқол ауылы, Абай көшесі № 100, Ораз Жандосов атындағы орта мектебі мектепке дейінгі шағын орталығымен және Қостөбе бастауыш мектебімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ә. Молдағұлова көшесі: № 2-дден 82-ге дейінгі үйлер (жұп жағы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      М. Мәметова көшесі: № 1-ден 42-ғе дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сауранбаев көшесі: № 1-ден 63-ке дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әбдісүлейменов көшесі: № 1-ден 39-ға дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жанұзақов көшесі: № 1-ден 20-ға дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көдек Ақын көшесі: № 1-ден 16-ға дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Айтленов көшесі: № 1-ден 27-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үлкенбаев көшесі: № 1-ден 65-ке дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дамбылов көшесі: № 2-ден 8-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Албан Асан көшесі: № 85-тен 130-ға дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төле би көшесі: № 83-тен 113-ке дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жандосов көшесі: № 80, 82, 84,85-тен 121-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мақатаев көшесі: № 57-ден 65-ке дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай көшесі: № 63-дан 109-ға дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мақашев көшесі: № 31-ден 48-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Байжүнісов көшесі: № 68-тен № 85-ке дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дембаев көшесі: № 71-ден 102-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Байынқол көшесі: № 1-ден 11-ге дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сарыбаев көшесі: № 1-ден 65-ке дейінгі үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дүйсебаев көшесі: № 1-ден 20-ға дейінгі үйлер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      С. Шотбаев көшесі: № 1-13-ке дейін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т. Сақалов көшесі: № 1-22-ге дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. № 765 сайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қостөбе ауылы, Орталық көшесі № 1, Ораз Жандосов атындағы орта мектебі мектепке дейінгі шағын орталығымен және Қостөбе бастауыш мектебімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Қостөбе ауылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. № 766 сайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Жамбыл ауылы, Сыбанқұл көшесі № 1, Сағат Әшімбаев атындағы орта мектебі мектепке дейінгі шағын орталығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Жамбыл ауылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. № 767 сайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қаратоған ауылы, Н. Өмірзақов көшесі № 41, Нұрбапа Өмірзақов атындағы орта мектебі мектепке дейінгі шағын орталығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Қаратоған ауылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. № 768 сайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Текес ауылы, Дембаев көшесі № 14, Қазыбек Шорманов атындағы орта мектебі мектепке дейінгі шағын орталығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Текес ауылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. № 769 сайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Жаңа Текес ауылы, М. Әуезов көшесі № 15, Жаңа Текес негізгі мектебі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Жаңа Текес ауылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. № 770 сайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Тегістік ауылы, Биеке көшесі № 18, Мұқағали Мақатаев атындағы орта мектебі мектепке дейінгі шағын орталығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Тегістік ауылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. № 771 сайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қақпақ ауылы, Жәменке көшесі № 17, Жаменке орта мектебі мектепке дейінгі шағын орталығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Қақпақ ауылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. № 772 сайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Көкбел ауылы, Жамбыл көшесі № 3, Көксай орта мектебі мектепке дейінгі шағын орталығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Көкбел ауылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. № 773 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қайнар ауылы, Омар көшесі № 31, Қайнар ауылдық Мәдениет үйі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Қайнар ауылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. № 774 сайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Сарыжаз ауылы, Жапар көшесі № 20, Сарыжаз орта мектебі мектепке дейінгі шағын орталығымен және Ақбейіт бастауыш мектебімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Сарыжаз ауылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. № 775 сайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Ақбейіт ауылы, Сарыжаз кәсіптік-техникалық колледжі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Ақбейіт ауылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. № 776 сайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Көмірші ауылы, Көмірші орта мектебі мектепке дейінгі шағын орталығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Көмірші ауылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. № 777 сайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Шалкөде ауылы, Атагелдиев көшесі № 1, Шалкөде орта мектебі мектепке дейінгі шағын орталығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Шалкөде ауылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. № 778 сайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Талас ауылы, Мектеп көшесі № 1, Шоқан Уалиханов атындағы орта мектеп мектепке дейінгі шағын орталығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Талас ауылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. № 779 сайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қарасаз ауылы, Ә. Дөненбаев көшесі № 10, Қарасаз ауылдық Мәдениет үйі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Қарасаз ауылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. № 780 сайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Тұзкөл ауылы, Сатылған көшесі № 11, Тәліп Мұсақұлов атындағы орта мектебі мектепке дейінгі шағын орталығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Тұзкөл ауылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. № 781 сайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Сарыбастау ауылы, Нұрасыл көшесі № 26, Сұраншы Сауранбаев атындағы орта мектебі мектепке дейінгі шағын орталығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Сарыбастау ауылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. № 782 сайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Сүмбе ауылы, М. Әуезов көшесі № 42, Абай атындағы орта мектебі мектепке дейінгі шағын орталығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Сүмбе ауылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. № 783 сайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қызылшекара ауылы, Бекдайыр көшесі № 10, Көдек Байшығанұлы атындағы орта мектебі мектепке дейінгі шағын орталығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Қызылшекара ауылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. № 784 сайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Нарынқол ауылы, Қазақстан Республикасы Ұлттық қауіпсіздік комитеті Шекара қызметінің Алматы облысы бойынша департаментінің Райымбек ауданы бойынша шекара басқармасының Нарынқол шекара бөлімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Нарынқол шекара бөлімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. № 785 сайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Сүмбе ауылы, Қазақстан Республикасы Ұлттық қауіпсіздік комитеті Шекара қызметінің Алматы облысы бойынша департаментінің Райымбек ауданы бойынша шекара басқармасының Сүмбе шекара бөлімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Сүмбе шекара бөлімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. № 786 сайлау учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Нарынқол ауылы, Албан Асан көшесі № 1 ШЖҚ "Райымбек аудандық ауруханасы".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: ШЖҚ "Райымбек аудандық ауруханасы".</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...2620 lines deleted...]
-    <w:bookmarkEnd w:id="139"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>