--- v0 (2025-11-09)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b2c73ab" w14:textId="b2c73ab">
+    <w:p w14:paraId="807b186" w14:textId="807b186">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -561,2430 +561,2245 @@
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымша жаңа редакцияда – Алматы облысы Көксу ауданы әкімінің 30.12.2022 </w:t>
+      Ескерту. Қосымша жаңа редакцияда – Алматы облысы Көксу ауданы әкімінің 31.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 12-40</w:t>
+        <w:t>№ 12-47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Көксу ауданында дауыс беруді өткізу және дауыс санау үшін құрылған сайлау учаскелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 231 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Айнабұлақ бекеті, Ағыбаев Бартай көшесі № 11, "Жетісу облысы білім басқармасының Көксу ауданы бойынша білім бөлімі" ММ "№12 орта мектебі" КММ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Айнабұлақ бекеті, көшелер: Рамазанов № 1-ден 37-ге дейін, Центральная № 1-ден 11-ге дейін, Ағыбаев Бартай № 1-ден 19-ға дейін, Набережная № 1-ден 8-ге дейін, Кемертоған № 1-ден 31-ге дейін; Көпір, Тауарасы жол айрықтары.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 232 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: "№ 45-ші теміржол бөлімі" ауылы, Рысқұлов көшесі № 8, "Көксу аудандық орталық ауруханасы" ШЖҚ МКМ-нің "№ 45-ші теміржол бөлімі" фельдшерлік-акушерлік пункті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+            Шекарасы: "№ 45-ші теміржол бөлімі" ауылы, көшелер: Рысқұлов № 1-ден 16-ға дейін, Теміржол № 1-ден 16-ға дейін, Байшапанов № 1-ден 13-ке дейін, Алдабергенов № 1-ден 13-ке дейін; Су мұнарасы, Жаман-Сарыбұлақ учаскелері.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 233 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Алғабас ауылы, Батыржан көшесі № 27, "Көксу ауданы әкімінің аудандық мәдениет үйі" МКҚК Алғабас ауылдық мәдениет үйі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Алғабас ауылы, көшелер: Батыржан № 1-ден 115-ке дейін, Иманбаев № 1-ден 31-ге дейін, Ақболат № 1-ден 57-ге дейін, Көмекбай № 1-ден 90-ға дейін, Әубәкір Бостан № 1-ден 41-ге дейін, Қабдолда № 1-ден 7-ге дейін; Байбарақ, Жылыкүнгей шалғайдағы учаскелері.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 234 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z32" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қызылтоған ауылы, Нұрахмет көшесі № 33/А, "Жетісу облысы білім басқармасының Көксу ауданы бойынша білім бөлімі" ММ "Мектеп жанындағы шағын орталығы бар Қызылтоған орта мектебі" КММ.     </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Қызылтоған ауылы, көшелер: Жаңа № 1-ден 13-ге дейін, Ысқақ № 1-ден 16-ға дейін, Нұрахмет № 1-ден 34-ке дейін, Ләбілданов № 1-ден 42-ге дейін, Құмбайұлы № 1-ден 16-ға дейін; Мақпал шалғайдағы учаскесі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 235 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Балпық би ауылы, Әйтеке би көшесі № 14, "Қазсушар" ШЖҚРМК Жетісу филиалы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Балпық би ауылы, көшелер: Ш. Уәлиханов № 1-ден 121-ге дейін, М.Әуезов № 1-ден 74-ке дейін, Жолбарыс би № 1-ден 57-ге дейін, Р.Мыңбаев № 1-ден 39-ға дейін, Р.Дәулетов № 6-дан 56-ға дейін, М.Құрманов № 1-ден 58-ге дейін, М.Маметова № 1-ден 60-қа дейін, С.Нәдірбай № 4-тен 20-ға дейін, Р.Сатқынов № 1-ден 17-ге дейін, Қ.Ибраимов № 2-ден 24-ке дейін, Т.Қалдарбеков № 1-ден 30-ға дейін, Жетісу № 1-ден 31-гедейін, И.Жұмабек № 2-ден 57-ге дейін, Бейбітшілік № 1-ден 68-ге дейін, С.Сугурова № 2-ден 70-ке дейін, М.Темірбаев, Т.Исабаев № 1-ден 83-ке дейін (тақ жағы), № 2-ден 86-ға дейін (жұп жағы), 14-ші көше № 34-тен 60-қа дейін. 15-ші көше № 28-ден 50-ге дейін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 236 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Балпық би ауылы, Измайлов көшесі № 17, "Жетісу облысы білім басқармасының Көксу ауданы бойынша білім бөлімі" ММ "Қадырғали Қосымұлы Жалайыри атындағы орта мектеп-гимназия" КММ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Балпық би ауылы, көшелер: Қазбек би № 1-ден 115-ке дейін, Әйтеке би № 1-ден 115-ке дейін, Ескелді би № 1-ден 35-ке дейін, Солтанбай № 1-ден 7-ге дейін, Б. Бакумов № 1-ден 35-ге дейін, А.Байтұрсынов № 1-ден 37-ге дейін, Нұрпейісов № 1-ден 49-ға дейін, Асан Тәжі № 3-тен 19-ға дейін, Желтоқсан № 1-ден 34-ке дейін, И.Измайлов № 4-тен 28-ге дейін, Қ.Жалайыри № 1-ден 15-ке дейін, Д.Қонаев № 1-ден 32-ке дейін, Новая № 1-ден 27-ге дейін, Шағын аудандар: Төле би № 1-ден 41-ге дейін, Т.Нүсіпов № 1-ден 14-ке дейін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 237 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Балпық би ауылы, Мырзабеков көшесі № 14, "Көксу ауданы әкімінің аудандық мәдениет үйі" МКҚК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Балпық би ауылы, көшелер: Мырзабеков, Қабанбай № 1-ден 44-ке дейін, Балпық би № 1-ден 21-ге дейін, Т.Исабаев № 117-ден 123-ке дейін (тақ жағы), Т.Исабаев № 89-дан 105-ке дейін (тақ жағы), № 88-ден 134-ке дейін (жұп жағы); № 136-дан 164-ке дейін (жұп жағы); Шадрин шағын ауданы № 2-ден 10-ға дейін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 238 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Балпық би ауылы, Амангелді көшесі № 1 "Көксу қант зауыты" ЖШС -нің әкімшілік ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Балпық би ауылы, көшелер: Амангелді № 1-ден 35-ке дейін (тақ жағы), № 2-ден 50-ге дейін (жұп жағы), Молдабергенов № 1-ден 46-ға дейін, Байтұрбай би № 1-ден 50-ге дейін, Шағыров № 1-ден 31-ге дейін, Орақты батыр № 1-ден 34-ке дейін, Ы.Алтынсарин № 1-ден 63-ке дейін, Ақын Сара № 1-ден 24-ке дейін, Т.Исабаев № 145-тен 185-ке дейін (тақ жағы), № 168-ден 258-ге дейін (жұп жағы).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 239 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Балпық би ауылы, Т.Исабаев көшесі № 247, "Жетісу облысы білім басқармасының Көксу ауданы бойынша білім бөлімі" ММ "Биғайша Құндақбаева атындағы №1 орта мектебі" КММ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Балпық би ауылы, көшелер: Наурызбай № 1-ден 63-ке дейін, Алдабергенов № 1-ден 61-ге дейін, Т.Жароков № 1-ден 95-ке дейін, Тәттібай 1-ден 67-ге дейін, Амангелді № 37-ден 165-ке дейін (тақ жағы), № 54-тен 164-ке дейін (жұп жағы), Т.Исабаев № 187-ден 335-ке дейін (тақ жағы), № 260-тан 508-ге дейін (жұп жағы).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 240 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Балпық би ауылы, Тазабұлақ көшесі № 1, "Жетісу облысы білім басқармасының Көксу ауданы бойынша білім бөлімі" ММ "Медеубай Құрманов атындағы №2 орта мектеп" КММ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Балпық би ауылы, көшелер: Төлебаев № 1-ден 35-ке дейін, Байсейітов № 1-ден 25-ке дейін, Жансүгіров № 2-ден 66-ға дейін, Мәуленбай № 1-ден 63-ке дейін, Жангелдин № 1-ден 119-ға дейін, Байысов № 1-ден 30-ға дейін, Молдағұлова № 1-ден 77-ге дейін, М. Сеңгірбаев № 1-ден 28-ге дейін, Бақай батыр № 1-ден 44-ке дейін, Нартбай Датқа № 1-ден 30-ға дейін, Ғарышкер № 1-ден 14-ке дейін, Бақтыбай батыр № 1-ден 33-ке дейін, Жамбыл № 1-ден 20-ға дейін, Б. Момышұлы № 3-тен 49-ға дейін, Қойшыбаев № 1-ден 2-ге дейін; Тазабұлақ шағын ауданы № 2-ден 67-ге дейін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 241 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z53" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Балпық би ауылы, Сейфуллин көшесі № 36, "Жетісу облысы білім басқармасының Көксу ауданы бойынша білім бөлімі" ММ "Алпамыс" бөбек жай-балабақшасы" МКҚМ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Балпық би ауылы, көшелер: Қаблиса № 1-ден 79-ға дейін, Қарынбай батыр № 1-ден 108-ге дейін, Жапсарбаев № 1-ден 85-ке дейін, Абай № 1-ден 64-ке дейін, Сейфуллин № 1-ден 35-ке дейін, Қойлық батыр № 2-ден 8-ге дейін, А. Азизбеков № 1-ден 57-ге дейін, Дарабоз Ана № 1-ден 19-ға дейін, Мәйке Ақын № 2-ден 20-ға дейін, М. Тынышбай № 1-ден 4-ке дейін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 242 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Балпық би ауылы, Измайлов көшесі № 4, "Жетісу облысының денсаулық сақтау басқармасы" ММШЖҚ "Көксу аудандық орталық ауруханасы" МКК</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Балпық би ауылы, Измайлов көшесі № 4.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 243 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Балпық би ауылы, Т.Исабаев көшесі № 102А, "Қазақстан Республикасы Ішкі істер министрлігі Жетісу облысының полиция департаменті Көксу ауданының полиция бөлімі" ММ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Т.Исабаев көшесі № 102А, Аудандық ішкі істер бөлімінің уақытша ұстау изоляторы.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 244 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Ақшатоған ауылы, Калинин көшесі № 15, "Жетісу облысы білім басқармасының Көксу ауданы бойынша білім бөлімі" ММ "Мектеп жанындағы шағын орталығы бар №5 орта мектебі" КММ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Ақшатоған ауылы, көшелер: Молодежная № 1-ден 10-ға дейін, Белорусская № 1-ден 25-ке дейін, Мичурин № 2-ден 51-ге дейін, Ордженикидзе № 1-ден 24-ке дейін, Виноградов № 1-ден 24-ке дейін, Калинин № 1-ден 30-ға дейін, Ерденбеков № 1-ден 15-ке дейін, Қайысбаев № 1-ден 16-ға дейін, Андызбаев № 1-ден 18-ге дейін, Тимирязев № 1-ден 18-ге дейін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 245 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z65" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Теректі ауылы, Құлболдинов көшесі № 17, "Жетісу облысы білім басқармасының Көксу ауданы бойынша білім бөлімі" ММ "Темірғали Исабаев атындағы мектеп жанындағы шағын орталығы бар орта мектеп" КММ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Теректі ауылы, көшелер: Алимамедов № 1-ден 75-ке дейін, Құлболдинов № 1-ден 35-ке дейін, Коммунистическая № 1-ден 18-ге дейін, Мамедов № 2-ден 17-ге дейін, Е.Исамберлинов № 1-ден 57-ге дейін, Б. Дүйсенбеков № 2-ден 13-ке дейін, Қойшыбеков № 2-ден 32-ге дейін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 246 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z68" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: З.Тамшыбай ауылы, Н.Аманбайұлы көшесі № 53, "Көксу ауданы әкімінің аудандық мәдениет үйі" МКҚК З.Тамшыбай ауылдық мәдениет үйі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: З.Тамшыбай ауылы, көшелер: Ақниет № 1-ден 40-қа дейін, Толқынбеков № 1-ден 42-ке дейін, Н.Аманбайұлы № 1-ден 51-ге дейін, Есмұратов № 1-ден 89-ға дейін, Қожабергенов № 1-ден 59-ға дейін; Ақ-там, Қарасу учаскелері.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 247 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-[...100 lines deleted...]
-    <w:bookmarkStart w:name="z74" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Кеңарал ауылы, С.Қырықбаева көшесі № 51 А, "Жетісу облысы білім басқармасының Көксу ауданы бойынша білім бөлімі" ММ "Сындыбала Қырықбаева атындағы мектеп жанындағы шағын орталығы бар орта мектеп" КММ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Кеңарал ауылы, көшелер: С.Қырықбаева № 1-ден 51-ге дейін, Бірлік № 1-ден 19-ға дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 248 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Бесқайнар ауылы, Қиялов көшесі № 2 Б, "Жетісу облысы білім басқармасының Көксу ауданы бойынша білім бөлімі" ММ "Бесқайнар атындағы мектеп жанындағы шағын орталығы бар орта мектеп" КММ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Бесқайнар ауылы, көшелер: Қиялов № 1-ден 75-ке дейін, Қайнар № 1-ден 36-ға дейін, Жетісу № 2-ден 58-ге дейін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 249 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z77" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қаратал ауылы, Набережная көшесі № 4 А, "Жетісу облысы білім басқармасының Көксу ауданы бойынша білім бөлімі" ММ "Мектеп жанындағы шағын орталығы бар Қаратал орта мектебі" КММ.     </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Қаратал ауылы, көшелер: Набережная № 1-ден 68-ге дейін, Садовая № 1-ден 59-ға дейін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 250 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z80" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Жарлыөзек ауылы, Идигов көшесі, № 15, "Көксу аудандық орталық ауруханасы" ШЖҚ МКМ-сі Жарлыөзек ауылдық дәрігерлік амбулаториясы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Жарлыөзек ауылы, көшелер: Абай № 2-ден 17-ге дейін, Медиев № 1-ден 25-ке дейін, Сейдіқожанов № 1-ден 34-ке дейін, Исабаев № 1-ден 12-ге дейін, Байжұманов № 1-ден 56-ға дейін, Ерғалиев № 1-ден 58-ге дейін, Жансүгіров № 3-ден 15-ке дейін, Қыдырәлі № 3-тен 9-ға дейін, Оразбаев № 1-ден 11-ге дейін, Идигов № 11-ден 13-ке дейін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 251 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z83" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Бозтоған ауылы, Мәрден көшесі № 1, Жетісу облысы білім басқармасының Көксу ауданы бойынша білім бөлімі" ММ "Мұсабек атындағы мектеп жанындағы шағын орталығы бар орта мектеп" КММ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Бозтоған ауылы, көшелер: Бейсек № 3-тен 6-ға дейін, Мәрден № 2-ден 8-ге дейін, Мұсабек № 1-ден 36-ға дейін, Керімбаев № 1-ден 7-ге дейін, Карпиков № 2-ден 4-ке дейін, Құсайынов № 1-ден 8-ге дейін, Дөмеев № 1-ден 12-ге дейін, Сыдықов № 1-ден 16-ға дейін, Нұрпейісов № 2-ден 10-ға дейін, Идигов № 10-нан 20-ға дейін, Жапсарбаев № 1-ден 60-қа дейін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 252 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z86" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Мұқаншы ауылы, Мұқаншы көшесі № 5А, "Көксу аудандық орталық ауруханасы" ШЖҚ МКМ-сі Мұқаншы ауылы фельдшерлік амбулаториялық пункті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Бозтоған ауылы, көшелер: Құндақбаев № 1-ден 63-ке дейін, Мұқаншы № 1-ден 6-ға дейін, Шадрин № 1-ден 20-ға дейін, Алдабергенов № 2-ден 28-ге дейін, Жамбыл № 2-ден 35-ке дейін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 253 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z89" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Ақтекше ауылы, Егінбаев көшесі № 31, "Көксу ауданы әкімінің аудандық мәдениет үйі" МКҚК Ақтекше ауылдық мәдениет үйі.     </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Ақтекше ауылы, көшелер: Жандосов № 2-ден 35-ке дейін, Егінбаев №1-ден 35-ке дейін, Қаблиса № 1-ден 35-ке дейін, Мақұлбеков № 1-ден 50-ге дейін, Сүгүров № 1-ден 11-ге дейін; Көкбастау ауылы, көшелер: Шаған № 1-ден 12-ге дейін, Абай №1-ден 29-ға дейін, Жамбыл № 1-ден 19-ға дейін, Н.Қойшыбеков № 1-ден 27-ге дейін; Солтанай, Жылыкунгей, Қызылбұлақ, Молалы шалғайдағы учаскелері.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 254 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z92" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Ақтекше ауылы, Малайсары шалғайдағы учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Малайсары шалғайдағы учаскесінің аумағы.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 255 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z95" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Мәмбет ауылы, Мәмбет көшесі № 7, "Көксу ауданы әкімінің аудандық мәдениет үйі" МКҚК Мамбет ауылдық мәдениет үйі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Мәмбет ауылы, көшелер: Смайылов № 2-ден 32-ге дейін, Мұратбаев № 1-ден 33-ке дейін, Әбдірахманов № 1-ден 22-ге дейін, Алпысбаев № 1-ден 30-ға дейін, Кешуов № 1-ден 37-ге дейін, Жоламанов № 1-ден 10-ға дейін, Мәмбет № 1-ден 38-ге дейін, Қадырова № 1-ден 40-ка дейін, Баулықов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 3-тен 65-ке дейін, Әділбеков № 1-ден 48-ге дейін, Нартбай Датқа № 1-ден 41-ге дейін, Мамытаев № 1-ден 28-ге дейін, Жамбыл № 2-ден 23-ке дейін, Бақтыбай № 1-ден 12-ге дейін, Қыстаубаев № 1-ден 37-ге дейін, Шалбаев № 3-тен 26-ға дейін; Дача, Көксу бөгеті, Жылыжай, Бақ учаскелері.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 256 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z98" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Еңбекшіқазақ ауылы, Бабашев көшесі № 46, "Жетісу облысы білім басқармасының Көксу ауданы бойынша білім бөлімі" ММ "Еңбекшіқазақ орта мектебі" КММ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Еңбекшіқазақ ауылы, көшелер: Бабашев № 1-ден 120-ға дейін, Сақмолданов № 1-ден 26-ға дейін, Алтынсарин № 1-ден 41-ке дейін, Омашбеков № 1-ден 15-ке дейін; Жол жөндеу (ДЭУ), Май зауыты, ПМК, Бақ учаскелері.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 257 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z101" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Мәмбет ауылы, Қақпақты шалғайдағы учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Мәмбет ауылының шалғайдағы учаскелері.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 258 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z104" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Жамбыл ауылы, Ғарышкер көшесі № 17, "Жетісу облысы білім басқармасының Көксу ауданы бойынша білім бөлімі" ММ "Жамбыл атындағы орта мектеп" КММ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Жамбыл ауылы, көшелер: Есмұрзанов № 1-ден 21-ге дейін, Абай № 2-ден 46-ға дейін, Сарсенов № 3-тен 52-ге дейін, Есбосынов № 3-тен 22-ге дейін, Ғарышкер № 3-тен 26-ға дейін, Шаухаров № 2-ден 31-ке дейін, Жамбыл № 2-ден 16-ға дейін, Ауғанбаев № 1-ден 25-ке дейін; Бақ учаскесі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 259 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z107" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Талапты ауылы, Абай көшесі № 24, "Көксу ауданы әкімінің аудандық мәдениет үйі" МКҚК Талапты ауылдық клубы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Талапты ауылы, көшелер: Төлебаев № 1-ден 67-ге дейін, Абай № 1-ден 71-ге дейін, Байжұрынов № 1-ден 54-ке дейін, Абдрахманов № 1-ден 29-ға дейін; Сүт-тауар фермасы, Құс фермасы,</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 260 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z110" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Мұсабек ауылы, Андасов көшесі № 18, "Жетісу облысы білім басқармасының Көксу ауданы бойынша білім бөлімі" ММ "Мектеп жанындағы шағын орталығы бар Қызыларық орта мектебі" КММ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Мұсабек ауылы, көшелер: Абай № 1-ден 25-ке дейін, Мұсабек № 1-ден 30-ға дейін, Естаев № 1-ден 25-ке дейін, Әлібаев № 1-ден 48-ге дейін, Қараулов № 1-ден 24-ке дейін, Тоққожанов № 1-ден 16-ға дейін, Андасов № 1-ден 19-ға дейін, Жамбыл № 1-ден 11-ге дейін, Найманбаев № 1-ден 10-ға дейін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 261 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z113" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Мәулімбай ауылы, Смайыл көшесі № 20, "Жетісу облысы білім басқармасының Көксу ауданы бойынша білім бөлімі" ММ "Жеңіс негізгі орта мектебі" КММ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Мәулімбай ауылы, көшелер: Керімбала № 1-ден 30-ға дейін, Смайыл № 1-ден 33-ке дейін, Хамза № 2-ден 14-ке дейін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 262 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z116" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Быжы бекеті, бекет кеңсесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Быжы, Бақша, Мойынқұм бекеттерінің аумағы.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 263 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z119" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Мұқыры ауылы, Сыдықов көшесі № 12, "Көксу ауданы әкімінің аудандық мәдениет үйі" МКҚК Мұқыры ауылдық мәдениет үйі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Мұқыры ауылы, көшелер: Алтаев № 1-ден 35-ке дейін, Садовая № 3-тен 7-ге дейін, Гагарин № 4-тен 10-ға дейін, Әуезов № 1-ден 17-ге дейін, Мұсабек № 1-ден 25-ке дейін, Ешмұханбет № 1-ден 24-ке дейін, Байсейтова № 1-ден 28-ге дейін, Сейфуллин № 1-ден 27-ге дейін, Абай № 1-ден 22-ге дейін, Алдабергенов № 1-ден 27-ге дейін, Маметова № 1-ден 13-ке дейін, Мұқанов №1-ден 16-ға дейін, Сыдықов № 1-ден 16-ға дейін, Мақатаев № 2-ден 34-ке дейін, Жексенбай № 1-ден 40-ға дейін, Әбілтаев № 1-ден 81-ге дейін; Оразбай № 1-ден 11-ге дейін, Уәлиханов № 1-ден 34-ке дейін, Жандосов № 1-ден 9-ға дейін, Жамбыл № 1-ден 39-ға дейін, Жаңа № 1-ден 24А-ға , Алмалы, Желдіқара, Точка шалғайдағы учаскелері.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 264 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z122" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: 10-жылдық Қазақстан ауылы, Нұрманбетов көшесі № 23, "Жетісу облысы білім басқармасының Көксу ауданы бойынша білім бөлімі" ММ "Рахметолла Толқымбекұлы атындағы орта мектеп" КММ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: 10-жылдық Қазақстан ауылы, көшелер: Ғабдуллин № 1-ден 24-ке дейін, Оспанов № 1-ден 24-ке дейін, Нұрманбетов № 1-ден 32-ке дейін, Жансүгіров № 1-ден 18-ге дейін, Поливное № 1-ден 4-ке дейін, Сәтбаев № 3.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 265 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z125" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Көксу бекеті, Байтұлақов көшесі № 11, "Жетісу облысы білім басқармасының Көксу ауданы бойынша білім бөлімі" ММ "Мектеп жанындағы шағын орталығы бар Мұқаншы орта мектебі" КММ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Көксу бекеті, көшелер: Байшапанов № 1-ден 26-ға дейін, Жапсарбаев № 1-ден 117-ге дейін, Жансүгіров № 5-тен 21-ге дейін, Нұрпейісов № 1-ден 20-ға дейін, Абай № 1-ден 64-ке дейін, Байтұлақов № 3-тен 43-ке дейін, Рысқұлов № 1-ден 57-ге дейін, Иманов № 2-ден 35-ке дейін, Жабаев № 1-ден 19-ға дейін, Исабаев № 1-ден 28-ге дейін, Алдабергенов № 3-тен 25-ке дейін, Орақты батыр № 8-ден 53-ке дейін, Мұқанов № 2-ден 17-ге дейін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 266 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z128" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Мұқаншы ауылы, Сейфуллин көшесі № 17, "Жетісу облысы білім басқармасының Көксу ауданы бойынша білім бөлімі" ММ "Мектеп жанындағы шағын орталығы бар Мұқаншы орта мектебі" КММ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Көксу бекеті, көшелер: Желтоқсан № 1-ден 36-ға дейін, Береке № 1-ден 18-ге дейін, Сейфуллин № 1-ден 15-ке дейін, Молдағұлова № 1-ден 2-ге дейін, Уәлиханов № 5-тен 11-ге дейін, Гагарин № 4-тен 6-ға дейін, Орақты батыр № 42-ден 61-ге дейін, 8-Март № 2-ден 68-ге дейін, Қожабергенов № 1-ден 84-ке дейін, Байсейітова № 1-ден 67-ге дейін, Қазақстан № 5-тен 81-ге дейін, Шалабаев № 1-ден 83-ке дейін, Әуезов № 2-ден 63-ке дейін, политехникалық колледж № 1-ден 8-ге дейін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 267 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z131" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Нәдірізбек ауылы, Әлкенов көшесі № 15, дүкен ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+            Шекарасы: Нәдірізбек ауылы, көшелер: Әлкенов № 1-ден 26-ға дейін, Ағыбаев № 4-тен 24-ке дейін; "Өндіріс", орман шаруашылығы учаскелері.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 268 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Жетіжал ауылы, Кәкенов көшесі № 25, "Жетісу облысы білім басқармасының Көксу ауданы бойынша білім бөлімі" ММ "Жетіжал орта мектебі" КММ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Жетіжал ауылы, көшелер: Сәтпаев № 1-ден 28-ге дейін, Кәкенов № 2-ден 22-ге дейін, Ешкенов № 1-ден 18-ге дейін, Белғожанов № 1-ден 22-ге дейін, Байсабанов № 1-ден 20-ға дейін, Абай № 1-ден 34-ке дейін, Тоқсанбаев № 1-ден 26-ға дейін, Киров № 3-тен 41-ге дейін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3310,31 +3125,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>