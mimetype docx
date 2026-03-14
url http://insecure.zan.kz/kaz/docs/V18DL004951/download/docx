--- v0 (2025-11-08)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b7a6a21" w14:textId="b7a6a21">
+    <w:p w14:paraId="467f698" w14:textId="467f698">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -592,61 +592,61 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қаратал ауданы әкімінің 2018 жылғы 7 желтоқсандағы № 6 шешіміне қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымша жаңа редакцияда – Жетісу облысы Қаратал ауданы әкімінің 30.12.2022 </w:t>
+      Ескерту. Қосымша жаңа редакцияда – Жетісу облысы Қаратал ауданы әкімінің 08.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 09</w:t>
+        <w:t>№ 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -685,2630 +685,2518 @@
         </w:rPr>
         <w:t xml:space="preserve"> Қаратал ауданының аумағындағы сайлау учаскелері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z24" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 133 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z25" w:id="7"/>
-[...15 lines deleted...]
-      Орналасқан жері: Үштөбе қаласы, Абай көшесі, № 57, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "А.С.Пушкин атындағы мектепке дейінгі шағын орталығы бар орта мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z19" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Үштөбе қаласы, Абай көшесі, № 57, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "А.С.Пушкин атындағы мектепке дейінгі шағын орталығы бар орта мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z26" w:id="8"/>
-[...15 lines deleted...]
-      Шекаралары: Үштөбе қаласы, көшелері: Жолбарыс батыр № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205; Төле би № 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138; Пронин № 29, 31, 36, 37, 44, 45, 49, 58, 59, 61, 63, 65, 66, 68, 69, 70, 72, 74, 76, 78, 80, 82, 84, 86, 88, 90; Сүйінбай № 4, 6, 8, 10, 12; Абай № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 16 А, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 43 А, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98; Амангелді № 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 31, 33, 35, 37, 39, 41, 43, 45; Комсомольская № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11; Морозов № 1, 2, 3, 4, 7, 9, 11, 13, 15, 17, 19, 21, 52, 54, 58; Қаблиса ақын № 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90 ,91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158; Абылай хан № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 36, 40, 48, 50, 52, 54, 58, 60, 62, 64, 65, 66, 68, 72, 74, 76, 99, 100, 101; Оспанов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 35, 37, 39, 41, 43; Қабанбай батыр № 54, 56, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 142, 144, 146, 148, 150, 152, 154, 156, 158, 170, 172, 174, 176, 178, 180, 182, 184, 186, 188, 190.</w:t>
+    <w:bookmarkStart w:name="z20" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Үштөбе қаласы, көшелері: Жолбарыс батыр № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 207, 209, 211; Төле би № 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 115а, 116, 117, 118, 118а, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136; Пронин № 29, 31, 32, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 72, 74, 76, 78, 80, 82, 84, 86, 88, 90; Сүйінбай № 4, 6, 8, 10, 12; Абай № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 16 А, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 43 А, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 82б, 85, 87, 89, 91, 93, 95, 96; Амангелді № 1, 3, 4, 4а, 5, 6, 6а, 7, 7а, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47; Комсомольская № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12; Морозов № 1, 2, 3, 4, 4а, 7, 9, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 20а, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 52, 54, 58; Қаблиса ақын № 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90 ,91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158; Абылай хан № 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 36, 40, 48, 50, 52, 54, 58, 60, 62, 64, 65, 66, 68, 72, 74, 76, 99, 100, 101, 102; Оспанов №7,9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33; Қабанбай батыр № 54, 56, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 85а, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 142, 144, 146, 148, 150, 152, 154, 156, 158, 170, 172, 174, 174а, 176, 178, 180, 182, 184, 186, 188, 190, 191а.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z27" w:id="9"/>
-[...15 lines deleted...]
-       тұйық көшелер: Жолбарыс батыр № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64; Пронин № 2, 4, 6, 8, 10, 12, 14; Морозов № 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28.</w:t>
+    <w:bookmarkStart w:name="z21" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұйық көшелер: Жолбарыс батыр № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 66; Пронин № 2, 3, 4, 6, 8, 10, 12, 14, 16; Морозов № 3, 3а, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 26а, 27, 28.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z28" w:id="10"/>
+    <w:bookmarkStart w:name="z22" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 134 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z29" w:id="11"/>
-[...15 lines deleted...]
-      Орналасқан жері: Үштөбе қаласы, Абылайхан көшесі, №22, "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамының Жетісу облысы бойынша филиалының Халыққа қызмет көрсету бойынша Қаратал аудандық бөлімі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Үштөбе қаласы, Абылайхан көшесі, №22, "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамының Жетісу облысы бойынша филиалының Халыққа қызмет көрсету бойынша Қаратал аудандық бөлімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Үштөбе қаласы, көшелері: Төле би № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 15, 18, 19, 20, 21, 22, 23, 30, 31, 32, 33, 34, 35, 36, 38, 40, 41, 42, 43, 44, 45, № 50, 53, 55, 51, 52, 53, 54, 55, 56, 57, 58, 71, 73; Лермонтов № 1, 3, 4, 5, 6, 7, 8, 10, 11, 12, 13, 17, 19, 23, 24, 25, 31, 32, 33, 34, 35, 36, 37, 38, 39, 41; Байтұғанов № 18, 25; Абдрахман ақын № 38, 40, 44, 46, 48, 50, 52, 54, 57, 58, 59, 60, 61, 62, 63, 65, 68, 69, 70, 72, 73, 75, 76, 78, 79, 80, 83, 87, 90, 91, 92, 93, 94, 96, 99, 101, 102, 104, 105, 106, 107, 115, 119, 121, 125, 127, 129, 131, 135; Жамбыл № 46, 48, 50, 52, 54, 57, 58, 59, 60, 61, 62, 63, 65, 68, 69, 70, 72, 73, 75, 76, 78, 79, 80, 83, 87, 90, 91, 92, 93, 94, 96, 99, 101, 102, 104, 105, 106, 107, 115, 119, 121, 125, 127, 129, 131, 135, 137, 139, 140, 143, 144, 146, 147, 148, 149, 150; Нүгербеков № 22, 24, 25, 26, 27, 28, 29, 31, 32, 33, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 52, 55, 57, 59, 67, 71, 73, 77, 79; Шорабаева № 28, 30, 32, 36, 37, 38, 40, 41, 42, 43, 44, 45, 46, 49, 52, 54, 56, 58, 59, 61, 62, 63, 64, 67, 71, 72, 73, 74, 76, 78, 83, 84, 87, 88, 89, 91, 92, 93, 94, 95, 96, 97, 98, 99, 101, 102, 103, 105, 106, 107, 109, 111, 113, 119, 121, 123; Крылов № 2, 12, 14, 16, 18, 19, 20, 22, 24, 29, 31, 35, 43, 45; Байсақов № 43, 45, 47, 49, 51, 53, 54, 55, 56, 57, 58, 61, 62, 63, 64, 65, 66, 67, 68, 70, 71, 72, 73, 74, 75, 77, 79, 80, 81, 82, 83, 84, 85, 86, 88, 89, 90, 92, 93, 94, 95, 97, 98, 99, 100, 101, 102, 103, 104, 106, 112, 114, 116; Сайланбай № 29, 31, 32, 33, 34, 36, 37, 38, 39, 40, 41, 42, 44, 45, 46, 47, 48, 49, 50, 52, 56, 64, 66, 68, 70, 72; Төлендинов № 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83; Шавров № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36; Сәтпаев № 1, 2, 3, 5, 6, 7, 8, 9, 10, 11, 13, 19, 20, 21, 22, 24, 25, 27, 28, 29, 31, 33, 35, 37, 43; Масанчи № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 14, 15, 16, 17, 18, 19, 20, 21, 23, 25, 26, 27, 29, 31, 32, 33, 34, 35, 36, 37, 38, 40, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51; Мира № 1, 3, 5, 6, 7, 8, 9, 10, 11, 12 ,13, 14, 15 ,16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59; Ушинская № 5, 6, 7, 8, 9; Шевелев № 53, 55, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұйық көшелер: Митченко № 3, 4, 5, 8, 9, 11, 14, 15, 16, 18, 18а; Подстанция № 2/1-ден 2/3-ке дейін; Горсеть №1, 2, 3, 4.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z30" w:id="12"/>
-[...15 lines deleted...]
-      Шекаралары: Үштөбе қаласы, көшелері: Төле би № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 15, 18, 19, 20, 21, 22, 23, 30, 31, 32, 33, 34, 35, 36, 38, 40, 41, 42, 43, 44, 45, 50, 51, 52, 53, 54, 55, 56, 57, 58, 71, 73; Лермонтов № 1, 3, 4, 5, 6, 7, 8, 10, 11, 12, 13, 17, 19, 23, 24, 25, 31, 32, 33, 34, 35, 36, 37, 38, 39, 41; Байтұрғанов № 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25; Абдрахман ақын № 46, 48, 50, 52, 54, 57, 58, 59, 60, 61, 62, 63, 65, 68, 69, 70, 72, 73, 75, 76, 78, 79, 80, 83, 87, 90, 91, 92, 93, 94, 96, 99, 101, 102, 104, 105, 106, 107, 115, 119, 121, 125, 127, 129, 131, 135; Жамбыл № 46, 48, 50, 52, 54, 57, 58, 59, 60, 61, 62, 63, 65, 68, 69, 70, 72, 73, 75, 76, 78, 79, 80, 83, 87, 90, 91, 92, 93, 94, 96, 99, 101, 102, 104, 105, 106, 107, 115, 119, 121, 125, 127, 129, 131, 135; Нүгербеков № 22, 24, 25, 26, 27, 28, 29, 31, 32, 33, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 52, 55, 57, 59, 67, 71, 73, 77, 79; Шорабаева № 28, 30, 32, 36, 37, 38, 40, 41, 42, 43, 44, 45, 46, 49, 52, 54, 56, 58, 59, 61, 62, 63, 64, 67, 71, 72, 73, 74, 76, 78, 83, 84, 87, 88, 89, 91, 92, 93, 94, 95, 96, 97, 98, 99, 101, 102, 103, 105, 106, 107, 109, 111, 113, 119, 121, 123; Крылов № 2, 12, 14, 16, 18, 19, 20, 22, 24, 29, 31, 35, 43, 45; Байсақов № 47, 49, 51, 53, 54, 55, 56, 57, 58, 61, 62, 63, 64, 65, 66, 67, 68, 70, 71, 72, 73, 74, 75, 77, 79, 80, 81, 82, 83, 84, 85, 86, 88, 89, 90, 92, 93, 94, 95, 97, 98, 99, 100, 101, 102, 103, 104, 106, 112, 114, 116; Сайланбай № 37, 38, 39, 40, 41, 42, 44, 45, 46, 47, 48, 49, 50, 52, 56, 64, 66, 68, 70, 72; Төлендинов № 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83; Шавров № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57; Сәтпаев № 1, 2, 3, 5, 6, 7, 8, 9, 10, 11, 13, 19, 20, 21, 22, 24, 25, 27, 28, 29, 31, 33, 35, 37, 43; Масанчи № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 14, 15, 16, 17, 18, 19, 20, 21, 23, 25, 26, 27, 29, 31, 32, 33, 34, 35, 36, 37, 38, 40, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51; Мира № 5, 6, 7, 8, 9, 10, 11, 12 ,13, 14, 15 ,16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59; Ушинская № 6, 7, 8; Шевелев № 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140.</w:t>
+    <w:bookmarkStart w:name="z26" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 135 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z31" w:id="13"/>
-[...15 lines deleted...]
-      тұйық көше: Митченко № 3, 4, 5, 8, 9, 11, 14, 15, 16, 18, 18а; Подстанция № 2/1-ден 2/3-ке дейін; Горсеть №1, 2, 3, 4.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Үштөбе қаласы, Абай көшесі, № 5, "Жетісу облысы Қаратал ауданының балалар және жасөспірімдер спорт мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z32" w:id="14"/>
-[...15 lines deleted...]
-      № 135 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z28" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Үштөбе қаласы, көшелері: Абдрахман ақын №1, 2, 2а, 3, 4, 4а, 5, 7, 8, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 24, 25, 26, 27, 29, 31, 32, 33, 34, 35, 37, 39, 41, 43, 45, 47; Нүгербеков № 16, 17, 19; Шорабаева № 1, 2, 3, 4, 7, 8, 9, 10, 11, 12, 13, 14, 15, 17, 18, 20, 21, 22, 23, 24, 25, 26; Жамбыл № 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15 ,16, 17, 18, 19, 20, 21, 23, 24, 25, 26, 30, 33, 35, 36, 37, 38, 39, 40, 41, 42, 43, 45, 46, 47, 48, 50, 52; Төлендинов № 1, 2, 3, 4, 5, 6, 9, 10, 11, 12, 13, 17, 19, 21, 23; Жұбанов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 14, 15, 17, 18, 19, 20, 21, 23; Шевелева № 1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 14, 16, 17, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 32, 33, 34, 36, 38, 39, 41, 42, 43, 44, 45, 47, 48, 50, 52; Байсақов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 23, 24, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 40, 42, 44, 46; Балғынбаева № 2, 3, 4, 5, 7, 8, 9,10, 11, 12, 15; Сайланбай № 1, 3, 4, 5, 6, 6а, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 26; Қабанбай батыр № 2, 3, 4, 5, 6, 7, 12, 13, 15, 17, 14, 20, 21, 22, 23, 25, 26, 27, 28, 29, 31, 33, 34, 35, 36, 37, 38, 39, 40, 41, 46, 48, 50; Қаблиса ақын № 1, 2, 3, 4, 5, 6, 7, 9, 10, 11, 13, 14, 15, 16, 17, 18, 20, 22, 26, 27, 28, 30, 31, 32, 36, 36, 37, 38, 42, 43, 45, 47, 49, 50, 51, 52, 54, 55, 57, 59, 61, 61а, 62, 63, 66, 73, 75, 76, 78, 92, 96; Б. Момышұлы № 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 124, 126, 128, 130, 132, 134, 136, 138, 140, 142, 144, 146, 148, 150, 152, 154, 156, 158, 160, 162, 164, 166, 174; Крылов № 1, 4, 5, 6, 7, 8, 9, 10, 11, 12; Оспанова № 1, 1а, 2а; Мира № 1, 2, 3, 4, 5, 6.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z33" w:id="15"/>
-[...15 lines deleted...]
-      Орналасқан жері: Үштөбе қаласы, Абылай хан көшесі, № 5, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "С.И.Морозов атындағы №51 орта мектеп-гимназиясы" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұйық көшелер: Абдрахман ақын № 1, 3, 4, 6, 8; Сайланбай № 1, 2, 3, 4, 5, 7, 9, 11; Байсақов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11; Октябрьский № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 12; Колхозный № 2, 6, 7, 8; Жамбыл № 3, 4, 4а, 5, 6, 7, 8, 9, 10, 12, 14; Мира № 2, 3, 5, 6.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z34" w:id="16"/>
-[...15 lines deleted...]
-      Шекаралары: Үштөбе қаласы, </w:t>
+    <w:bookmarkStart w:name="z30" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 136 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z35" w:id="17"/>
-[...15 lines deleted...]
-      көшелері: Абдрахман ақын №1, 2а, 3, 4, 5, 6, 7, 10, 11, 12, 22, 24, 25, 27, 29, 31, 32, 33, 35, 38, 43, 45; Нүгербеков № 3, 4, 5, 6, 7, 8, 9 ,10, 11, 12, 13, 14, 15, 16, 17, 18, 19; Шорабаева № 1, 2, 3, 4, 7, 25, 31, 33, 37; Жамбыл №4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15 ,16, 17, 18, 19, 20, 23, 24, 26, 30, 33, 35, 36, 37, 38, 39, 40, 41, 42, 43, 46, 47, 48, 49, 50, 51, 53, 54, 55, 56, 57, 58; Төлендинов № 1, 2, 3, 4, 5, 6, 9, 10, 11, 12, 13, 17, 19, 20, 21, 22, 23; Жұбанов № 2, 3, 4, 5, 6, 7, 8, 9, 14, 15, 16,17, 18, 20, 21, 22, 23; Шевелева № 1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 14, 16, 17, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 32, 33, 36, 38, 39, 41, 42, 44, 45, 47, 48, 50, 51, 53, 55, 56, 57, 58; Байсақов № 3, 4, 5, 6, 7, 8, 9, 10, 11, 13, 14, 15, 17, 18, 19, 21, 23, 24, 25, 26, 28, 29, 30, 31, 32, 33, 35, 37, 38, 39, 40, 42, 43, 45, 46, 47, 48, 49, 50, 52; Балғынбаева № 2, 4, 5, 7, 8, 9,10, 11, 12, 15, 17; Сайланбай № 1, 2, 3, 4, 5, 6, 7, 8, 9, 11, 13, 14, 15, 16, 17, 19, 26, 28, 29, 30, 31, 32, 33, 34; Қабанбай батыр № 1, 4, 6, 12, 20, 21, 22, 23, 25, 26, 27, 29, 30, 31, 32, 33, 35, 36, 37, 38, 39, 40, 41; Қаблиса ақын № 1, 2, 3, 4, 5, 6, 7, 10, 11, 12, 13, 14, 15, 16, 17, 18, 20, 22, 26, 27, 28, 30, 31, 32, 33, 36, 35, 36, 37, 38, 42, 43, 45, 47, 49, 50, 51, 52, 54, 55, 57, 59, 61 ,62, 63, 66, 76, 78, 92, 96; Б. Момышұлы № 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 122, 124, 126, 128, 130, 132, 134, 136, 138, 140, 142, 144, 146, 148, 150, 152, 154, 156, 158, 160, 162, 164, 166.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Үштөбе қаласы, Құсмолданов көшесі, № 3, "Қаратал аудандық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z36" w:id="18"/>
-[...15 lines deleted...]
-       тұйық көшелер: Абдрахман ақын № 1, 2, 4, 5, 6 ,7, 8; Сайланбай № 1, 2, 3, 4, 5, 7, 9, 11; Байсақов № 2, 3, 4, 5, 6, 7, 8, 9, 10, 11; Октябрьский № 5, 6, 7, 8, 9, 12; Колхозный № 2, 6, 7, 8; Крылов № 1, 4, 6, 8, 12; Жамбыл № 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14; Мира № 2, 3, 5, 6.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Үштөбе қаласы, көшелері: Иманқұлов № 1, 2, 3, 4, 5, 6, 7, 8, 11, 11а, 12, 13, 14, 14б, 14в, 14а, 15, 16, 20, 18, 20, 20а, 21, 22, 22а, 23, 24, 24а, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 36а, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71; Даулетияров № 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 47, 48, 49, 50, 51, 53, 54, 55, 56, 57, 58, 59, 60, 62, 63, 64, 65, 66, 67, 68, 69, 71, 73, 74, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88; Құлшықбай № 1, 2, 3, 4, 5, 6, 7, 9, 10, 11, 12, 13, 14, 15, 18, 19, 20, 21, 22, 23, 24, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 43, 45, 47, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 78а, 79, 80, 82, 84, 86, 88, 89, 90; Косенков № 1, 2, 3, 4, 5, 6, 8, 9, 10, 11, 11а, 12, 12а, 12б, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 30, 31, 32, 33, 34, 35, 37, 39; Маметова № 1, 2, 3, 4, 5, 5а, 6, 7, 8, 9, 10, 12, 13, 13а, 14, 14а, 15, 17, 18, 19, 21, 23, 25; Қарымсаков № 1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 13, 17, 19, 21, 23, 25, 27, 29; Түрксіб № 4, 5, 6, 7, 8, 9, 10, 11; Гагарин № 3, 5, 7, 8, 9, 10, 11, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20; Байсейітова № 1, 2, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 22, 21, 24, 25, 26, 27, 28, 29, 30, 31, 32, 34,35, 36, 37, 38, 39, 40, 42, 43, 44, 45, 46, 47, 49, 53, 54, 55, 56, 58, 60, 61, 62, 71, 72, 73, 74, 76, 77, 78, 79, 80, 81, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, 110, 112, 114; Қонаев даңғылы № 1, 2, 3, 4, 5, 6, 7, 10, 11, 12, 13, 14, 15, 16, 18, 20, 22, 23, 24, 25, 27, 28, 29, 32, 33, 34, 35, 36, 37, 38, 39, 40; Достоевский № 25, 26, 33, 39, 40, 41, 43; Мақатаев № 10, 12, 14, 16, 18, 20, 22, 24, 25, 25а, 25б, 26, 27, 28, 29, 30, 31, 32, 33, 34, 36, 38, 39, 40, 41, 45, 46, 49, 50, 56; № 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 40, 41, 43, 45, 47,49; Пронин № 11, 13, 15, 17, 19, 19а, 21, 23, 24, 25, 26, 26а, 26б, 27, 28; Құсмолданов № 7, 9, 11, 13, 15, 17, 19; Ж. Оспанова № 7, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 25а, 26, 26а, 26б, 27, 28, 28а, 29, 31, 32, 33, 35, 37, 39, 39а, 41, 43.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z37" w:id="19"/>
-[...15 lines deleted...]
-      № 136 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z33" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 137 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z38" w:id="20"/>
-[...15 lines deleted...]
-      Орналасқан жері: Үштөбе қаласы, Құсмолданов көшесі, № 3, "Қаратал аудандық жұмыспен қамту, хал актілерін тіркеу және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Үштөбе қаласы, Гагарин көшесі, № 60, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№13 орта мектебі жанындағы интернатымен" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z39" w:id="21"/>
-[...15 lines deleted...]
-      Шекаралары: Үштөбе қаласы, </w:t>
+    <w:bookmarkStart w:name="z35" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Үштөбе қаласы, көшелері: Гагарина № 19а, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 41а, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67; Карасай батыра № 1, 2, 2а, 3, 4, 5, 6, 7, 8; Попова № 2, 2а, 4, 4а, 4в, 6, 6а, 8, 10, 12, 14, 16, 18, 20, 22; Лесопитомник № 1, 2; Пржевальского № 1, 1а, 2, 2а, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12; Илийская № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 24, 26; Желтоқсан № 2, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 47, 48, 49, 50, 51, 53, 54, 55, 56, 57, 58, 59, 60, 62, 63, 64, 65, 66, 67, 68, 69, 71, 73, 74, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 101; Айтеке би № 1, 2, 2а, 3, 4, 4а, 5, 6, 7, 8, 9, 10, 11, 11а, 12, 13а, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46; Б. Момышұлы № 131, 133, 135, 137, 139, 141, 143,145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 165, 167, 169, 171, 173, 175, 176, 177, 179, 181, 182, 183, 185, 187, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 212, 214, 216, 218, 220, 222, 224, 226, 228, 230, 232, 234, 236, 238, 240, 242, 244, 246, 248, 250, 252, 254, 256, 258, 260, 262, 264, 266, 268, 270, 272, 274, 276; Достоевского № 6, 11, 20; Турксиба № 13, 14, 15, 16, 17, 18,19,20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 33, 35; Ш. Уәлиханов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47; Мұсабаев № 2, 4, 4а, 4б, 4в, 4г, 4д, 6, 8, 8а, 10; О.Жандосов № 2, 2а, 3, 4, 4а, 5, 6, 7, 8, 8а,10, 3, 5, 5а, 9, 11, 13; Кузнецов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; Қонаев даңғылы № 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 78, 80, 82, 84, 86.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z40" w:id="22"/>
-[...15 lines deleted...]
-      көшелері: Иманқұлов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71; Желтоқсан № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24; Даулетияров № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 47, 48, 49, 50, 51, 53, 54, 55, 56, 57, 58, 59, 60, 62, 63, 64, 65, 66, 67, 68, 69, 71, 73, 74, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88; Құлшықбай № 11, 3, 4, 5, 9, 10, 11, 12, 13, 14, 15, 18, 19, 20, 21, 22, 23, 24, 26, 27, 28, 29, 30, 32, 33, 35, 36, 37, 38, 39, 40, 41, 43, 45, 47, 49, 50, 51, 52, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 69, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 82, 84, 86, 88, 89, 90; Косенков № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39; Маметова № 1, 2, 3, 4, 5, 5а, 6, 7, 8, 9, 10, 12, 13, 13а, 14, 14а, 16, 18, 19, 21, 25; Қарымсаков № 1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 13, 17, 19, 21, 23, 25, 27, 29; Түрксіб № 4, 5, 6, 7, 8, 9, 10, 11, 13, 14 ,15, 16, 17, 18, 18а, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 33, 35; Гагарин № 3, 5, 7, 8, 9, 10, 11, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 25, 30, 31, 32, 33, 35, 36, 38, 40, 42; Байсейітова № 1, 2, 4, 5, 6, 7, 8, 9, 11, 12, 14, 15, 17, 18, 21, 32, 34, 43, 45, 46, 47, 49, 53, 54, 55, 56, 58, 60, 61, 62, 71, 72, 73, 74, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 88, 89, 90, 92, 98, 104, 106, 108, 110, 112, 114; Қонаев даңғылы № 1, 2, 3, 4, 5, 6, 10, 11, 12, 13, 14, 15, 16, 18, 20, 22, 23, 24, 25, 27, 28, 29, 32, 33, 34, 35, 36, 37, 38, 39, 41, 42, 44; Достоевский № 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21 ,23, 25, 26, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 41; Мақатаев № 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 40, 41, 43, 45, 47; Б.Момышұлы № 133, 135, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 165, 167, 180, 182, 184, 186, 188, 190, 192, 194, 196, 198, 200, 202, 204, 206, 208, 210, 212, 214, 216, 218, 220, 222, 224, 226, 228, 230, 232, 234; Пронин № 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26; Құсмолданов № 7, 9, 11, 13, 15, 17, 19.</w:t>
+    <w:bookmarkStart w:name="z36" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұйық көшелер: Кузнецов № 1, 2, 2а, 3, 3а, 4, 5, 5а, 6, 7, 7а, 8, 9, 10, 11, 12, 13, 14, 15, 17, 19, 21, 23, 25, 227, 29, 31, 33, 35, 37, 39; Уштобинский № 7, 8, 9, 10, 11, 19, 21, 22, 23, 25, 26, 27, 30, 31, 32, 33, 35, 37, 39, 41 45, 48; Б. Момышұлы № 2, 4, 6, 8, 10; Ш. Уәлиханов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96; Рысқұлова № 10; Шанырақ ықшам ауданы: № 1, 4, 7, 9, 12, 14, 16.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z41" w:id="23"/>
-[...15 lines deleted...]
-      № 137 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z37" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 138 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z42" w:id="24"/>
-[...15 lines deleted...]
-      Орналасқан жері: Үштөбе қаласы, Гагарин көшесі, № 60, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "№13 орта мектебі жанындағы интернатымен" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z38" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Үштөбе қаласы, Достық ауылы, Жамбыл көшесі, № 4, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Бикен Римова атындағы мектепке дейінгі шағын орталығы бар орта мектеп-гимназиясы" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z43" w:id="25"/>
-[...15 lines deleted...]
-      Шекаралары: Үштөбе қаласы,</w:t>
+    <w:bookmarkStart w:name="z39" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Үштөбе қаласы, көшелері: Қарасай батыр № 10, 11, 12, 13, 14, 15, 16, 17, 18, 20, 22, 24, 26, 28, 30; Тоқаев № 1, 1а, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26; Б. Момышұлы № 211а, 211б, 213, 215, 217, 219, 221, 223, 225, 229, 231, 233, 235, 237, 239, 241, 243, 245, 247, 249, 251, 253, 278, 280, 282, 284, 286, 288, 290, 294, 296, 298, 300, 302, 304, 308, 352, 358, 360, 362, 364, 366; Свердлов № 1, 3, 5, 7, 9, 10, 11, 12, 13, 14, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39; Нұрмұхамбетов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 37, 39, 42, 51, ; Бақтыбай № 1, 2, 3, 4, 5, 5 а, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 41а, 41б, 43а, 45, 47, 47а, 49, 50, 50а, 51, 52, 53, 54, 55, 56, 57, 57а, 58, 58а, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 73а, 75, 77; Фурманов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54; Попова № 13, 14, 15, 16, 17, 18, 19, 20, 21; Жамбыл № 1, 2, 3, 4; Әйтеке би № 51, 51а, 52, 54, 54а, 56; Бақай батыр № 1, 2а, 2, 3, 5, 7, 9, 11, 12, 13, 14, 15, 16, 18, 20, 22, 25, 27, 29, 31, 33, 35; Рысқұлов № 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 45а, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 96, 96а, 98, 98а; Куйбышева № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53; Қалдаяқов № 2, 4, 6, 7, 8, 9, 10, 12, 16, 18, 20, 20а, 21, 23, 25, 27, 29, 31, 33; Свердлова № 1б, 3, 5, 7, 9, 10, 11, 11б, 12, 13, 14, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41; Медина № 1, 4, 6, 6а, 9, 11, 15, 17, 19, 23; Қоғамов № 1, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z44" w:id="26"/>
-[...15 lines deleted...]
-      көшелері: Гагарина № 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76; Карасай батыра № 1, 2, 3, 4, 5, 6, 7, 8; Попова № 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22; Лесопитомник № 1, 2; Пржевальского № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12; Илийская № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24; Желтоқсан № 24, 25, 26, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 47, 48, 49, 50, 51, 53, 54, 55, 56, 57, 58, 59, 60, 62, 63, 64, 65, 66, 67, 68, 69, 71, 73, 74, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99; Айтеке би № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46; Б. Момышұлы № 173, 174, 175, 176, 177, 178, 179, 181, 183, 185, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 207, 209, 211, 213, 215, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 246, 247, 248, 249, 250, 251, 252, 253, 254, 255, 256 257, 258, 259, 260, 261, 262, 263, 264, 265, 266, 267, 268, 269, 270, 271, 272, 273, 274; Ш. Уәлиханов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47; Мұсабаев № 2, 4, 5а, 6, 7, 8а, 9, 10; О.Жандосов № 2, 2а, 4, 4а, 8, 8а,10, 3, 5, 5а, 9, 11, 13; Кузнецов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; Қонаев даңғылы № 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86.</w:t>
+    <w:bookmarkStart w:name="z40" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұйық көшелер: Медина № 6, 6а; Свердлов № 3, 7, 11, 11а, 11б, 13, 15, 17, 19, 21, 23; Қарасай батыр № 9, 11, 13, 15, 17, 19; Бақтыбай № 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z45" w:id="27"/>
-[...15 lines deleted...]
-      тұйық көшелер: Кузнецов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39; Уштобинский № 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48; Б. Момышұлы № 2, 3, 4, 5, 6, 7, 8, 9, 10; Ш. Уәлиханов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96; Шанырақ ықшам ауданы: № 1, 4, 7, 9, 12, 14. </w:t>
+    <w:bookmarkStart w:name="z41" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 139 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z46" w:id="28"/>
-[...15 lines deleted...]
-      № 138 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z42" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Үштөбе қаласы, Мартынов көшесі, № 2, "Тамас" жауапкершілігі шектеулі серіктестігінің әкімшілік ғимараты (келісім бойынша).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z47" w:id="29"/>
-[...15 lines deleted...]
-      Орналасқан жері: Үштөбе қаласы, Достық ауылы, Жамбыл көшесі, № 4, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Бикен Римова атындағы мектепке дейінгі шағын орталығы бар орта мектеп-гимназиясы" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z43" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы:Үштөбе қаласы, көшелері: Әбдіқұлов № 1, 2, 3, 3а, 5, 6, 7, 8, 9, 10, 13, 15, 16, 18, 19, 20, 21, 22, 23, 24; Мүсірепов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 2а, 4а, 6а, 8а,10а,12а; Покрышкин № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19; Горняцкая № 1, 2, 2а, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 17, 18, 20, 21, 22, 23, 24, 25, 26, 27, 28; Төлебаев № 1, 2, 2а, 4, 8, 10, 12, 14, 18, 20, 24, 26, 28, 30, 36, 36а, 38, 38а, 40; Панфилов № 1, 1а, 2, 2а, 4, 8, 9, 10, 11, 12, 17, 18, 20, 22, 24, 25, 26, 28; Толстого № 1, 1а, 2, 2а, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; Дружба № 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 17, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 30; Алдабергенов № 1, 1а, 2а, 3, 4а, 5, 6а, 7, 8а, 9, 10а, 11, 12а, 13, 14, 14а, 15, 16, 16а, 17, 18, 18а, 19, 20, 20а, 21, 22, 23, 24, 25, 26, 27, 29, 31, 33, 35, 37, 39, 41, 43; Мартынов № 1, 2, 3; Шәкәрім № 1, 1а 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16; Құрманғазы № 1, 2, 3, 5, 6, 7, 8, 9, 10, 11, 12, 13; Вавилов № 2, 2а, 4, 6, 8, 15, 17, 19, 21, 23, 25, 27, 29; Бонивура №1, 2, 2а, 3а, 5, 11, 13, 15, 17; Новая № 2, 3, 4, 6, 9, 10а; Прибрежная № 6, 8; Пристань Каратала № 1, 2, 3, 4, 5, 6, 7, 8, 9; Балкаш № 1, 3, 5, 7, 9; Жаңалық № 11, 12, 13, 14, 15, 16, 17, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34; Алатау № 8, 10, 12, 14, 16, 18, 20; Жетісу № 2, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 19, 21, 23, 25, 26, 27, 29, 30, 31, 33, 35, 37, 39, 43, 45.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z48" w:id="30"/>
-[...15 lines deleted...]
-      Шекаралары: Үштөбе қаласы, </w:t>
+    <w:bookmarkStart w:name="z44" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұйық көшелер: Алдабергенов № 3, 5, 7а, 9, 11, 13, 14, 15.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z49" w:id="31"/>
-[...15 lines deleted...]
-      көшелері: Қарасай батыр № 1, 2, 3, 4, 4 а, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; Тоқаев № 1а, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30; Б. Момышұлы № 211а, 211б, 213, 215, 217, 219, 221, 223, 225, 229, 231, 233, 235, 237, 239, 241, 243, 245, 247, 249, 278, 280, 282, 284, 286, 288, 290, 294, 296, 298, 300, 302, 304, 308, 352, 358, 360, 362, 364, 366; Свердлов № 1, 7, 9, 11, 13, 15, 17, Нұрмұхамбетов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42; Бақтыбай № 1, 2, 3, 4, 5, 5 а, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 41а, 41б, 43а, 45, 47, 47а, 49, 50, 50а, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 73а; Фурманов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54; Попова № 13, 14, 15, 16, 17, 18, 19, 20, 21; Жамбыл № 1, 2, 3, 4; Әйтеке би № 51, 52, 54, 56; Бақай батыр № 1, 2а, 2, 4, 5, 6, 8, 12, 14, 16, 18, 19, 21, 23, 25, 27, 29; Рысқұлов № 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94; Куйбышева № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53; Қалдаяқов № 2, 4, 6, 8, 10, 12, 16, 18, 20, 22, 25, 27, 29, 31, 33; Свердлова № 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41; Медина № 1, 6, 9, 15, 17, 19, 21, 23.</w:t>
+    <w:bookmarkStart w:name="z45" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 140 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z50" w:id="32"/>
-[...15 lines deleted...]
-      тұйық көшелер: Медина № 6, Свердлов № 3, 7, 11, 11а, 11б, 15, 17, 19, 21, 23; Қарасай батыр № 9, 11, 13, 15, 17, 19; Бақтыбай № 1; Қоғамов № 5, 7, 9, 11, 13, 15, 17, 19, 21, 23.</w:t>
+    <w:bookmarkStart w:name="z46" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Үштөбе қаласы, Ақын Сара көшесі, № 91 "В", "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "І.Есенберлин атындағы мектепке дейінгі шағын орталығы бар орта мектеп" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z51" w:id="33"/>
-[...15 lines deleted...]
-      № 139 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z47" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Үштөбе қаласы, көшелері: Белинский № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31; Тынышбаев № 2, 4, 6, 7, 8, 9, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56; Маяковский № 1, 1а, 2, 2б, 3, 4, 4а, 5, 5а, 5б, 6, 7, 9, 10, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29; Орақты би № 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64; Верещагин № 1, 2, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 24а, 26, 28, 30, 32, 34, 36, 38, 40, 40а, 40б, 42, 44; Бейсеков № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64,68; Бұқар жырау № 14,15, 16,17, 18,19,20, 21,22, 23,24, 25, 26,27, 28, 29, 30, 31,32, 33, 34, 35, 36, 37,38, 39, 40, 41, 42, 43,44, 45, 46, 47, 48, 49,50, 51; Береговая № 1, 2, 2а, 2б, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30,34; Қаратал № 1, 1а, 2, 2а, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 59, 61, 63; Айту би № 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56; Ақын Сара № 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 77 А, 78, 79, 80, 81, 82, 83, 91а; Котовский №1, 2, 2а, 2б, 3, 4, 4а, 5, 6а, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64; Қазбек би № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 53, 54, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z52" w:id="34"/>
-[...15 lines deleted...]
-      Орналасқан жері: Үштөбе қаласы, Мартынов көшесі, № 2, "Тамас" жауапкершілігі шектеулі серіктестігінің әкімшілік ғимараты (келісім бойынша).</w:t>
+    <w:bookmarkStart w:name="z48" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұйық көшелер: Қаратал № 1, 1а, 2, 3, 4, 5, 6, 7, 8, 10, 12, 13, 13а, 20, 22, 24, 26, 28, 30; Оракты би № 1, 2, 2а, 3, 4, 5, 6, 7, 8, 8а, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20; Қазыбек би № 1, 2, 2а, 3, 4, 4а, 5, 6, 6а, 7, 8, 8а, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 30, 32, 34; Бейсекова № 2, 4, 6, 8, 10, 14, 16, 18; Бұқар жырау № 8, 9, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30; Белинский № 2а, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28; Тынышбаев № 1, 1а, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 29, 31, 33, 35, 37; Котовского № 1, 1а, 1в, 1г, 3, 5, 7, 7а, 9, 11, 13, 15, 17; Акын Сара № 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25; Айту би № 1, 2, 3, 4, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z53" w:id="35"/>
-[...15 lines deleted...]
-      Шекаралары:Үштөбе қаласы, </w:t>
+    <w:bookmarkStart w:name="z49" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 141 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z54" w:id="36"/>
-[...15 lines deleted...]
-      көшелері: Әбдіқұлов № 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32; Мүсірепов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19; Покрышкин № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; Горняцкая № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; Мартынов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29; Төлебаев № 1, 2, 36, 36а, 38, 38а; Панфилов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; Толстого № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; Дружба № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; Алдабергенов № 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43; Шәкәрім № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16; Құрманғазы № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15; Вавилов № 1, 2, 3, 4, 6, 9; Бонивура №1, 2, 2а, 3а, 5, 11, 13, 15, 1; Новая № 2, 4, 6, 9; Мартынов № 1, 3, 4; Прибрежная № 6, 8; Пристань Каратала № 1, 2, 3, 4, 5, 6, 7, 8, 9; Алдабергенов тұйық көшесі № 3, 5, 9, 13, 14, 15.</w:t>
+    <w:bookmarkStart w:name="z50" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Үштөбе қаласы, Молдағулова көшесі № 63, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "К.Тоқаев атындағы орта мектеп" коммуналдық мемлекеттік мекемесі".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z55" w:id="37"/>
-[...15 lines deleted...]
-      № 140 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z51" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Үштөбе қаласы, көшелері: Мұратбаев № 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 19, 21, 23, 25; Северная № 2, 3, 4, 5, 6, 7, 8, 10, 12, 14; Төлеуқұл батыр № 2,2а, 2б, 2в, 4, 6, 8, 10, 12, 14, 16, 18, 20, 21, 22, 23, 24, 23, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 40, 42, 44, 46, 48; Железнодорожная № 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66; Ақын Сара № 1, 2, 3, 4, 5, 5а, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 18а, 20; Жансүгіров № 1, 2, 3, 5, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71; Әуезов № 1, 2, 2а, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56; Молдағұлова № 1, 2, 3,4, 4б, 5, 7, 9, 11, 13, 15, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 35, 37, 39, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 53, 55, 57; Андропов № 1, 2, 2а, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35; Қаптағаев № 1, 1б, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19а, 20, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69; Жәлменде би № 1, 2, 4, 5, 8, 9, 10, 11, 12, 13, 14, 14а, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 34, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 49а, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 83а, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184; Гайдара № 1, 2, 3, 4, 5, 6, 8, 10, 12, 14; Суворов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30; Линейная № 1б, 1а, 1, 2, 2а, 2б, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 80, 82, 84, 86; Водопроводная № 1, 2, 3, 4, 5, 7, 9,11,13,15,17,19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49; Островский № 1,1а, 2, 2а, 3, 3а, 5, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 108, 110, 112, 114, 116, 118, 120, 122; Кутузов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 23; Орақты батыр № 1, 2, 2а, 3, 4, 5, 6, 7, 8, 9, 10, 11; Айту би № 1, 1а, 1б, 2, 3, 4, 5, 6 А, 7, 8, 9, 10, 11, 12, 13, 14, 15; Тельман № 1, 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28; Бұхар жырау №1а, 2, 3, 4, 5, 6, 7, 8, 9, 10, 12, 14, Гайдар №1, 4, 5, 6, 10, 12, 14, 15, 16.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z56" w:id="38"/>
-[...15 lines deleted...]
-      Орналасқан жері: Үштөбе қаласы, Ақын Сара көшесі, № 91 "В", "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "І.Есенберлин атындағы мектепке дейінгі шағын орталығы бар орта мектеп" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z52" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұйық көшелер: Айту би № 1, 1а, 1б; Әуезов № 1, 2, 2а, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17,18, 19, 20, 22, 24, 26, 28; Железнодорожная № 3, 4, 6, 8, 10; Орақты батыр № 8а, 10а, 12; Молдағулова № 1, 1б, 2, 4, 9, 10, 11.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z57" w:id="39"/>
-[...15 lines deleted...]
-      Шекаралары: Үштөбе қаласы, </w:t>
+    <w:bookmarkStart w:name="z53" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 142 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z58" w:id="40"/>
-[...15 lines deleted...]
-      көшелері: Белинский № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31; Тынышбаев № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59; Маяковский № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29; Орақты би № 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64; Верещагин № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65; Бейсеков № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64; Бұқар жырау № 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51; Береговая № 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30; Қаратал № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61; Айту би № 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56; Ақын Сара № 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Үштөбе қаласы, Б.Момышұлы көшесі, № 229, "Жетісу облысының денсаулық сақтау басқармасы" мемлекеттік мекемесінің шаруашылық жүргізу құқығындағы "Қаратал аудандық орталық ауруханасы" мемлекеттік коммуналдық кәсіпорын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z59" w:id="41"/>
-[...15 lines deleted...]
-      тұйық көшелер: Қаратал № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61; Оракты би № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20; Қазыбек би № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30; Бейсекова № 2, 4, 6, 8, 10, 12, 14; Бұқар жырау № 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; Белинский № 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28; Тынышбаев № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33; Котовского № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17; Акын Сара № 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25; Айту би № 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Үштөбе қаласы, аудандық аурухана аумағы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z60" w:id="42"/>
-[...15 lines deleted...]
-      № 141 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z56" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 143 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z61" w:id="43"/>
-[...15 lines deleted...]
-      Орналасқан жері: Үштөбе қаласы, Молдағулова көшесі № 63, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "К.Тоқаев атындағы орта мектеп" коммуналдық мемлекеттік мекемесі".</w:t>
+    <w:bookmarkStart w:name="z57" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Үштөбе қаласы, Төле би көшесі, № 61, Қаратал аудандық полиция бөлімі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z62" w:id="44"/>
-[...15 lines deleted...]
-      Шекаралары: Үштөбе қаласы, </w:t>
+    <w:bookmarkStart w:name="z58" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Үштөбе қаласы, аудандық полиция бөлімінің аумағы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z63" w:id="45"/>
-[...15 lines deleted...]
-      көшелері: Мұратбаев № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23; Северная № 2, 4, 6, 8, 10, 12, 14; Төлеуқұл батыр № 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 37, 38, 40, 42, 44, 46, 48; Железнодорожная № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66; Ақын Сара № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18; Жансүгіров № 1, 2, 3, 5, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67; Әуезов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51; Молдағұлова № 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 32, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57; Андропов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41; Қаптағаев № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69; Жәлменде би № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184; Гайдара № 1, 2, 3, 4, 5, 6, 8, 10, 12, 14; Суворов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30; Линейная № 1б, 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84; Водопроводная № 1, 2, 3, 4, 5, 7, 9,11,13,15,17,19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49; Островский № 1, 3, 5, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122; Кутузов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 23; Орақты батыр № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24; Айту би № 1, 1А, 2, 3, 4, 5, 6 А, 7, 8, 9, 10, 11, 12, 13, 14, 15; Тельман № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28.</w:t>
+    <w:bookmarkStart w:name="z59" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 144 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z64" w:id="46"/>
-[...15 lines deleted...]
-      тұйық көшелер: Молдағұлова № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22; Айту би № 1, 1А, 1Б; Әуезов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26; Железнодорожная № 4,6,10.</w:t>
+    <w:bookmarkStart w:name="z60" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Үштөбе қаласы, Достық ауылы, Жамбыл көшесі, № 4, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Бикен Римова атындағы мектепке дейінгі шағын орталығы бар орта мектеп-гимназиясы" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z65" w:id="47"/>
-[...15 lines deleted...]
-      № 142 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z61" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Үштөбе қаласы, Достық ауылы, көшелері: Абай № 1, 1а, 4, 5, 6, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 27, 28, 29, 30, 31, 33, 34, 35, 36, 37, 38, 39, 40, 41, 43, 44, 45, 46, 48, 49, 50, 52, 54, 56, 58; Новая № 4, 34, 36, 38, 40, 42, 44, 46; Әуезов № 1, 2, 4, 5, 6, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 25, 27, 28, 29, 30, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 52, 53, 54, 57, 58, 62, 63, 64, 67, 68, 69, 70, 71, 72, 74, 71, 72, 73, 74, 75, 76, 77, 78, 79; Фрунзе № 1, 5, 6, 7, 8, 9, 11, 12, 14, 15, 16, 18, 19, 21, 22, 23, 24, 25, 28, 29, 31, 32, 33, 34, 35, 36, 37, 38, 39, 42, 43, 45, 46, 48, 51 54, 56, 58, 59, 61, 62, 63, 64, 65, 67, 69, 71, 73, 75, 77, 79, 82, 83; Крылов № 1, 3, 9, 17, 19; Жамбыл № 1, 2, 3, 4а, 6, 7, 7а, 8, 8а, 10, 11, 12, 13, 14, 15, 16, 18, 19, 21, 22, 24, 25, 26, 27, 28, 30, 31, 32, 33, 34, 35, 35а, 36, 37, 38, 40, 41, 42, 44, 45; Чкалов № 1, 2, 4, 5, 6, 7, 8, 9, 10, 13, 15, 16, 17, 19, 20, 21, 22, 23, 24, 25, 26, 28, 30, 32, 33, 34, 38, 39, 40, 41, 42, 43, 44, 45, 46, 48, 49, 50, 51, 56, 59, 61; Исаев № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 72, 74, 76, 78, 80, 82, 84; Вавилов № 1, 2, 3, 4; Пушкин № 1, 2, 3, 4, 5, 6, 7; Блюхера № 1, 2, 3, 3б, 5; Лазо № 1, 2, 3, 3а, 4, 5, 6, 7, 9, 9а, 16, 17, 19, 23, 29; Мира № 1, 4, 5, 6, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 23, 41; Мерей № 21, 25, 26, 30, 32; Молодежная №1; Әлішпанов № 2, 4, 6, 9, 25, 34, 36, 38, 40, 42, 44, 46.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z66" w:id="48"/>
-[...15 lines deleted...]
-      Орналасқан жері: Үштөбе қаласы, Б.Момышұлы көшесі, № 229, "Жетісу облысының денсаулық сақтау басқармасы" мемлекеттік мекемесінің шаруашылық жүргізу құқығындағы "Қаратал аудандық орталық ауруханасы" мемлекеттік коммуналдық кәсіпорын.</w:t>
+    <w:bookmarkStart w:name="z62" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұйық көшелер: Чапаев № 1, 2, 3, 4, 5, 6; Лазо № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23; Исаев № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 14, 21, 23; Валиханов № 1, 1а, 2, 2а 3, 4, 5, 6, 7, 8, 8а, 9, 9а, 10, 11.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z67" w:id="49"/>
-[...15 lines deleted...]
-      Шекаралары: Үштөбе қаласы, аудандық аурухана аумағы.</w:t>
+    <w:bookmarkStart w:name="z63" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 145 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z68" w:id="50"/>
-[...15 lines deleted...]
-      № 143 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z64" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Үштөбе қаласы, Абай көшесі, № 57, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "А.С.Пушкин атындағы мектепке дейінгі шағын орталығы бар орта мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z69" w:id="51"/>
-[...15 lines deleted...]
-      Орналасқан жері: Үштөбе қаласы, Төле би көшесі, № 61, Қаратал аудандық полиция бөлімі.</w:t>
+    <w:bookmarkStart w:name="z65" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Үштөбе қаласының Ойсаз ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z70" w:id="52"/>
-[...15 lines deleted...]
-      Шекаралары: Үштөбе қаласы, аудандық полиция бөлімінің аумағы.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 146 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z71" w:id="53"/>
-[...15 lines deleted...]
-      № 144 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z67" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Үштөбе қаласы, Үшкөмей ауылы, Асфендияров көшесі, № 12, Үшкөмей ауылының ауылдық дәрігерлік амбулаториясы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z72" w:id="54"/>
-[...15 lines deleted...]
-      Орналасқан жері: Үштөбе қаласы, Достық ауылы, Жамбыл көшесі, № 4, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Бикен Римова атындағы мектепке дейінгі шағын орталығы бар орта мектеп-гимназиясы" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z68" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Үштөбе қаласының Үшкөмей ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z73" w:id="55"/>
-[...15 lines deleted...]
-      Шекаралары: Үштөбе қаласы, Достық ауылы, </w:t>
+    <w:bookmarkStart w:name="z69" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 147 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z74" w:id="56"/>
-[...15 lines deleted...]
-      көшелері: Абай № 1, 4, 5, 6, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 27, 28, 29, 30, 31, 33, 34, 35, 36, 37, 38, 39, 40, 41, 43, 44, 45, 46, 48, 49, 50, 52, 54, 56, 58; Новая № 4, 34, 36, 38, 40, 42, 44, 46; Әуезов № 1, 2, 4, 5, 6, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 25, 27, 28, 29, 30, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 52, 53, 54, 57, 58, 62, 63, 64, 67, 68, 69, 70, 71, 72, 74, 71, 72, 73, 74, 75, 76, 77, 78, 79; Фрунзе № 1, 5, 6, 7, 8, 9, 11, 12, 14, 15, 16, 18, 19, 21, 22, 23, 24, 25, 28, 29, 31, 32, 33, 34, 35, 36, 37, 38, 39, 42, 43, 45, 46, 48, 51 54, 56, 58, 59, 61, 62, 63, 64, 65, 75, 77; Крылов № 21, 26, 28, 29, 30, 31, 33, 34, 35, 36, 52, 54, 56, 57, 58, 59, 60, 61, 62, 64, 65, 66, 67, 68, 69, 70, 72, 74, 76, 78, 79, 82, 84; Жамбыл № 3, 6, 7, 8, 10, 11, 12, 13, 16, 18, 19, 21, 22, 24, 25, 26, 27, 28, 30, 31, 32, 33, 34, 35, 36, 37, 38, 40, 41, 42, 43, 44, 45, 46, 47; Чкалов № 1, 2, 4, 5, 6, 7, 8, 9, 10, 13, 15, 16, 17, 19, 20, 21, 22, 23, 24, 25, 26, 28, 30, 32, 33, 34, 38, 39, 40, 41, 42, 43, 44, 45, 46, 48, 49, 50, 51, 56; Исаев № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82; Вавилов № 2, 3, 4, 5; Валиханов № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10; Пушкин № 1, 2, 3, 4, 5, 6; Блюхера № 1, 2, 3; Лазо № 17, 18, 22, 29, 30, 31; Мира № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18; Исаев № 38, 40, 41, 42, 43, 45, 46, 48, 49, 50, 51.</w:t>
+    <w:bookmarkStart w:name="z70" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Жаңаталап ауылы, Жамбыл көшесі, № 42, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Мектепке дейін шағын орталығы бар Жаңаталап орта мектебі Ұмтыл бастауыш мектебімен" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z75" w:id="57"/>
-[...15 lines deleted...]
-       тұйық көшелер: Чапаев № 1, 2, 3, 4, 5, 6; Лазо № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36; Исаев № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 14, 21, 23.</w:t>
+    <w:bookmarkStart w:name="z71" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Жаңаталап ауылы, № 15603 әскери бөлімі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z76" w:id="58"/>
-[...15 lines deleted...]
-      № 145 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z72" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 148 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z77" w:id="59"/>
-[...15 lines deleted...]
-      Орналасқан жері: Үштөбе қаласы, Абай көшесі, № 57, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "А.С.Пушкин атындағы мектепке дейінгі шағын орталығы бар орта мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z73" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Оян ауылы, Асықбаев көшесі, № 2, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Оян ауылындағы мектепке дейінгі шағын орталығы бар орта мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z78" w:id="60"/>
-[...15 lines deleted...]
-      Шекаралары: Үштөбе қаласының Ойсаз ауылы.</w:t>
+    <w:bookmarkStart w:name="z74" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Оян ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z79" w:id="61"/>
-[...15 lines deleted...]
-      № 146 сайлау учаскесі.</w:t>
+    <w:bookmarkStart w:name="z75" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 149 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z80" w:id="62"/>
-[...15 lines deleted...]
-      Орналасқан жері: Үштөбе қаласы, Үшкөмей ауылы, Асфендияров көшесі, № 1, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Үшкөмей орталау мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Ұмтыл ауылы, Б. Ахметше көшесі, № 6, Ұмтыл ауылының медициналық пункт.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z81" w:id="63"/>
-[...15 lines deleted...]
-      Шекаралары: Үштөбе қаласының Үшкөмей ауылы.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Ұмтыл ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z82" w:id="64"/>
-[...15 lines deleted...]
-      № 147 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z78" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 150 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z83" w:id="65"/>
-[...15 lines deleted...]
-      Орналасқан жері: Жаңаталап ауылы, Жамбыл көшесі, № 42, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Мектепке дейін шағын орталығы бар Жаңаталап орта мектебі Ұмтыл бастауыш мектебімен" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z79" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Ескелді ауылы, Ы. Алтынсарин көшесі, № 2, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Рақымжан Қошқарбаев атындағы орта мектеп" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z84" w:id="66"/>
-[...15 lines deleted...]
-      Шекаралары: Жаңаталап ауылы, № 15603 әскери бөлімі.</w:t>
+    <w:bookmarkStart w:name="z80" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Ескелді ауылы, Қайнар ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z85" w:id="67"/>
-[...15 lines deleted...]
-      № 148 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z81" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 151 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z86" w:id="68"/>
-[...15 lines deleted...]
-      Орналасқан жері: Оян ауылы, Асықбаев көшесі, № 2, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Оян ауылындағы мектепке дейінгі шағын орталығы бар орта мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z82" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Көкдала ауылы, Жамбыл көшесі, № 1 "А", "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Көкдала орталау мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z87" w:id="69"/>
-[...15 lines deleted...]
-      Шекаралары: Оян ауылы. </w:t>
+    <w:bookmarkStart w:name="z83" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Көкдала ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z88" w:id="70"/>
-[...15 lines deleted...]
-      № 149 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z84" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 152 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z89" w:id="71"/>
-[...15 lines deleted...]
-      Орналасқан жері: Ұмтыл ауылы, Қ. Ақжан көшесі, № 4, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Мектепке дейін шағын орталығы бар Жаңаталап орта мектебі Ұмтыл бастауыш мектебімен" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z85" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қызылжар ауылы, Д. Дүйсенбаев көшесі, № 46, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Лермонтов атындағы орта мектеп" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z90" w:id="72"/>
-[...15 lines deleted...]
-      Шекаралары: Ұмтыл ауылы.</w:t>
+    <w:bookmarkStart w:name="z86" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Қызылжар ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z91" w:id="73"/>
-[...15 lines deleted...]
-      № 150 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z87" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 153 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z92" w:id="74"/>
-[...15 lines deleted...]
-      Орналасқан жері: Ескелді ауылы, Ы. Алтынсарин көшесі, № 2, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Рақымжан Қошқарбаев атындағы орта мектеп" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z88" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қаражиде ауылы, Жамбыл көшесі, № 1, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Елтай атындағы орта мектебі Сарыбұлақ бастауыш мектебімен" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z93" w:id="75"/>
-[...15 lines deleted...]
-      Шекаралары: Ескелді ауылы, Қайнар ауылы.</w:t>
+    <w:bookmarkStart w:name="z89" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Қаражиде ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z94" w:id="76"/>
-[...15 lines deleted...]
-      № 151 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z90" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 154 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z95" w:id="77"/>
-[...15 lines deleted...]
-      Орналасқан жері: Көкдала ауылы, Жамбыл көшесі, № 1 "А", "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Көкдала орталау мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z91" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Сарыбұлақ ауылы, Өтеген батыр көшесі, № 15, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Елтай атындағы орта мектебі Сарыбұлақ бастауыш мектебімен" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z96" w:id="78"/>
-[...15 lines deleted...]
-      Шекаралары: Көкдала ауылы.</w:t>
+    <w:bookmarkStart w:name="z92" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Сарыбұлақ ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z97" w:id="79"/>
-[...15 lines deleted...]
-      № 152 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z93" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 155 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z98" w:id="80"/>
-[...15 lines deleted...]
-      Орналасқан жері: Қызылжар ауылы, Д. Дүйсенбаев көшесі, № 46, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Лермонтов атындағы орта мектеп" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z94" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Алмалы ауылы, Абай көшесі, № 5, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Абай атындағы орта мектебі Балқаш бастауыш мектебімен" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z99" w:id="81"/>
-[...15 lines deleted...]
-      Шекаралары: Қызылжар ауылы.</w:t>
+    <w:bookmarkStart w:name="z95" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Алмалы ауылы, Дөңши ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z100" w:id="82"/>
-[...15 lines deleted...]
-      № 153 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z96" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 156 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z101" w:id="83"/>
-[...15 lines deleted...]
-      Орналасқан жері: Қаражиде ауылы, Жамбыл көшесі, № 1, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Елтай атындағы орта мектебі Сарыбұлақ бастауыш мектебімен" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z97" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Ақжар ауылы, Тлеуғұл батыр көшесі, № 3, Ақжар ауылының медициналық пункт ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z102" w:id="84"/>
-[...15 lines deleted...]
-      Шекаралары: Қаражиде ауылы.</w:t>
+    <w:bookmarkStart w:name="z98" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Ақжар ауылы, мал жайылым учаскелері.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z103" w:id="85"/>
-[...15 lines deleted...]
-      № 154 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z99" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 157 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z104" w:id="86"/>
-[...15 lines deleted...]
-      Орналасқан жері: Сарыбұлақ ауылы, Өтеген батыр көшесі, № 15, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Елтай атындағы орта мектебі Сарыбұлақ бастауыш мектебімен" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z100" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Кәлпе ауылы, Р.Бекенов көшесі, № 35, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Мектепке дейінгі шағын орталығы бар Кәлпе орта мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z105" w:id="87"/>
-[...15 lines deleted...]
-      Шекаралары: Сарыбұлақ ауылы.</w:t>
+    <w:bookmarkStart w:name="z101" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Кәлпе ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z106" w:id="88"/>
-[...15 lines deleted...]
-      № 155 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z102" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 158 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z107" w:id="89"/>
-[...15 lines deleted...]
-      Орналасқан жері: Алмалы ауылы, Абай көшесі, № 5, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Абай атындағы орта мектебі Балқаш бастауыш мектебімен" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z103" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қарашеңгел ауылы, Жамбыл көшесі, № 6, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Қарашеңгел орталау мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z108" w:id="90"/>
-[...15 lines deleted...]
-      Шекаралары: Алмалы ауылы, Дөңши ауылы.</w:t>
+    <w:bookmarkStart w:name="z104" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Қарашеңгел ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z109" w:id="91"/>
-[...15 lines deleted...]
-      № 156 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z105" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 159 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z110" w:id="92"/>
-[...15 lines deleted...]
-      Орналасқан жері: Ақжар ауылы, Жәлменде би көшесі, № 7, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Абай атындағы орта мектебі Балқаш бастауыш мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z106" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қанабек ауылы, Саринов көшесі, № 21, "Қаратал ауданының мәдениет үйі", мемлекеттік коммуналдық қазыналық кәсіпорынның №3 филиалы Қанабек ауылдық мәдениет үйі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z111" w:id="93"/>
-[...15 lines deleted...]
-      Шекаралары: Ақжар ауылы, мал жайылым учаскелері.</w:t>
+    <w:bookmarkStart w:name="z107" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Қанабек ауылы, Айдар ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z112" w:id="94"/>
-[...15 lines deleted...]
-      № 157 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z108" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 160 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z113" w:id="95"/>
-[...15 lines deleted...]
-      Орналасқан жері: Кәлпе ауылы, Р.Бекенов көшесі, № 35, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Мектепке дейінгі шағын орталығы бар Кәлпе орта мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z109" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Көпбірлік ауылы, Досқожанов көшесі, № 10, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "А.Байтұрсынов атындағы орта мектеп" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z114" w:id="96"/>
-[...15 lines deleted...]
-      Шекаралары: Кәлпе ауылы.</w:t>
+    <w:bookmarkStart w:name="z110" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Көпбірлік ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z115" w:id="97"/>
-[...15 lines deleted...]
-      № 158 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z111" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 161 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z116" w:id="98"/>
-[...15 lines deleted...]
-      Орналасқан жері: Қарашеңгел ауылы, Жамбыл көшесі, № 6, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Қарашеңгел орталау мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z112" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қарақұм ауылы, Ы.Алтынсарин көшесі, № 4, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Алғазы орта мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z117" w:id="99"/>
-[...15 lines deleted...]
-      Шекаралары: Қарашеңгел ауылы.</w:t>
+    <w:bookmarkStart w:name="z113" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Қарақұм ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z118" w:id="100"/>
-[...15 lines deleted...]
-      № 159 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z114" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 162 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z119" w:id="101"/>
-[...15 lines deleted...]
-      Орналасқан жері: Қанабек ауылы, Саринов көшесі, № 21, "Қаратал ауданының мәдениет үйі", мемлекеттік коммуналдық қазыналық кәсіпорынның №3 филиалы Қанабек ауылдық мәдениет үйі.</w:t>
+    <w:bookmarkStart w:name="z115" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Бастөбе ауылы, С.Юн көшесі, № 27, "Жетісу облыстық білім басқармасы" мемлекеттік мекемесінің "Бастөбе сервистік-техникалық колледжі" мемлекеттік коммуналдық қазыналық кәсіпорны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z120" w:id="102"/>
-[...15 lines deleted...]
-      Шекаралары: Қанабек ауылы, Айдар ауылы.</w:t>
+    <w:bookmarkStart w:name="z116" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Бастөбе ауылы, № 55078 әскери бөлімі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z121" w:id="103"/>
-[...15 lines deleted...]
-      № 160 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z117" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 163 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z122" w:id="104"/>
-[...15 lines deleted...]
-      Орналасқан жері: Көпбірлік ауылы, Досқожанов көшесі, № 10, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "А.Байтұрсынов атындағы орта мектеп" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z118" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Ортатөбе ауылы, Панфилов көшесі, № 16 "Б", "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Панфилов атындағы орта мектеп" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z123" w:id="105"/>
-[...15 lines deleted...]
-      Шекаралары: Көпбірлік ауылы.</w:t>
+    <w:bookmarkStart w:name="z119" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Ортатөбе ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z124" w:id="106"/>
-[...15 lines deleted...]
-      № 161 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z120" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 164 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z125" w:id="107"/>
-[...15 lines deleted...]
-      Орналасқан жері: Қарақұм ауылы, Ы.Алтынсарин көшесі, № 4, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Алғазы орта мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z121" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Кішітөбе ауылы, Комсомольская көшесі, № 2, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Мәлік Ғабдуллин атындағы орталау мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z126" w:id="108"/>
-[...15 lines deleted...]
-      Шекаралары: Қарақұм ауылы.</w:t>
+    <w:bookmarkStart w:name="z122" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Кішітөбе ауылы, Күрішдаласы разъезі, 47-ші разъезд, "Резерв" РМК "Стрела" филиалы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z127" w:id="109"/>
-[...15 lines deleted...]
-      № 162 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z123" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 165 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z128" w:id="110"/>
-[...15 lines deleted...]
-      Орналасқан жері: Бастөбе ауылы, С.Юн көшесі, № 27, "Жетісу облыстық білім басқармасы" мемлекеттік мекемесінің "Бастөбе сервистік-техникалық колледжі" мемлекеттік коммуналдық қазыналық кәсіпорны.</w:t>
+    <w:bookmarkStart w:name="z124" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Жылыбұлақ ауылы, Бейбітшілік көшесі, № 25, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Жылыбұлақ орта мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z129" w:id="111"/>
-[...15 lines deleted...]
-      Шекаралары: Бастөбе ауылы.</w:t>
+    <w:bookmarkStart w:name="z125" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Жылыбұлақ ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z130" w:id="112"/>
-[...15 lines deleted...]
-      № 163 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z126" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 166 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z131" w:id="113"/>
-[...15 lines deleted...]
-      Орналасқан жері: Ортатөбе ауылы, Панфилов көшесі, № 16 "Б", "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Панфилов атындағы орта мектеп" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z127" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Көкпекті ауылы, Ыбырайымұлы көшесі, № 2, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Жұбан Молдағалиев атындағы мектепке дейінгі шағын орталығы бар орта мектеп Қожбан бастауыш мектебімен" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z132" w:id="114"/>
-[...15 lines deleted...]
-      Шекаралары: Ортатөбе ауылы.</w:t>
+    <w:bookmarkStart w:name="z128" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Көкпекті ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z133" w:id="115"/>
-[...15 lines deleted...]
-      № 164 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z129" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 167 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z134" w:id="116"/>
-[...15 lines deleted...]
-      Орналасқан жері: Кішітөбе ауылы, Комсомольская көшесі, № 2, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Мәлік Ғабдуллин атындағы орталау мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z130" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Қожбан ауылы, Мұңайтпасов көшесі, № 2, "Қаратал ауданының Қожбан ауылындағы спорт мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z135" w:id="117"/>
-[...15 lines deleted...]
-      Шекаралары: Кішітөбе ауылы; Күрішдаласы разъезі; 47-ші разъезд; "Резерв" РМК "Стрела" филиалы; № 55078 әскери бөлімі.</w:t>
+    <w:bookmarkStart w:name="z131" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Қожбан ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z136" w:id="118"/>
-[...15 lines deleted...]
-      № 165 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z132" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 168 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z137" w:id="119"/>
-[...15 lines deleted...]
-      Орналасқан жері: Жылыбұлақ ауылы, Бейбітшілік көшесі, № 25, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Жылыбұлақ орта мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z133" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Айту ауылы, Достық көшесі, № 20/1, Айту ауылының фельдшерлік пункті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z138" w:id="120"/>
-[...15 lines deleted...]
-      Шекаралары: Жылыбұлақ ауылы.</w:t>
+    <w:bookmarkStart w:name="z134" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Айту ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z139" w:id="121"/>
-[...15 lines deleted...]
-      № 166 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z135" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 169 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z140" w:id="122"/>
-[...15 lines deleted...]
-      Орналасқан жері: Көкпекті ауылы, Ыбырайымұлы көшесі, № 2, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Жұбан Молдағалиев атындағы мектепке дейінгі шағын орталығы бар орта мектеп Қожбан бастауыш мектебімен" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z136" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Жасталап ауылы, Сейфуллин көшесі, № 1 "Б", "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Құлжабай батыр атындағы орталау мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z141" w:id="123"/>
-[...15 lines deleted...]
-      Шекаралары: Көкпекті ауылы.</w:t>
+    <w:bookmarkStart w:name="z137" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Жасталап ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z142" w:id="124"/>
-[...15 lines deleted...]
-      № 167 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z138" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 170 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z143" w:id="125"/>
-[...15 lines deleted...]
-      Орналасқан жері: Қожбан ауылы, Мұңайтпасов көшесі, № 2, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Жұбан Молдағалиев атындағы мектепке дейінгі шағын орталығы бар орта мектеп Қожбан бастауыш мектебімен" коммуналдық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z139" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Тастөбе ауылы, Халықов көшесі № 2, "Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесінің "Жамбыл атындағы орта мектебі" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z144" w:id="126"/>
-[...15 lines deleted...]
-      Шекаралары: Қожбан ауылы.</w:t>
+    <w:bookmarkStart w:name="z140" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Тастөбе ауылы, Бесағаш ауылы, Бірлік ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z145" w:id="127"/>
-[...178 lines deleted...]
-    <w:bookmarkEnd w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3381,55 +3269,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>