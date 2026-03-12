--- v0 (2025-12-26)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1914526" w14:textId="1914526">
+    <w:p w14:paraId="9bc1cbc" w14:textId="9bc1cbc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -512,1290 +512,1221 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Текелі қаласы әкімінің 2018 жылғы 14 желтоқсандағы № 4 шешіміне қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымша жаңа редакцияда – Жетісу облысы Текелі қаласы әкімінің 30.12.2022 </w:t>
+      Ескерту. Қосымша жаңа редакцияда – Жетісу облысы Текелі қаласы әкімінің 06.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 12</w:t>
+        <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Текелі қаласы бойынша сайлау учаскелері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z19" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      № 440 сайлау учаскесі</w:t>
+      № 440 учаскесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z20" w:id="6"/>
-[...1118 lines deleted...]
-    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Текелі қаласы, Кошевой көшесі, 6, "Жетісу облысы білім басқармасының Текелі қаласы бойынша білім бөлімі" мемлекеттік мекемесінің "№2 орта мектеп мектепке дейінгі шағын орталығымен" коммуналдық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Текелі қаласы, көшелері: О. Кошевой № 1-ден № 56-ға дейін, Д. Қонаев № 331 - ден № 505-ке дейін (тақ жағы) № 394-тен № 506-ға дейін, Мыңбұлақ № 1-ден № 71-ге дейін, Жаркент № 1 - ден № 57-ге дейін, Ойзаз № 1-ден № 45-ке дейін, о. Жандосова № 1-ден № 28-ге дейін; Ұлан № 4, 8, 12, 13, 14, 16, 17, 18, 19, Қайнар № 1-ден № 11-ге дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 441 учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Текелі қаласы, Қ.Сатпаев көшесі, № 38. – "Металлург" шағын-ауданының клубы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Текелі қаласы, көшелері: д. Қонаев № 221-ден № 299-ға дейін (тақ жағы), № 254-тен № 392-ге дейін (жұп жағы), Теміржол № 1-ден № 57-ге дейін, А. Иманов № 1-ден № 34-ке дейін, Б. Момышұлы № 1-ден №1-ге дейін 20. м. Мәметова № 13-тен № 33-ке дейін (тақ жағы) № 2-ден № 22-ге дейін (жұп жағы), Қасым хан № 1 - ден № 64-ке дейін, Ойконыс (бұрынғы Бауман) № 1 - ден № 14-ке дейін, Маржантас № 1-ден №1-ге дейін 34. Дәулеткерейдің күйшісі № 1-ден № 38-ге дейін, и. Есенберлин № 1-ден № 41-ге дейін, Чехов № 1-ден № 67-ге дейін, Б. Римова № 1-ден № 30-ға дейін, Т. Рысқұлова № 1-ден № 35-ке дейін; Теректі № 1-ден № 18-ге дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 442 учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Текелі қаласы, Қ. Сәтпаев көшесі, 50, "Жетісу облысы білім басқармасының Текелі қаласы бойынша білім бөлімі " мемлекеттік мекемесінің "№ 1 орта мектеп мектепке дейінгі шағын орталығымен" коммуналдық мемлекеттік мекемесі ғимараты, тел. 8(72835) 41325.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Текелі қаласы, көшелері: Веселая Поляна № 10-дан 58-ге дейін, Д. Қонаев № 301-ден № 327-ге дейін (тақ жағы), Сүйінбай № 1-ден № 40-қа дейін, Садовая № 1-ден № 111-ге дейін, Е. Брусиловский № 1-ден № 36-ға дейін, қ. Сәтпаев № 3-тен № 87, Е. Берікболанова № 1-ден № 36-ға дейін, Шаталова № 1-ден № 44-ке дейін, Болтирик шешен № 1-ден № 62-ге дейін, Мичурина № 1-ден № 89-ға дейін, Ш.Қалдаяқова № 1-ден № 63-ке дейін, стадион № 1-ден № 40-қа дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 443 учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Текелі қаласы, Жамбыл көшесі, № 44, "Жанұя" отбасын қолдау орталығы коммуналдық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Текелі қаласы, көшелері: Чехов № 68-ден № 98-ге дейін, Д. Қонаев № 186-дан № 252-ге дейін (жұп жағы), Райымбек батыр № 1-ден № 38-ге дейін, Қ. Рысқұлбеков № 1 - ден № 50-ге дейін, Абай № 1 - ден № 53-ке дейін, Ж. Баласағұн № 1-ден № 39-ға дейін, А. Байтұрсынов № 1-ден № 24-ке дейін, М. Мақатаев № 1 - ден № 17-ге дейін, Некрасов № 1-ден № 13-ке дейін, М. Қадилбекова № 1 - ден № 31-ге дейін, Бұқар жырау № 1 - ден № 14-ке дейін; Бөктерли № 1 № 18 бойынша. "Горняк" бау-бақша қоғамының тұтыну кооперативінің бүкіл тұрғын үй қоры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 444 учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Текелі қаласы, Жеңіс көшесі, 10, "Жетісу облысы білім басқармасының Текелі қаласы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 8 орта мектеп мектепке дейінгі шағын орталығымен" коммуналдық мемлекеттік мекемесі ғимараты, тел. 8(72835) 50015.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Текелі қаласы, Жамбыл көшелері № 1-ден № 75-ке дейін, Жеңіс № 2-ден № 8-ге дейін, Қазақстан № 30-дан № 42-ге дейін, № 33-тен № 63-ке дейін. "Самал" саяжай кооперативінің барлық тұрғын үй қоры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 445 учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Текелі қаласы, Жеңіс көшесі, 10, "Жетісу облысы білім басқармасының Текелі қаласы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 8 орта мектеп мектепке дейінгі шағын орталығымен" коммуналдық мемлекеттік мекемесі ғимараты, тел. 8(72835) 52085.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Текелі қаласы, көшелері: қора № 1-ден № 69-ға дейін, Ш. Уәлиханов № 1 - ден № 68-ге дейін, Жеңіс № 9, 10, 11, 12, 13, 14, 15, 16, 38, Бақтыбай № 4 - тен № 64-ке дейін. "Пограничник" және "шекарашы 2 Пограничник 2" саяжай кооперативінің барлық тұрғын үй қоры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 446 учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Текелі қаласы, Тәуелсіздік көшесі, 23, "Жетісу облысы білім басқармасының Текелі қаласы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 5 орта мектеп" коммуналдық мемлекеттік мекемесі ғимараты, тел. 8(72835) 42660.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Текелі қаласы, көшелері: М. Әуезов көшесі № 31-ден №40-қа дейін, Тәуелсіздік № 12, 14, 16, 18, 20, 22, 26, 27, 28, 29, Қазақстан № 17, 19, 21, 22, 23, 26, 28. "Учитель" саяжай кооперативінің барлық тұрғын үй қоры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 447 учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Текелі қаласы, Тәуелсіздік көшесі, 11, "Текелі қаласы әкімінің қалалық Мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорны ғимараты, тел. 8(72835) 44684.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Текелі қаласы, көшелері: Гарышкерлер № 1-ден № 7-ге дейін, Гагарин № 1-ден № 19-ға дейін, М. Әуезов № 20, 21, 22, 22-а, 23, 24, 27, 28, Тәуелсіздік № 7, 9, 13, 15, 17, 19, 21, Қазақстан № 16, 18.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 448 учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Текелі қаласы, М. Әуэзов көшесі, 1, "Жетісу облысы білім басқармасының Текелі қаласы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 3 орта мектеп мектепке дейінгі шағын орталығымен" коммуналдық мемлекеттік мекемесі ғимараты, тел. 8(72835) 44162.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Текелі қаласы, көшелері: Абылай хан № 1-ден № 33-ке дейін, Төле би № 1-ден № 41-ге дейін, Юдичев № 1-ден № 9-ға дейін, Л. Хамиди № 1-ден № 15-ке дейін, Қазақстан № 1-ден № 15-ке дейін, Тәуелсіздік № 2, 3, 5, м. Әуезов № 1 - ден № 19-ға дейін. "Обогатитель", "Геолог", "Шахтостроитель" және "Алмаағаш" саяжай кооперативтерінің барлық тұрғын үй қоры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 449 учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Текелі қаласы, Достық көшесі, 31, "Жетісу облысы білім басқармасының Текелі қаласы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 6 орта мектеп", коммуналдық мемлекеттік мекемесі ғимараты, тел.8(72835) 45174.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Текелі қаласы, көшелері: Береговая № 1-ден № 85-ке дейін; Қаратал № 1-ден № 204-ке дейін, Пушкин № 1-ден № 130-ға дейін, Күншығыс № 1-ден № 130-ға дейін, Достық № 1-ден № 53-ке дейін, Кеншилер № 1-ден № 59-ға дейін; Жиделі № 1, 2, 4, 7; көктем № 2-ден № 10-ға дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 450 учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Текелі қаласы, Достық көшесі, 31, "Жетісу облысы білім басқармасының Текелі қаласы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 6 орта мектеп", коммуналдық мемлекеттік мекемесі ғимараты, тел. 8(72835) 50250.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Текелі қаласы, көшелері: Шұғыла № 1-ден № 22-ге дейін, Д.Қонаев № 10-дан № 184-ке дейін, № 1-ден № 211-ге дейін (тақ жағы), Шевченко № 1-ден № 52-ге дейін, Л. Асанова № 1-ден № 40-қа дейін, Ы. Алтынсарина № 1-ден № 44-ке дейін, Айдар би № 1-ден № 26-ға дейін, Керімбек № 1-ден № 70-ке дейін, Әл-Фараби № 1 - ден № 20 - ға дейін, и. Жансүгірова № 1 - ден № 20-ға дейін, батыр Оракты № 1 - ден № 130-ға дейін, Панфилова № 1-ден № 127-ге дейін; Батыс № 1-ден №5-ке дейін. "Садовод", "Энергетик", " Железнодорожник", "Автомобилист" және "Мичуринец" саяжай кооперативтерінің бүкіл тұрғын үй қоры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 451 учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Текелі қаласы, Күншығыс көшесі, 132, "Текелі қаласы әкімдігінің шаруашылық жүргізу құқығындағы "Текелі Су құбыры" мемлекеттік коммуналдық кәсіпорны ғимараты, тел. 8(72835) 46561.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Текелі қаласы, көшелері: Алматы № 1-ден № 89-ға дейін, Достық № 54-тен № 157-ге дейін, Күншығыс № 131-ден № 237-ге дейін, Балпық би № 1 - ден № 78-ге дейін, Чайковский № 1 - ден № 80-ге дейін, Қаратал № 205 - тен № 349-ға дейін, Жағалау № 86-дан № 117-ге дейін, Пушкин № 131-ден № 178-ге дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 452 учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Текелі қаласы, Ә. Қастеев көшесі, 8, "Жетісу облысы білім басқармасының Текелі қаласы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 4 орта мектеп", коммуналдық мемлекеттік мекемесі ғимараты, тел. 8(72835) 45525.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Текелі қаласы, көшелері: и. Жансүгіров № 21-ден № 93-ке дейін, Толстой № 1-ден № 87-ге дейін, Қ. Жалайыри № 1-ден № 83-ке дейін, М. Төлебаев № 1-ден № 70-ке дейін, Ә. Қастеев № 1, 2,3, 5, Ынтымақ № 1-ден № 67, Сейфуллин ауылы № 1-ден № 29-ға дейін, Әл-Фараби № 19-дан № 34-ке дейін, Самал № 8, 10, 12, 17, 18, 20, 22, 24, 28, 30.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 453 учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Текелі қаласы, Тәуелсіздік көшесі, 25, "Жетісу облысының денсаулық сақтау басқармасы" мемлекеттік мекемесінің шаруашылық жүргізу құқығындағы "Текелі қалалық ауруханасы" мемлекеттік коммуналдық кәсіпорны ғимараты, тел. 8(72835) 42210.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Текелі қаласы, Текелі қалалық ауруханасының аумағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 454 учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Текелі қаласы, Стадион көшесі, 41, "Жетісу облысының жұмыспен қамтуды үйлестіру және әлеуметтік бағдарламалар басқармасы" мемлекеттік мекемесінің "Шапағат" Текелі арнаулы әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесі ғимараты, тел. 8(72835) 41483.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Текелі қаласы, Стадионная көшесі № 41, "Шапағат" Текелі арнаулы әлеуметтік қызмет көрсету орталығы " КММ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 455 учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Текелі қаласы, Қора көшесі, 117, Текелі қаласы, Жетісу облысы Панфилов ауданы шекара басқармасының Оқу толықтыру-атты әскер тобы ғимараты, тел. 8(72835) 52010.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: орталық шекаралары шегінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 456 учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Текелі қаласы, Рудничный ауылы, Бейбітшілік көшесі, 58,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Жетісу облысы білім басқармасының Текелі қаласы бойынша білім бөлімі" мемлекеттік мекемесінің "№ 7 орта мектеп мектепке дейінгі шағын орталығымен" коммуналдық мемлекеттік мекемесі ғимараты, тел. 8(72835) 48463.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: Рудничный ауылы, көшелер: Бейбітшілік № 1-ден № 58-ге дейін, Советская № 1-ден № 19-ға дейін, Школьная № 2-ден № 17-ге дейін, Наурызбай батыр № 1-ден № 17-ге дейін, Біржан сал № 2-ден № 48-ге дейін, Құрманғазы № 2 - ден № 17-ге дейін, Ескелді би № 2-ден № 25-ке дейін, Ақын Сара № 1-ден № 63-ке дейін, Ш. Айманова № 1-ден № 24-ке дейін, М. Жұмабаева № 1 - ден № 18-ге дейін, А. Бейсеуова № 1, 2, 3, 4, 5, 6, 7, 8, 14, 18, 97, Алатау № 2, 3, 5, 6, 7, 8, 9, 10, 11, 12.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 457 учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Текелі қаласы, Рудничный ауылы, Ә. Молдағұлова көшесі, 1, Қазақстан Республикасы Ұлттық қауіпсіздік комитеті Шекара қызметінің Панфилов ауданы бойынша Шекаралық басқармасының "Көк-су" шекара бөлімшесі ғимараты, тел. 8(72835) 48365.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: орталық шекаралары шегінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 458 учаскесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орталығы: Текелі қаласы, Д. Қонаев көшесі, 104, "Жетісу облысы полиция Департаментінің Текелі қаласының полиция бөлімі" мемлекеттік мекемесінің Уақытша ұстау изоляторы ғимараты, тел. 8(72835) 46060.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекарасы: орталық шекаралары шегінде.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>