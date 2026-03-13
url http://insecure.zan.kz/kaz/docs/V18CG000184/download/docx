--- v0 (2025-11-07)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5a9ca5e" w14:textId="5a9ca5e">
+    <w:p w14:paraId="1502a51" w14:textId="1502a51">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,60 +100,53 @@
         </w:rPr>
         <w:t>Қобда ауданы аумағында сайлау учаскелерін құру туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Қобда ауданы әкімінің 2018 жылғы 30 қарашадағы № 6 шешімі. Ақтөбе облысы Әділет департаментінің Қобда аудандық Әділет басқармасында 2018 жылғы 30 қарашада № 3-7-184 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының 1995 жылғы 28 қыркүйектегі "Қазақстан Республикасындағы сайлау туралы" Конституциялық Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -594,68 +587,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Н. Айжарыков</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -702,407 +677,407 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Қобда ауданы әкімінің </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 жылғы 30 қарашадағы </w:t>
+              <w:t xml:space="preserve">2026 жылғы __________ № ___ </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 6 шешіміне қосымша</w:t>
+              <w:t>шешіміне қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қобда ауданы аумағындағы сайлау учаскелері</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымша жаңа редакцияда - Ақтөбе облысы Қобда ауданы әкімінің 22.11.2023 </w:t>
+      Ескерту. Қосымша жаңа редакцияда - Ақтөбе облысы Қобда ауданы әкімінің 13.02.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8</w:t>
+        <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 414 сайлау учаскесі </w:t>
+        <w:t xml:space="preserve"> № 414 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің орналасқан жері: Қобда ауылдық округі, Қобда ауылы, Астана көшесі, № 70, "Ақтөбе облысының білім басқармасы Қобда ауданының білім бөлімі" мемлекеттік мекемесінің "Қобыланды батыр атындағы орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің шекаралары: Қобда ауылы, Абай Құнанбаев көшесі № 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 36, 36а, 38, 40, 42, 44, 46, 50/1, 50/2;</w:t>
+      Сайлау учаскесінің шекаралары: Қобда ауылы, Абай көшесі № 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 36, 36а, 38, 40, 42, 44, 46, 50/1, 50/2;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       И. Тайманов көшесі № 1/1, 1/2, 2, 3, 4, 5/1, 5/2, 6, 7/1, 7/2, 7/3, 7/4, 7/5, 7/6, 7/7, 7/8, 8, 10, 11/1, 11/2, 11/3, 11/4, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 23, 24, 25, 26, 28, 30, 32, 34, 36, 38;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...36 lines deleted...]
-      Ә.Орынбаев тұйық көшесі № 9, 11, 12, 14, 16, 18, 20;</w:t>
+        <w:t>
+      М. Колесников көшесі № 2/1, 2/2, 4, 5/1, 5/2, 6, 7/1, 7/2, 8/1, 8/2, 9/1, 9/2, 10/1, 10/2, 11/1, 11/2, 11/3, 11/4, 12/1, 12/2, 13/1, 13/2, 13/3, 14/1, 14/2, 15, 16, 18, 20, 22, 24, 26, 28, 28А, 34;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Байтақ тұйық көшесі № 1/1, 1/2, 1/3, 1/4, 2, 3/1, 4, 4б, 5/1, 5/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ә. Орынбаев тұйық көшесі № 9, 11, 12, 14, 16, 18, 20;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нұрымжанов тұйық көшесі № 1/1, 1/2, 3/1, 3/2, 3/3, 5/1, 5/2, 5/3, 7А, 7/1, 7/2, 7/3, 7/4, 8/1, 8/2, 9/1, 9/2, 10/1, 10/2, 11/1, 11/2, 13,/1, 13/2, 15/1, 15/2, 17/1, 17/2, 19;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қ.Мұнайтпасов тұйық көшесі № 2, 3/1, 3/2, 4/1, 4/2, 5/1, 5/2, 6/1, 6/2, 7, 8/1, 8/2, 10/1, 10/2, 11, 12, 14;</w:t>
-[...53 lines deleted...]
-      Алматы көшесі № 50, 51, 53, 54, 55, 56, 57, 58, 59/1, 59/2, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69/1, 69/2, 70, 71, 72, 73, 74, 75, 76, 77, 78, 80, 81, 82/1, 82/2, 83, 84/1, 84/2, 85, 86/1, 86/2, 87, 88/2, 89/1, 89/2, 90/1, 90/2, 92/1, 92/2, 93/1, 93/2, 93/3, 94/1, 94/2, 95/1, 95/2, 96/1, 96/2, 97, 98/1, 98/2, 99, 100/1, 100/2, 100/3, 101, 102/1, 102/2, 103, 104/1, 104/2, 104/3, 105, 106/1, 106/2, 108/1, 108/2, 110/1, 110/2, 112, 117, 117а;</w:t>
+      Қ. Мұнайтпасов тұйық көшесі № 2, 3/1, 3/2, 4/1, 4/2, 5/1, 5/2 ,6/1, 6/2, 7, 8/1 ,8/2, 10/1, 10/2, 11, 12, 14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әбілқайырхан көшесі № 94, 96, 98, 99, 100, 101/1, 101/2, 102, 103/1, 103/2, 104/1, 104/2, 105;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Астана көшесі № 61, 63, 65, 66, 67, 69, 71, 72 , 73, 74, 75, 76, 77/1, 77/2, 78, 79, 80, 81, 81а, 83, 84, 85, 86, 87, 88/1, 88/2, 88/3, 88/4, 88/5, 88/6, 88/7, 88/8, 88/9, 88/10, 88/11, 88/12, 88/13, 88/14, 88/15, 88/16, 89, 92, 94/3, 96, 97/1, 97/2, 98/1, 99, 101/1, 101/2, 103/1, 103/2, 105/1, 105/2, 107, 109, 111, 113;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алматы көшесі № 50, 51, 53, 54, 55, 56, 57, 58, 59/1, 59/2, 61, 62, 63, 65, 68, 66, 60, 64, 67, 69/1, 69/2, 70, 71, 72, 73, 74, 75, 76, 77, 78, 80, 81, 82/1, 82/2, 83, 84/1, 84/2, 85, 86/1, 86/2, 87, 88/2, 89/1, 89/2, 90/1, 90/2, 92/1, 92/2, 93/1, 93/2, 93/3, 94/1, 94/2, 95/1, 95/2, 96/1, 96/2, 97, 98/1, 98/2, 99, 100/1, 100/2, 100/3, 101, 102/1, 102/2, 103, 104/1, 104/2, 104/3, 105, 106/1, 106/2, 108/1, 108/2, 110/1, 110/2, 112, 117, 117а;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       А. Иманов көшесі № 27, 29/1, 29/2, 30, 31, 32/1, 32/2, 34, 35, 36, 37, 38/1, 38/2, 39, 40/1, 40/2, 41, 42/1, 42/2, 44/1, 44/2, 46, 48, 50, 52, 54/1, 54/2, 56, 58, 60, 62;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жанқожа батыр тұйық көшесі № 1/1, 1/2, 2, 3/1, 3/2, 4, 6, 8/1, 8/2, 10/1, 10/2, 12, 14, 16;</w:t>
-[...35 lines deleted...]
-      С.Мұқанов тұйық көшесі № 2, 4, 6, 8, 10, 12, 14.</w:t>
+      Жеңіс тұйық көшесі № 1/1, 1/2, 2, 3/1, 3/2, 4, 6, 8/1, 8/2, 10/1, 10/2, 12 , 14 ,16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      С. Мәтенқызы көшесі № 11/1, 11/2, 13/1, 13/2, 21/2, 23/1, 23/2, 25, 27/1, 27/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      С. Мұқанов тұйық көшесі № 2, 4, 6, 8, 10, 12, 14.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 415 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1110,373 +1085,409 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің орналасқан жері: Қобда ауылдық округі, Қобда ауылы, Әбілқайыр хан көшесі № 38, "Қобда аудандық мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Қобда аудандық мәдениет Үйі" мемлекеттік коммуналдық қазыналық кәсіпорынының ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің шекаралары: Қобда ауылы, Ә.Молдағұлова көшесі № 1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 13, 14, 15, 16, 17, 18, 19, 20, 20а, 21, 22, 23, 24, 26, 28, 30, 32А;</w:t>
-[...35 lines deleted...]
-      А.Әкімжанов көшесі № 1, 3, 4, 5, 6, 8, 9, 10, 12, 13, 14, 15, 16, 16а, 17, 18, 18а, 19, 19а, 20, 20а, 21, 21/1, 21/2, 21/4, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 39;</w:t>
+      Сайлау учаскесінің шекаралары: Қобда ауылы, Ә. Молдағұлова көшесі № 1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 13, 14, 15, 16, 17, 18, 19, 20, 20а, 21, 22, 23, 24, 26, 25, 27, 28, 29, 30, 31, 32А, 33, 34, 35, 36, 37, 38, 40, 42, 44, 46, 48, 50;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай көшесі № 1, 2, 2а, 3, 5, 6, 8, 8а, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А. Әкімжанов көшесі № 1, 3, 4, 5, 6, 8, 9, 10, 12, 13, 14, 15, 16, 16а, 17, 18, 18а, 19, 19а, 20, 20а, 21, 21/2, 21/1, 21/4, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 39;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Астана көшесі № 1, 1А, 2, 3, 4, 5, 6, 8, 9, 10, 11, 12, 13, 14, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 35/2, 36, 47, 49, 50, 51, 53, 55, 56, 57, 58, 59, 60, 62, 64/1, 64/2, 64/3, 64/4;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қобда көшесі № 1/1, 1/2, 1/3, 2/1, 2/2, 3/1, 3/2, 5/1, 5/2, 5/3, 6, 7/1, 7/2, 8, 8а, 8в, 8г, 9/1, 9/2, 10, 11/1, 11/2, 13, 15/1, 15/2, 16/1, 16/2, 17, 19/1, 19/2, 19/3, 20;</w:t>
-[...89 lines deleted...]
-      Иса және Ескендір Көпжасаровтар көшесі № 1, 2, 3, 4, 5, 6, 8, 9, 11, 12, 13/1, 13/2, 14, 15/1, 15/2, 17, 19, 21, 23, 27, 30, 31, 32, 35, 35А, 37, 38, 42;</w:t>
+      А. Жанзақов тұйық көшесі № 1/1, 1/2, 2, 3/1, 3/2, 4, 5/1, 5/2, 6, 7/1, 7/2, 8, 9/1, 9/2, 10, 11, 12, 13, 15, 16, 17, 18, 19, 20, 22;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қобда көшесі № 1/1, 1/2, 1/3, 2/1, 2/2, 3/1, 3/2, 5/1, 5/2, 5/3, 6, 7/1, 7/2, 8, 8а, 8в, 8г, 9/1, 9/2, 10, 11/1, 11/2, 13, 15/1, 15/2, 16/1, 16/2, 17, 19/1, 19/2,19/3, 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      С. Сейфуллин көшесі № 1, 2, 3а, 3б, 5/1, 5/2, 7, 9б;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      И. Білтабанов көшесі № 1, 1а, 2, 2а, 2б, 2в, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 23, 24, 25, 26, 28, 29, 30, 30а, 31, 32, 33, 34, 35, 36/1, 36/2, 37, 38, 39/1, 39/2, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 51/1, 52, 53, 54, 55/1, 55/2, 56, 57/1, 57/2, 58, 59, 60;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әбілқайырхан көшесі № 1, 1а, 2, 4, 5, 7, 9, 10а, 10б, 11, 12, 13, 14, 16, 17, 18, 19/1, 19/2, 19/3, 20, 21, 22, 23, 25, 27, 28, 29, 30, 31, 32/1, 32/2, 35, 36, 37, 39/1, 39/2, 40, 40/1, 40/3, 41, 41а; 43, 43а, 43б, 45, 47/1, 47/2, 48, 50/1, 50/3, 50/4, 50/5, 52, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 63а, 65/1, 65/2, 65/3, 66, 67, 68, 69/1, 69/2, 70, 71, 72 , 73, 75, 77, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 95;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ә. Орынбаев тұйық көшесі № 1, 2, 3/1, 3/2, 4/1, 4/2, 5/1, 5/2, 6, 7, 8/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Иса, Ескендір Көпжасаровтар көшесі № 1, 2, 3, 4, 5, 6, 8, 9, 11, 12, 14, 13/1, 13/2, 15/1, 15/2, 17, 19, 21, 22, 23, 27, 30, 32, 31, 35, 35А, 37, 38, 42 ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кірпіш қыстағы № 1, 2;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қарасай батыр тұйық көшесі № 1/1, 1/2, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11/1, 11/2, 12, 13, 14, 15, 16.</w:t>
+      Қарасай батыр тұйық көшесі № 1/1, 1/2, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11/1, 11/2, 12, 13, 14, 15, 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақтөбе тұйық көшесі № 1, 2, 3 ,4, 5 ,6, 7, 8, 10;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 416 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...54 lines deleted...]
-      Ы.Алтынсарин көшесі № 1/1, 1/2, 2/1, 2/2, 2/3, 2/4, 2/5, 2/6, 2/7, 2/8, 2/9, 2/10, 2/11, 2/12, 2/13, 2/14, 2/15, 2/16, 2/17, 2/18, 2/1-1, 2/1-2, 2/1-3, 2/1-4, 2/1-5, 2/1-6, 2/1-7, 2/1-8, 2/2-1, 2/2-2, 2/2-3, 2/2-4, 2/2-5, 2/2-6, 2/2-7, 2/2-8, 2/3-1, 2/3-2, 2/3-3, 2/3-4, 2/3-5, 2/3-6, 2/3-7, 2/3-8, 2/4-1, 2/4-2, 2/4-3, 2/4-4, 2/4-5, 2/4-6, 2/4-7, 2/4-8, 2/4-9, 2/4-10, 2/4-11, 2/4-12, 2/4-13, 2/4-14, 2/4-15, 2/4-16, 2/5-1, 2/5-2, 2/5-3, 2/5-4, 2/5-5, 2/5-6, 2/5-7, 2/5-8, 2/5-9, 2/5-10, 2/5-11, 2/5-12, 2/5-13, 2/5-14, 2/5-15, 2/5-16, 2/6-1, 2/6-2, 2/6-3, 2/6-4, 2/6-5, 2/6-6, 2/6-7, 2/6-8, 2/6-9, 2/6-10, 2/6-11, 2/6-12, 2/6-13, 2/6-14, 2/6-15, 2/6-16, 2/7-1, 2/7-2, 2/7-3, 2/7-4, 2/7-5, 2/7-6, 2/7-7, 2/7-8, 2/7-9, 2/7-10, 2/7-11, 2/7-12, 2/7-13, 2/7-14, 2/7-15, 2/7-16, 3/1, 3/2, 5/1, 5/2, 7/1, 7/2, 8/1, 8/2, 9, 10, 11, 12, 13, 14/1, 14/2, 15, 16/1, 16/2;</w:t>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қобда ауылдық округі, Қобда ауылы, Ы. Алтынсарин көшесі № 4, "Ақтөбе облысының білім басқармасы" мемлекеттік мекемесінің "Қобда көпсалалы колледжі" мемлекеттік коммуналдық қазыналық кәсіпорынының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Қобда ауылы, Ә. Молдағұлова көшесі № 25, 27, 29, 31, 33, 34, 35, 36, 37, 38, 40, 41, 43, 45, 47, 49, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 66, 68, 69, 70, 71/1, 71/2, 72, 73/1, 73/2, 74, 75/1, 75/2, 76, 77/1, 77/2, 78, 80, 81, 82/1, 82/2, 83, 85, 86, 87, 88/1, 88/2, 89, 90, 91, 92, 93, 94/1, 94/2, 94а, 94б, 95, 96/1, 96/2, 96/3, 96/4, 96/5, 96/6, 96/7, 96/8, 96/9, 96/10, 96/11, 96/12, 96/13, 96/14, 96/15, 96/16, 96/17, 96/18, 98, 100;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      И. Құрманов көшесі № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 32, 31/1, 31/2, 33/1, 33/2, 34, 34е, 35, 36, 37, 38/1, 38/2, 39, 40/1, 40/2, 41, 42, 43, 45, 47, 49, 53, 55, 57, 61, 63, 65, 67;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ы. Алтынсарин көшесі № 1/1, 1/2, 2/1, 2/2, 2/3, 2/4, 2/5, 2/6, 2/7, 2/8, 2/9, 2/10, 2/11, 2/12, 2/13, 2/14, 2/15, 2/16, 2/17, 2/18, 2/1-1, 2/1-2, 2/1-3, 2/1-4, 2/1-5, 2/1-6, 2/1-7, 2/1-8, 2/2-1, 2/2-2, 2/2-3, 2/2-4, 2/2-5, 2/2-6, 2/2-7, 2/2-8, 2/3-1, 2/3-2, 2/3-3, 2/3-4, 2/3-5, 2/3-6, 2/3-7, 2/3-8, 2/4-1, 2/4-2, 2/4-3, 2/4-4, 2/4-5, 2/4-6, 2/4-7, 2/4-8, 2/4-9, 2/4-10, 2/4-11, 2/4-12, 2/4-13, 2/4-14, 2/4-15, 2/4-16, 2/5-1, 2/5-2, 2/5-3, 2/5-4, 2/5-5, 2/5-6, 2/5-7, 2/5-8, 2/5-9, 2/5-10, 2/5-11, 2/5-12, 2/5-13, 2/5-14, 2/5-15, 2/5-16, 2/6-1, 2/6-2, 2/6-3, 2/6-4, 2/6-5, 2/6-6, 2/6-7, 2/6-8, 2/6-9, 2/6-10, 2/6-11, 2/6-12, 2/6-13, 2/6-14, 2/6-15, 2/6-16, 2/7-1, 2/7-2, 2/7-3, 2/7-4, 2/7-5, 2/7-6, 2/7-7, 2/7-8, 2/7-9, 2/7-10, 2/7-11, 2/7-12, 2/7-13, 2/7-14, 2/7-15, 2/7-16, 3/1, 3/2, 5/1, 5/2, 7/1, 7/2, 8/1, 8/2, 9, 10, 11, 12, 13, 14/1, 14/2, 15, 16/1, 16/2;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Райымбек батыр тұйық көшесі № 1, 2, 3, 4, 5, 6, 7, 8, 10;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      А.Жанзақов тұйық көшесі № 1/1, 1/2, 2, 3/1, 3/2, 4, 5/1, 5/2, 6, 7/1, 7/2 8, 9/1, 9/2, 10, 11, 12, 13, 15, 16, 17, 18, 19, 20, 22;</w:t>
+      А. Жанзақов тұйық көшесі № 1/1, 1/2, 2, 3/1, 3/2, 4, 5/1, 5/2, 6, 7/1, 7/2 8, 9/1, 9/2, 10, 11, 12, 13, 15, 16, 17, 18, 19, 20, 22;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Николай Терещенко тұйық көшесі № 1, 2, 3, 4, 5, 6/1, 6/2, 7, 8/1, 8/2, 9, 11;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1575,52 +1586,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Едіге батыр көшесі № 488, 489, 491, 492, 493, 528, 529, 530, 531;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Қобыланды батыр көшесі № 427, 432, 474, 475, 476, 477, 478, 482, 484, 485, 486, 487, 516, 517, 519, 523, 524, 527; </w:t>
+        <w:t>
+      Қобыланды батыр көшесі № 427, 432, 474, 475, 476, 477, 478, 482, 484, 485, 486, 487, 516, 517, 519, 523, 524, 527;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мәңгілік ел көшесі № 457, 459, 464, 506, 509, 512, 513;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1647,194 +1658,194 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мәншүк Мәметова көшесі № 289, 291, 292, 299, 301, 302, 303, 317, 319, 322;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Әл-Фараби көшесі № 42, 46, 55, 61, 227, 228, 230, 231, 232, 234, 237, 238, 241, 243, 244, 246, 248, 408, 409, 410, 415, 418, 419, 420, 421, 426; </w:t>
+        <w:t>
+      Әл-Фараби көшесі № 42, 46, 55, 61, 227, 228, 230, 231, 232, 234, 237, 238, 241, 243, 244, 246, 248, 408, 409, 410, 415, 418, 419, 420, 421, 426;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жер учаскелері № 49, 62, 64, 65, 68, 73, 76, 78, 92, 98, 125, 126, 130, 133, 140, 142, 143, 240, 249, 253, 256, 259, 266, 270, 272, 274, 279, 281, 286, 296, 337, 349, 417, 422, 423, 424, 425, 428, 438, 439, 440, 442, 442А, 444, 454, 462, 470, 471, 472, 479, 480, 494, 495, 508, 510, 570, 574, 216, 412.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 417 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сайлау учаскесінің орналасқан жері: Қобда ауылдық округі, Қобда ауылы, С.Сейфуллин көшесі № 44, "Ақтөбе облысының білім басқармасы Қобда ауданының білім бөлімі" мемлекеттік мекемесінің "Қобда қазақ орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты. </w:t>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қобда ауылдық округі, Қобда ауылы, С. Сейфуллин көшесі № 44, "Ақтөбе облысының білім басқармасы Қобда ауданының білім бөлімі" мемлекеттік мекемесінің "Қобда қазақ орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Қобда ауылы, Сапура Мәтенқызы көшесі № 1, 2, 3, 4, 4а, 5, 6а, 7, 8, 9, 10/1, 10/2, 12/1, 12/2, 14/1, 14/2, 16/1, 16/2, 18/1, 18/2, 20/1, 20/2, 20а;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      А.Әкімжанов көшесі № 38, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 53, 54, 55, 56, 57, 58, 59, 60, 62, 64, 69, 70, 72, 79;</w:t>
-[...53 lines deleted...]
-      М.Әуезов тұйығы № 1, 2/1, 2/2, 3, 4/1, 4/2, 5, 6, 7, 8, 9, 10;</w:t>
+      А. Әкімжанов көшесі № 38, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 53, 54, 55, 56, 57, 58, 59, 60, 62, 64, 69, 70, 72, 79;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      С. Сейфуллин көшесі № 16, 17/1, 17/2, 17/3, 17/4, 18, 19, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 32, 33, 34, 35, 36, 37, 38, 39, 40, 40а, 41, 43, 45, 46/1, 46/2, 48/1, 48/2, 50, 51/1, 51/2, 52, 53, 54, 56, 57, 58, 59, 60, 62, 62/1, 63, 64, 65, 66, 67, 68, 69, 71, 72, 73, 74, 75, 76, 77, 78, 79, 83, 85;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ы. Алтынсарин көшесі № 17, 18, 19, 20, 21, 22, 24;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      М. Әуезов тұйығы № 1, 2/1, 2/2, 3, 4/1, 4/2, 5, 6, 7, 8, 9, 10;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       А. Иманов көшесі № 3, 4/1, 4/2, 5, 6, 7, 8, 9, 10, 11, 13, 14, 15, 16, 17/1, 17/3, 17/4, 18, 20, 21Б, 22, 23, 24, 25, 26, 28;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1862,225 +1873,225 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прохоров тұйық көшесі № 1, 2, 3, 4, 6, 8, 10, 12, 14;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      М.Кошелев көшесі № 2/1, 2/2, 3/1, 3/2, 4/1, 4/2, 5/1, 5/2, 6, 7/1, 7/2, 8, 9/1, 9/2, 10, 11/1, 11/2, 12, 13/1, 13/2, 14/1, 14/2, 15, 16/1, 16/2, 17/1, 17/2, 18/1, 18/2, 18а, 19/1, 19/2, 20/1, 20/2, 21, 22/1, 22/2, 23, 24, 25, 26, 27, 28, 30;</w:t>
+      М. Кошелев көшесі № 2/1, 2/2, 3/1, 3/2, 4/1, 4/2, 5/1, 5/2, 6, 7/1, 7/2, 8, 9/1, 9/2, 10, 11/1, 11/2, 12, 13/1, 13/2, 14/1, 14/2, 15, 16/1, 16/2, 17/1, 17/2, 18/1, 18/2, 18а, 19/1, 19/2, 20/1, 20/2, 21, 22/1, 22/2, 23, 24, 25, 26, 27, 28, 30;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иса және Ескендір Көпжасаровтар көшесі № 39, 43, 44, 45, 46, 47/1, 47/2, 48, 49, 50, 51/1, 51/2, 51/3, 52, 53/1, 53/2, 54, 55/1, 55/2, 56, 57/1, 57/2, 58/1, 58/2, 59, 60/1, 60/2, 61, 62/1, 62/2, 63/1, 63/2, 64, 66, 68/1, 68/2, 69, 70, 71, 73, 75/1, 75/2, 78, 80, 81, 82, 84, 86, 88/1, 88/2, 89, 90, 92, 94;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Н.Есибулатов тұйық көшесі № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14/1, 14/2, 15/1, 15/2, 16/1, 16/2, 17/1, 17/2, 18/1, 18/2, 19/1, 19/2, 20/1, 20/2, 20/3, 22/1, 22/2, 23, 24, 25, 26, 27/1, 27/2, 28, 30/1, 30/2, 32/1, 32/2, 34/1, 34/2;</w:t>
-[...17 lines deleted...]
-      М.Пятковский тұйық көшесі № 1, 2, 3, 5/1, 5/2, 6, 8, 10/1, 10/2, 12, 14, 16.</w:t>
+      Н. Есибулатов тұйық көшесі № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14/1, 14/2, 15/1, 15/2, 16/1, 16/2, 17/1, 17/2, 18/1, 18/2, 19/1, 19/2, 20/1, 20/2, 20/3, 22/1, 22/2, 23, 24, 25, 26, 27/1, 27/2, 28, 30/1, 30/2, 32/1, 32/2, 34/1, 34/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      М. Пятковский тұйық көшесі № 1, 2, 3, 5/1, 5/2, 6, 8, 10/1, 10/2, 12, 14, 16.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 418 сайлау учаскесі </w:t>
-[...17 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Ақрап ауылдық округі, Ақрап ауылы, Хан ордасы көшесі № 35, "Қобда аудандық мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Қобда аудандық Мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорынының Ақрап ауылдық Мәдениет үйі ғимараты. </w:t>
+        <w:t xml:space="preserve"> № 418 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақрап ауылдық округі, Ақрап ауылы, Хан ордасы көшесі № 35, "Қобда аудандық мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Қобда аудандық Мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорынының Ақрап ауылдық Мәдениет үйі ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекарасы: Ақрап ауылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 419 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сайлау учаскесінің орналасқан жері: Бегалы ауылдық округі, Бесқұдық ауылы, Қазақстан көшесі № 82, "Қобда аудандық мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Қобда аудандық Мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорынының Бесқұдық ауылдық клубының ғимараты. </w:t>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Бегалы ауылдық округі, Бесқұдық ауылы, Қазақстан көшесі № 82, "Қобда аудандық мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Қобда аудандық Мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорынының Бесқұдық ауылдық клубының ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекарасы: Бесқұдық ауылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 420 сайлау учаскесі </w:t>
+        <w:t xml:space="preserve"> № 420 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің орналасқан жері: Бұлақ ауылдық округі, Әлия ауылы, Күләш Байсеитова көшесі № 40А, "Ақтөбе облысының мәдениет, архивтер және құжаттама басқармасы" мемлекеттік мекемесінің "Әлия" патриоттық тәрбие беру облыстық орталығы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2140,51 +2151,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекарасы: Талдысай ауылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 422 сайлау учаскесі </w:t>
+        <w:t xml:space="preserve"> № 422 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің орналасқан жері: Бұлақ ауылдық округі, Бұлақ ауылы, Әлия Молдағұлова көшесі № 5, "Қобда аудандық мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Қобда аудандық Мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорынының Бұлақ ауылдық клубының ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2209,52 +2220,52 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 423 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сайлау учаскесінің орналасқан жері: Бестау ауылдық округі, Бестау ауылы, Нұрлы жол көшесі № 15, "Қобда аудандық мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Қобда аудандық Мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорынының Бестау ауылдық клубының ғимараты. </w:t>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Бестау ауылдық округі, Бестау ауылы, Нұрлы жол көшесі № 15, "Қобда аудандық мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Қобда аудандық Мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорынының Бестау ауылдық клубының ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекарасы: Бестау ауылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -2262,103 +2273,103 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 424 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің орналасқан жері: И.Білтабанов атындағы ауылдық округі, И. Білтабанов ауылы, Нұр-Сұлтан көшесі № 40, "Қобда аудандық мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Қобда аудандық Мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорынының И. Білтабанов ауылдық клубының ғимараты.</w:t>
-[...17 lines deleted...]
-      Сайлау учаскесінің шекарасы: И.Білтабанов ауылы.</w:t>
+      Сайлау учаскесінің орналасқан жері: И. Білтабанов атындағы ауылдық округі, И. Білтабанов ауылы, Нұр-Сұлтан көшесі № 40, "Қобда аудандық мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Қобда аудандық Мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорынының И. Білтабанов ауылдық клубының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекарасы: И. Білтабанов ауылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 425 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сайлау учаскесінің орналасқан жері: И.Білтабанов атындағы ауылдық округі, Байтақ ауылы, Ынтымақ көшесі № 9, "Ақтөбе облысының денсаулық сақтау басқармасы" мемлекеттік мекемесінің шаруашылық жүргізу құқығындағы "Қобда аудандық ауруханасы" мемлекеттік коммуналдық кәсіпорнының Ропповка медициналық пунктінің ғимараты. </w:t>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: И.Білтабанов атындағы ауылдық округі, Байтақ ауылы, Ынтымақ көшесі № 9, "Ақтөбе облысының денсаулық сақтау басқармасы" мемлекеттік мекемесінің шаруашылық жүргізу құқығындағы "Қобда аудандық ауруханасы" мемлекеттік коммуналдық кәсіпорнының Ропповка медициналық пунктінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекарасы: Байтақ ауылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -2366,51 +2377,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 426 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің орналасқан жері: И.Білтабанов атындағы ауылдық округі, Қосөткел ауылы, Қасым хан көшесі, № 30, "Ақтөбе облысының білім басқармасы Қобда ауданының білім бөлімі" мемлекеттік мекемесінің "Қосөткел негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      Сайлау учаскесінің орналасқан жері: И. Білтабанов атындағы ауылдық округі, Қосөткел ауылы, Қасым хан көшесі, № 30, "Ақтөбе облысының білім басқармасы Қобда ауданының білім бөлімі" мемлекеттік мекемесінің "Қосөткел негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекарасы: Қосөткел ауылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -2504,975 +2515,819 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекарасы: Ақсай ауылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 430 сайлау учаскесі</w:t>
+        <w:t xml:space="preserve"> № 430 сайлау учаскесі </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің орналасқан жері: Жарық ауылдық округі, Жарық ауылы, Тәуке хан көшесі № 7, "Қобда аудандық мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Қобда аудандық Мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорынының Жарық ауылдық клубының ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің шекаралары: Жарық ауылы, Жаманкөл ауылы.</w:t>
+      Сайлау учаскесінің шекаралары: Жарық ауылы, Жаманкөл ауылы, Ортақ ауылы, Қанай ауылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 431 сайлау учаскесі </w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің шекарасы: Ортақ ауылы.</w:t>
+        <w:t xml:space="preserve"> № 433 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Терісаққан ауылдық округі, Жаңаталап ауылы, Иван Пятковский көшесі № 55, "Ақтөбе облысының білім басқармасы Қобда ауданының білім бөлімі" мемлекеттік мекемесінің "Жаңаталап негізгі мектеп-бөбекжайы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекарасы: Жаңаталап ауылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 432 сайлау учаскесі </w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің шекарасы: Қанай ауылы.</w:t>
+        <w:t xml:space="preserve"> № 434 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Жиренқопа ауылдық округі, Жиренқопа ауылы, Ардагер тұйығы № 12, "Қобда аудандық мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Қобда аудандық Мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорынының Жиренқопа ауылдық клубының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекарасы: Жиренқопа ауылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 433 сайлау учаскесі</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің шекарасы: Жаңаталап ауылы.</w:t>
+        <w:t xml:space="preserve"> № 435 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қобда ауылдық округі, Құрсай ауылы, Әлия Молдағұлова көшесі № 39, "Ақтөбе облысының білім басқармасы Қобда ауданының білім бөлімі" мемлекеттік мекемесінің "Құрсай бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары Құрсай ауылы Астана көшесі № 11, 1А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егемен тұйық көшесі № 10, 11, 12, 64;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жастар тұйық көшесі № 99;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Желтоқсан тұйық көшесі № 1, 10, 13, 15, 17А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеңіс тұйық көшесі № 5, 6, 10, 10А, 45;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алпамыс батыр көшесі № 4, 4Б, 10, 12б, 13, 15, 20, 24, 27, 28, 34, 47, 49, 58, 88, 91, 94, 158;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазыбек би көшесі № 1, 1Б, 2, 2Б, 8, 15, 17, 22, 23, 24, 25, 36, 37, 38, 53, 55, 72.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 434 сайлау учаскесі</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің шекарасы: Жиренқопа ауылы.</w:t>
+        <w:t xml:space="preserve"> № 436 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қызылжар ауылдық округі, Қызылжар ауылы, Әлкей Марғұлан көшесі № 1, "Қобда аудандық мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Қобда аудандық Мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорынының Қызылжар ауылдық клубының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекарасы: Қызылжар ауылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 435 сайлау учаскесі</w:t>
-[...143 lines deleted...]
-      Қазыбек би көшесі № 1, 1Б, 2, 2Б, 8, 15, 17, 22, 23, 24, 25, 36, 37, 38, 53, 55, 72.</w:t>
+        <w:t xml:space="preserve"> № 437 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қызылжар ауылдық округі, Қаракемер ауылы, Тәуелсіздік көшесі № 41, "Ақтөбе облысының білім басқармасы Қобда ауданының білім бөлімі" мемлекеттік мекемесінің "Қаракемер негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекарасы: Қаракемер ауылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 436 сайлау учаскесі</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің шекарасы: Қызылжар ауылы. </w:t>
+        <w:t xml:space="preserve"> № 438 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Сарбұлақ ауылдық округі, Сарбұлақ ауылы, Жәңгір хан көшесі № 38, "Қобда аудандық мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Қобда аудандық Мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорынының Сарбұлақ ауылдық клубының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекарасы: Сарбұлақ ауылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 437 сайлау учаскесі</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің шекарасы: Қаракемер ауылы. </w:t>
+        <w:t xml:space="preserve"> № 439 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Сөгәлі ауылдық округі, Көк үй ауылы, Сейфуллин көшесі № 13, "Ақтөбе облысының денсаулық сақтау басқармасы" мемлекеттік мекемесінің шаруашылық жүргізу құқығындағы "Қобда аудандық ауруханасы" мемлекеттік коммуналдық кәсіпорнының "Көк үй ауылдық медициналық пунктінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекарасы: Көк үй ауылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 438 сайлау учаскесі</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің шекарасы: Сарбұлақ ауылы.</w:t>
+        <w:t xml:space="preserve"> № 441 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Сөгәлі ауылдық округі, Қоғалы ауылы, Қобыланды батыр көшесі № 15, "Ақтөбе облысының білім басқармасы Қобда ауданының білім бөлімі" мемлекеттік мекемесінің "Қобыланды негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Қоғалы ауылы, Сөгәлі ауылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 439 сайлау учаскесі</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің шекарасы: Көк үй ауылы.</w:t>
+        <w:t xml:space="preserve"> № 442 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Терісаққан ауылдық округі, Терісаққан ауылы, Ж. Нәжімеденов көшесі № 31, "Ақтөбе облысының білім басқармасы Қобда ауданының білім бөлімі" мемлекеттік мекемесінің "Терісаққан орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекарасы: Терісаққан ауылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 441 сайлау учаскесі </w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің шекаралары: Қоғалы ауылы, Сөгәлі ауылы.</w:t>
+        <w:t xml:space="preserve"> № 443 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: И. Құрманов атындағы ауылдық округі, Егіндібұлақ ауылы, Киелі бұлақ көшесі № 60, "Қобда аудандық мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Қобда аудандық Мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорынының "Аудандық Жастар үйі" ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекарасы: Егіндібұлақ ауылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 442 сайлау учаскесі</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің шекарасы: Терісаққан ауылы.</w:t>
+        <w:t xml:space="preserve"> № 444 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: И. Құрманов атындағы ауылдық округі, Бегалы ауылы, Абай Құнанбаев көшесі № 1, "Ақтөбе облысының білім басқармасы Қобда ауданының білім бөлімі" мемлекеттік мекемесінің "Бегалы негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекарасы: Бегалы ауылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 443 сайлау учаскесі </w:t>
-[...191 lines deleted...]
-      Сайлау учаскесінің шекарасы: Жарсай-2 ауылы.</w:t>
+        <w:t xml:space="preserve"> № 445 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Өтек ауылдық округі, Өтек ауылы, Спандияр Көбеев көшесі № 51, "Ақтөбе облысының білім басқармасы Қобда ауданының білім бөлімі" мемлекеттік мекемесінің "Өтек негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекарасы: Өтек ауылы, Жарсай-2 ауылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -3854,31 +3709,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>