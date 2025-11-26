--- v0 (2025-10-06)
+++ v1 (2025-11-26)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e7acd40" w14:textId="e7acd40">
+    <w:p w14:paraId="ffb9723" w14:textId="ffb9723">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы әкімдігінің 2017 жылғы 4 қыркүйектегі № 303 "Ақтөбе облысының спортшыларына ай сайын ақшалай үлес төлеу туралы" қаулысына өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ақтөбе облысы әкімдігінің 2018 жылғы 12 наурыздағы № 119 қаулысы. Ақтөбе облысының Әділет департаментінде 2018 жылғы 27 наурызда № 5902 болып тіркелді</w:t>
+        <w:t>Ақтөбе облысы әкімдігінің 2018 жылғы 12 наурыздағы № 119 қаулысы. Ақтөбе облысының Әділет департаментінде 2018 жылғы 27 наурызда № 5902 болып тіркелді. Күші жойылды - Ақтөбе облысы әкімдігінің 2025 жылғы 22 қазандағы № 225 қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z2" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - Ақтөбе облысы әкімдігінің 22.10.2025 № 225 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының 2001 жылғы 23 қаңтардағы "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -364,62 +442,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы қаулы оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -427,51 +506,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Ақтөбе облысының әкімі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -617,396 +696,397 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Спорт түрлері бойынша Қазақстан Республикасы құрама командаларының (спорт түрлері бойынша ұлттық құрама командалардың) құрамына кіретін Ақтөбе облысының спортшыларына, олардың жаттықтырушыларына, сондай-ақ спорттың ойналатын түрлері бойынша Қазақстан Республикасы құрама командаларының (ұлттық құрама командалардың) құрамында ойнайтын спортшыларға, олардың жаттықтырушыларына және клубтық командалардың жетекшілеріне төленетін ай сайын ақшалай үлес</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1139"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4133"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үлес көлемі айлық есептік көрсеткіш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Олимпиада және паралимпиада ойындары (жазғы, қысқы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1030,87 +1110,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1146,87 +1226,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1262,87 +1342,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1378,87 +1458,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1494,87 +1574,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1584,382 +1664,382 @@
               <w:t xml:space="preserve">
 60 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Олимпиада ойындарында үміткер спортшылар (ҚР ұлттық штаттық командасына енген)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Олимпиада ойындарына қатысу үшін лицензия </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 120 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлемдер Олимпиада ойындары басталғанға дейін ай сайынғы төлеммен жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сурдлимпиада ойындары (жазғы, қысқы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 100 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1983,87 +2063,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2099,87 +2179,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2215,87 +2295,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2331,87 +2411,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2447,87 +2527,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2537,197 +2617,197 @@
               <w:t xml:space="preserve">
 30 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жабық ғимараттардағы Азия ойындарын қоспағанда Азия, паралимпиада, сурдлимпиада ойындары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 120 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2751,87 +2831,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2867,87 +2947,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2957,197 +3037,197 @@
               <w:t xml:space="preserve">
 100 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Спорттың олимпиадалық, паралимпиадалық, сурдлимпиадалық түрлері бойынша Әлем чемпионаты (жазғы, қысқы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 150 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -3171,87 +3251,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3287,87 +3367,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3377,197 +3457,197 @@
               <w:t xml:space="preserve">
 110 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Спорттың олимпиадалық, паралимпиадалық, сурдлимпиадалық түрлері бойынша Азия чемпионаты, Дүниежүзілік Универсиада (жазғы, қысқы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 100 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -3591,87 +3671,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3707,87 +3787,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3797,197 +3877,197 @@
               <w:t xml:space="preserve">
 80 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Спорттың олимпиадалық түрлері бойынша жастар мен юниорлар арасындағы Әлем чемпионаты, Олимпиадалық жасөспірімдер ойындары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 60 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4011,87 +4091,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4127,87 +4207,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4217,197 +4297,197 @@
               <w:t xml:space="preserve">
 40 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Спорттың олимпиадалық түрлері бойынша жастар мен юниорлар арасындағы Азия чемпионаты, Азия балалары, жасөспірімдер мен кадеттер арасындағы Әлем чемпионаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 40 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4431,87 +4511,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4547,87 +4627,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4637,197 +4717,197 @@
               <w:t xml:space="preserve">
 30 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Спорттың олимпиадалық түрлері бойынша жасөспірімдер мен кадеттер арасындағы Азия чемпионаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 35 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4851,87 +4931,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4967,87 +5047,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5057,197 +5137,197 @@
               <w:t xml:space="preserve">
 25 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Спорттың олимпиадалық түрлері бойынша ересектер арасындағы Қазақстан Республикасының чемпионаты мен Қазақстан Республикасының Спартакиадасы (жазғы, қысқы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 60 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -5271,87 +5351,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5387,87 +5467,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5477,161 +5557,161 @@
               <w:t xml:space="preserve">
 40 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Спорттың олимпиадалық түрлері бойынша жастар мен юниорлар арасындағы Жастар ойындары мен Қазақстан Республикасының чемпионаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5667,87 +5747,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5783,87 +5863,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5873,159 +5953,159 @@
               <w:t xml:space="preserve">
 25 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Спорттың олимпиадалық түрлері бойынша жасөспірімдер мен кадеттер арасындағы Қазақстан Республикасының чемпионаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6035,161 +6115,161 @@
               <w:t xml:space="preserve">
 15 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының Паралимпиялық ойындары, тірек-қимыл аппаратының, естумен, көруіңіз зақымдануымен мүгедек-спортшылар ересектер арасындағы Қазақстан Республикасының чемпионаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6225,87 +6305,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6341,87 +6421,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6431,197 +6511,197 @@
               <w:t xml:space="preserve">
 15 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұлттық спорт түрлері бойынша ересектер арасындағы Қазақстан Республикасының чемпионаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 40 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -6645,87 +6725,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6761,87 +6841,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6851,197 +6931,197 @@
               <w:t xml:space="preserve">
 30 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ұлттық спорт түрлері бойынша ересектер арасында Азия чемпионаты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 50 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -7065,87 +7145,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7181,87 +7261,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7271,197 +7351,197 @@
               <w:t xml:space="preserve">
 30 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ұлттық спорт түрлері бойынша ересектер арасында Әлем чемпионаты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 60 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -7485,87 +7565,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7601,87 +7681,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7691,382 +7771,382 @@
               <w:t xml:space="preserve">
 40 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ұлттық спорт түрлері бойынша жастар мен юниорлар арасында Қазақстан Республикасының чемпионаты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 35 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлемдер келесі Қазақстан Республикасының чемпионатына дейін жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Олимпиадалық емес спорт түрлері бойынша ересектер арасындағы Әлем чемпионаты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 45 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -8090,87 +8170,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8206,87 +8286,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8296,161 +8376,161 @@
               <w:t xml:space="preserve">
 20 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Олимпиадалық емес спорт түрлері бойынша ересектер арасындағы Азия чемпионаты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8486,87 +8566,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8602,87 +8682,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8716,396 +8796,397 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Олимпиадалық спорт түрлері бойынша Қазақстан Республикасының құрама командаларының (спорт түрлері бойынша ұлттық құрама командалардың) құрамына кіретін Ақтөбе облысы спортшыларының жаттықтырушыларына ай сайынғы ақшалай үлес</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="815"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жарыстардың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1718" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Үлес көлемі айлық есептік көрсеткіш </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ересектер арасындағы Олимпиада, Паралимпиада, Сурдлимпиада ойындары (жазғы, қысқы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1718" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 100 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -9129,87 +9210,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1718" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9245,87 +9326,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1718" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9335,197 +9416,197 @@
               <w:t xml:space="preserve">
 60 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ересектер арасындағы Әлем чемпионаты, Азия ойындары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1718" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 70 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -9549,87 +9630,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1718" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9665,87 +9746,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1718" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9755,161 +9836,161 @@
               <w:t xml:space="preserve">
 50 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="815" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ересектер арасындағы Паралимпиада ойындары, Дүниежүзілік универсиада, Азия чемпионаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1718" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9945,87 +10026,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1718" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10061,87 +10142,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1718" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10208,55 +10289,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -10586,35 +10689,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>