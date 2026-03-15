--- v0 (2025-11-15)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3110356" w14:textId="3110356">
+    <w:p w14:paraId="2e94ac5" w14:textId="2e94ac5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -111,95 +111,187 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 28 желтоқсандағы № 318 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 14 қаңтарда № 18180 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...40 lines deleted...]
-        <w:t>" 2010 жылғы 19 наурыздағы Қазақстан Республикасының заңдарына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
+        <w:t xml:space="preserve">
+      "Бағалы қағаздар рыногы туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағының 22-3) тармақшасына және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>49-1-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігіне, "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Орталық депозитарийге арналған тәуекелдерді басқару және ішкі бақылау жүйесін қалыптастыру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -735,74 +827,176 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Орталық депозитарийге арналған тәуекелдерді басқару және ішкі бақылау жүйесін қалыптастыру қағидалары (бұдан әрі - Қағидалар) "Бағалы қағаздар рыногы туралы" 2003 жылғы 2 шілдедегі Қазақстан Республикасының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және орталық депозитарийге арналған тәуекелдерді басқару және ішкі бақылау жүйесін қалыптастыру тәртібін белгілейді.</w:t>
+      1. Осы Орталық депозитарийге арналған тәуекелдерді басқару және ішкі бақылау жүйесін қалыптастыру қағидалары (бұдан әрі – Қағидалар) "Бағалы қағаздар рыногы туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағының 22-3) тармақшасына және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>49-1-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігіне, "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармақшасына сәйкес әзірленді және орталық депозитарий үшін тәуекелдерді басқару және ішкі бақылау жүйесін қалыптастыру тәртібін белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Орталық депозитарийдің директорлар кеңесі орталық депозитарийге арналған тәуекелдерді басқару және ішкі бақылау жүйесінің Қағидаларға сәйкес келуін қамтамасыз етеді және орталық депозитарийдің органдарының, бөлімшелерінің және қызметкерлерінің оларға тәуекелдерді басқару және ішкі бақылауды жүзеге асыру саласындағы міндеттерін орындау үшін жағдай жасайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2736,51 +2930,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) орталық депозитарийдің есепке алу жүйесін және тізілімдерін қоса алғанда, бағдарламалық-техникалық қамтамасыз етілуінің және өзге ақпараттық және коммуникациялық жүйелерінің жұмыс істеу сенімділігін тексеру; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстауға) және терроризмді қаржыландыруға қарсы іс-қимылға бағытталған рәсімдердің тиімділігін тексеру;</w:t>
+      9) қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстауға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимылға бағытталған рәсімдердің тиімділігін тексеру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) орталық депозитарийдегі мүдделердің орын алған және әлеуетті қақтығысын басқаруға бағытталған рәсімдердің тиімділігін тексеру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2800,71 +2994,91 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 17-тармаққа өзгеріс енгізілді – ҚР Ұлттық Банкі Басқармасының 10.09.2019 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 17-тармаққа өзгерістер енгізілді – ҚР Ұлттық Банкі Басқармасының 10.09.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 151</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3227,52 +3441,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) дерекқорлардың тұтастығын бақылауды және оларды заңсыз пайдаланудан қорғауды, күтпеген жағдайларда іс-қимыл жоспарының болуын қоса алғанда, есепке алу жүйелері мен тізілімдерінің және өзге де ақпараттық және коммуникациялық жүйелердің жұмыс істеу тиімділігін тексеру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      4) қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл мақсатында ішкі бақылаудың тиімділігін бағалау; </w:t>
+        <w:t>
+      4) қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл мақсатында ішкі бақылаудың тиімділігін бағалау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) қаржылық есептіліктің дәйектілігін, толықтығын, объективтілігін, бухгалтерлік есептегі операциялардың уақтылы көрсетілуін, сондай-ақ ақпарат пен есептілікті жинау мен ұсынудың сенімділігін әрі уақтылығын тексеру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3337,50 +3551,112 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) орталық депозитарийдің қызметкерлерді басқару қызметінің жұмысын бағалау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) орталық депозитарийдің ішкі құжаттарында ішкі аудит қызметінің құзыреті шегіндегі мәселелер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 25-тармаққа өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Ішкі аудитті жүргізу кезінде міндетті түрде пайдаланылатын бағалау жүйесі орталық депозитарийдің ішкі әдістемесінде айқындалады және ішкі бақылау және тәуекелдерді басқару жүйелерінің тиімді жұмыс істеуін бағалаудың мынадай нұсқаларынан тұрады: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -10735,163 +11011,371 @@
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Орталық депозитарийге</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>арналған тәуекелдерді басқару</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және ішкі бақылау жүйесін</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қалыптастыру қағидаларына</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z117" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тәуекелдерді басқару және ішкі бақылау жүйесінің ішкі құжаттарына қойылатын талаптар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 5-қосымша жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 14.02.2022 </w:t>
+      Ескерту. 5-қосымша жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 5</w:t>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z479" w:id="88"/>
+    <w:bookmarkStart w:name="z515" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Орталық депозитарийдің тәуекелдерді басқару жүйесі мына ішкі құжаттардың болуын көздейді, бірақ олармен шектелмейді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -10936,51 +11420,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ішкі бақылау мен ішкі аудитті жүзеге асыру рәсімдері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстауға) және терроризмді қаржыландыруға қарсы іс қимылға бағытталған рәсімдерді;</w:t>
+      4) қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл бағытталған рәсімдерді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) орталық депозитарийде орын алған және әлеуетті мүдде қайшылықтарын басқару рәсімі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -11191,113 +11675,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) басқарушылық ақпарат жүйесінің жұмыс істеу тәртібі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) орталық депозитарийдің директорлар кеңесі белгілеген өзге құжаттар.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...61 lines deleted...]
-    <w:bookmarkStart w:name="z480" w:id="89"/>
+    <w:bookmarkStart w:name="z516" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Орталық депозитарийдің тәуекелдерді басқару жөніндегі саясаты мыналарды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -11471,51 +11893,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тәуекелдер көрсеткіштерінің мәндері және тәуекелдер көрсеткіштерінің барынша рұқсат етілген мәндері өзгеруінің мониторингін қамтитын, тәуекелдерді басқару бөлімшесі жүргізетін тәуекелдердің, сондай-ақ тәуекелдер көрсеткіштерінің мәндері тәуекелдер көрсеткіштерінің барынша рұқсат етілген мәндеріне сәйкес келмеген жағдайда, тәуекелдерді барынша төмендету мақсатында қолданылатын шаралардың мониторингін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тәуекелдерді басқару бөлімшесінің орталық депозитарийдің беделіне зиян келтіретін және (немесе) құқықтық тәуекеліне ықпал ететін кез келген маңызды жағдайлар туралы есептілікті директорлар кеңесіне дереу ұсыну тетігін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z481" w:id="90"/>
+    <w:bookmarkStart w:name="z517" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Орталық депозитарийдің меншікті активтерін инвестициялау тәртібі меншікті активтер есебінен қаржы құралдарымен мәмілелерді жүзеге асырудың талаптары мен тәртібін, меншікті активтер есебінен қаржы құралдарымен мәмілелерді жүзеге асыру процесінде қолданылатын құжаттардың үлгі нысандарын белгілейді және мыналар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -11797,51 +12219,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) орталық депозитарий Басқармасының уәкілетті орган алдында меншікті активтер есебінен жасалған қаржы құралдарымен операциялар бойынша қызметтің нәтижелері туралы есептілікті дайындауы бойынша рәсімдердің сипаттамасын қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орталық депозитарийдің меншікті активтерін инвестициялау тәртібі сондай-ақ, орталық депозитарийдің меншікті активтерін инвестициялық портфельді басқаруды жүзеге асыратын ұйымның басқаруына берген жағдайда, инвестициялық портфельді басқару жөніндегі тиісті шартта осы тармақтың 3) тармақшасында көрсетілген орталық депозитарийдің меншікті активтерін инвестициялау лимиттері көзделетіні жөніндегі талапты белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z482" w:id="91"/>
+    <w:bookmarkStart w:name="z518" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Меншікті активтерді инвестициялау саясаты мыналарды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -11925,91 +12347,91 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) хеджирлеу құралдарының тізбесін және сипаттамасын көрсете отырып, меншікті активтерді хеджирлеу және әртараптандыру талаптары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) меншікті активтерді инвестициялаумен байланысты тәуекелдерді айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z483" w:id="92"/>
+    <w:bookmarkStart w:name="z519" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Орталық депозитарийдің директорлар кеңесі орталық депозитарийдің меншікті активтерін инвестициялау саясатын және оған енгізілетін барлық өзгерістер мен толықтыруларды бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z484" w:id="93"/>
+    <w:bookmarkStart w:name="z520" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Орталық депозитарийдің директорлар кеңесі ішкі бақылаудың барабар жүйесінің болуын, ішкі аудит қызметін құруды қамтамасыз етеді және орталық депозитарийдің қызметкерлері ішкі бақылау саласында өз міндеттерін, ішкі аудит қызметі ішкі аудит саласындағы өз міндеттерін орындау үшін жағдайлар жасайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z485" w:id="94"/>
+    <w:bookmarkStart w:name="z521" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Ішкі бақылау мен ішкі аудитті жүзеге асыру рәсімдерінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -12111,107 +12533,127 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ішкі аудитті жүргізу жоспарын жасауға қойылатын талаптар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) ішкі аудит қызметінің тексеру нәтижелері туралы есептерді орталық депозитарийдің директорлар кеңесіне ұсыну мерзімдері мен нысаны айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z486" w:id="95"/>
-[...15 lines deleted...]
-      8. Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимылдарға бағытталған рәсімдерде:</w:t>
+    <w:bookmarkStart w:name="z522" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимылдарда бағытталған рәсімдерде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...21 lines deleted...]
-    <w:bookmarkStart w:name="z487" w:id="96"/>
+        <w:t xml:space="preserve">
+      1) "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – КЖ/ТҚ/ЖҚҚТҚҚІ туралы заң) сәйкес клиенттерді сәйкестендіру және олардың операцияларын мониторингтеу тәртібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңға сәйкес қаржылық мониторингті жүзеге асыратын және Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл бойынша өзге шараларды қабылдайтын мемлекеттік органға қаржылық мониторингке жататын операциялар туралы, оның ішінде күдікті операциялар туралы мәліметтер мен ақпаратты беру айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z523" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Орталық депозитарий қызметін жүзеге асыру барысында оның органдары мен (немесе) бөлімшелері арасында туындайтын орталық депозитарийде орын алған және әлеуетті мүдделер қақтығысын басқару рәсімдері мыналарды айқындайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -12313,51 +12755,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) орталық депозитарийдің бөлімшелері арасында, орталық депозитарийдің органдары мен бөлімшелері арасында, орталық депозитарийдің органдары арасында орын алған және әлеуетті мүдделер қақтығысын сипаттау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) орын алған мүдделер қақтығысын реттеу, сондай-ақ мүдделер қақтығысын реттеуге бағытталған алдын алу шараларын қабылдау мақсатында іс-шаралар жүргізу тәртібі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z488" w:id="97"/>
+    <w:bookmarkStart w:name="z524" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Орталық депозитарийдің қызметін жүзеге асыру барысында органдар мен (немесе) бөлімшелер арасында туындайтын орын алған және әлеуетті мүдделер қайшылығын басқару мақсатында орталық депозитарий мынадай шаралар қабылдайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -12387,51 +12829,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) орын алған және әлеуетті мүдделер қайшылығын ескере отырып орталық депозитарийдің бөлімшелері мен органдары арасында ақпаратпен алмасу тәртібі әзірленуде және енгізілуде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) орталық депозитарийдің директорлар кеңесі бекіткен жұмыс жоспарына сәйкес ішкі аудит қызметі орталық депозитарийдің бөлімшелерінің қызметін және қызметкерлердің орталық депозитарий қабылдаған орталық депозитарийде орын алған және әлеуетті мүдделер қайшылығын басқару рәсімдеріне сәйкестігін үнемі тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z489" w:id="98"/>
+    <w:bookmarkStart w:name="z525" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Конфиденциалды ақпаратты құрайтын мәліметтерді орталық депозитарийдің, оның қызметкерлерінің немесе үшінші тұлғалардың жеке мүдделері үшін пайдаланудың алдын алуға бағытталған олардың сақталуын қамтамасыз ету рәсімдеріне мына шаралар кіреді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -12511,55 +12953,75 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) орталық депозитарий қызметкерлерінің үшінші тұлғаларға инсайдерлік және өзге де конфиденциалды ақпаратқа негізделген қаржы құралдарымен мәмілелер жасау туралы үшінші тұлғаларға ұсыныстар беру мүмкіндігін шектеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z490" w:id="99"/>
+        <w:t xml:space="preserve">
+      6) "Бағалы қағаздар рыногы туралы" Қазақстан Республикасы заңының (бұдан әрі – Бағалы қағаздар нарығы туралы заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>56-1-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген шараларды орталық депозитарийдің инсайдерлік ақпараттық басқаруды және пайдалануды бақылау бөлігінде жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z526" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қаржы құралдарымен мәмілелер бойынша клирингті жүзеге асыру рәсімдері мыналарды айқындайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -12589,51 +13051,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) егер клиринг операцияларын автоматты түрде жүзеге асырған немесе орталық депозитарийде клиринг операцияларын автоматты түрде жүзеге асыру көзделмеген жағдайда клиринг операцияларының дұрыс жүзеге асырылуын және клиринг операцияларын жүзеге асыруға тікелей жауап беретін қызметкерлердің біліктілігін тұрақты түрде арттыруды басқарма тарапынан бақылауды қамтамасыз еткен жағдайда орталық депозитарийдің бағдарламалық-техникалық қамтамасыз етуіне есеп айырысуды жүргізу жүйесінде қателер және техникалық іркілістердің болуын мониторингтеу және тестілеу тәртібі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) клиринг операцияларын жүзеге асыру процесінде қателіктер туындаған кезде депоненттер мен орталық депозитарий арасындағы мәселелерді шешу тәртібі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z491" w:id="100"/>
+    <w:bookmarkStart w:name="z527" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Эмитенттердің және бағалы қағаздарды ұстаушылардың бағалы қағаздарды шығару, орналастыру және айналысқа шығару бойынша тәртібін реттейтін Қазақстан Республикасының Бағалы қағаздар нарығы туралы заңнамасы және орталық депозитарийдің ішкі құжаттарының талаптарына сәйкес келу мәнін мониторингтеу мен бақылау рәсімдері мыналарды айқындайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -12645,51 +13107,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) эмитенттердің және (немесе) бағалы қағаздарды ұстаушылардың ұсынатын бұйрықтарын Бағалы қағаздар нарығы туралы заңның 80-бабының 5-тармағына сәйкес уәкілетті органның бағалы қағаздарды ұстаушылардың тізілімін жүргізу бойынша қызметті жүзеге асыру тәртібін айқындайтын нормативтік құқықтық актісінде белгіленген жағдайларда оларды орындаудан бас тарту үшін негіздемелердің болуына тексеру жүргізу тәртібі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бағалы қағаздардың қайталама нарығында айналыста тұрған бағалы қағаздардың саны уәкілетті орган тіркеген бағалы қағаздардың санына сәйкес келуін бақылауды жүзеге асыру тәртібі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z492" w:id="101"/>
+    <w:bookmarkStart w:name="z528" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Орталық депозитарийдің ақпараттық саясаты мыналарды айқындайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -12719,51 +13181,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) орталық депозитарийдің беделіне әсер етуі ықтимал ақпаратқа тұрақты мониторинг бойынша талаптар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) орталық депозитарийдің беделіне зиян әкелетін ақпарат пайда болған және таратылған жағдайда қажетті шараларды уақтылы қабылдау бойынша талаптар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z493" w:id="102"/>
+    <w:bookmarkStart w:name="z529" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қауіпсіздік техникасы жөніндегі нұсқаулықта мыналар айқындалады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -12811,51 +13273,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) орталық депозитарий қызметкерлерінің бағдарламалық-техникалық кешендерін және өзге жабдықты пайдалану тәртібі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) орталық депозитарийдің үй-жайлары жабылу алдында қараудың жүйелілігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z494" w:id="103"/>
+    <w:bookmarkStart w:name="z530" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Ақпараттық қауіпсіздікті қамтамасыз ету жөніндегі құжаттама мыналарды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -13137,129 +13599,67 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) Интернетті және электрондық поштаны пайдалану кезінде ақпаратты қорғау тәртібін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) ақпараттық жүйелердің жаңартуларын басқару тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...77 lines deleted...]
-      17. клиенттердің, эмитенттердің және (немесе) бағалы қағаздарды ұстаушылардың бұйрықтарын уақтылы орындамауды және (немесе) орындамауды, сондай-ақ деректерді орталық депозитарийдің есепке алу жүйесіне қате енгізуді болдырмауға бағытталған рәсімдер мыналарды айқындайды:</w:t>
+    <w:bookmarkStart w:name="z531" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Клиенттердің, эмитенттердің және (немесе) бағалы қағаздарды ұстаушылардың бұйрықтарын уақтылы орындамауды және (немесе) орындамауды, сондай-ақ деректерді орталық депозитарийдің есепке алу жүйесіне қате енгізуді болдырмауға бағытталған рәсімдер мыналарды айқындайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) орталық депозитарийдің депоненттерінің, эмитенттерінің және (немесе) бағалы қағаздарды ұстаушыларының бұйрықтарын уақтылы орындамауды және (немесе) орындамауды болдырмауға бағытталған шаралар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -13327,51 +13727,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өңделген бұйрықтарды бастапқы құжаттармен салыстырып тексеру тәртібі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) операцияларды жасауға берілген бұйрықтың мәртебесі туралы клиенттерді, эмитенттерді және (немесе) бағалы қағаздарды ұстаушыларды хабардар ету тәртібі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z496" w:id="105"/>
+    <w:bookmarkStart w:name="z532" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Орталық депозитарийдің операциялық процестерін қолданыстағы бақылаудың тиімділігін оңтайландыру рәсімдері мыналарды айқындайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -14424,116 +14824,54 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әзірленген бағдарламалық қамтамасыз етуді енгізу кезіндегі қате;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бағдарламалық қамтамасыз етуді әзірлеу және (немесе) енгізу кезіндегі қате.</w:t>
-[...64 lines deleted...]
-    <w:bookmarkStart w:name="z497" w:id="106"/>
+       бағдарламалық қамтамасыз етуді әзірлеу және (немесе) енгізу кезіндегі қате.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z533" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Орталық депозитарийдің қызметін жүзеге асыру барысында жасау және ақпаратты жариялау рәсімі мыналарды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -14559,55 +14897,75 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) депоненттердің, депоненттер клиенттерінің, эмитенттердің және өзге де жеке және заңды тұлғалардың сұратулары негізінде оларға есепке алу және тізілімдер жүйесін құрайтын ақпаратты ұсыну рәсімін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z498" w:id="107"/>
+        <w:t xml:space="preserve">
+      3) Бағалы қағаздар нарығы туралы заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>43-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес орталық депозитарийді есепке алу жүйесін және жауапкершілігі шектеулі серіктестік қатысушыларының тізілімдері жүйесін құрайтын мәліметтерді алу құқығына ие мемлекеттік органдарға ақпарат ұсыну рәсімін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z534" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Орталық депозитарийдің резервтік техникалық орталығы бар және жедел іске қосу үшін оның тұрақты дайындығын қамтамасыз етеді. Резервтік техникалық орталық мынадай талаптарға сәйкес келеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -14691,51 +15049,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) орталық депозитарийдің қызметін жүзеге асыру үшін қажетті барлық коммуникациялармен қамтамасыз етіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) орталық депозитарийдің есепке алу және тізілімдер жүйесінің орналасқан орны бойынша штаттан тыс жағдай туындаған кезде келесі жұмыс күнінен кешіктірмей қызметті жүзеге асыру мүмкіндігін береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z499" w:id="108"/>
+    <w:bookmarkStart w:name="z535" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Бағалы қағаздарды ұстаушылардың тізілімі жүйесін құрайтын орталық депозитарийдің архив құжаттарын сақтау үшін пайдаланылатын үй-жайлар мынадай талаптарға сәйкес келеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -14837,51 +15195,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) архив сақтау орны күзет дабылымен жабдықталады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) архив сақтау орны стационарлық немесе жылжымалы металл стеллаждармен жабдықталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z500" w:id="109"/>
+    <w:bookmarkStart w:name="z536" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Басқару ақпарат жүйесінің жұмыс істеу тәртібі директорлар кеңесінің міндеттерін тиімді орындау мақсатында орталық депозитарий қызметінің барлық бағыттары бойынша толық, дәйекті және уақтылы ақпаратты директорлар кеңесіне тұрақты негізде беруін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -16768,55 +17126,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -17142,31 +17500,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>