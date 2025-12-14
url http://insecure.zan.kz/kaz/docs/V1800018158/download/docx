--- v0 (2025-10-13)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="691b6b5" w14:textId="691b6b5">
+    <w:p w14:paraId="4c0b5f1" w14:textId="4c0b5f1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,254 +102,178 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары – Қазақстан Республикасы Ауыл шаруашылығы министрінің 2018 жылғы 27 желтоқсандағы № 542 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 8 қаңтарда № 18158 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырыбы жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 291</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы" 2004 жылғы 9 шілдедегі Қазақстан Республикасы Заңының 9-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Мыналардың:</w:t>
+      1. Аңшылық шаруашылығын жүргізуге арналған шарттың үлгілік нысаны осы бұйрыққа қосымшаға сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p>
-[...112 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 16.09.2020 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 222</w:t>
+        <w:t>№ 291</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -821,68 +745,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ө. Шөкеев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1044,84 +950,68 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Үлгілік нысан </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аңшылық шаруашылығын жүргізуге арналған шарт</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Үлгілік нысан жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 02.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1382,88 +1272,88 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (аңшылық ісін пайдаланушы өкілінің аты, әкесінің аты (бар болса), тегі, лауазымы) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       екінші тараптан, төмендегiлер туралы осы шартты (бұдан әрі – шарт) жасасты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="6"/>
+    <w:bookmarkStart w:name="z87" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Шарттың нысанасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z88" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z88" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Уәкілетті орган ведомствосының аумақтық бөлімшесі </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ___________________________ облысы ___________ауданында, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1618,1320 +1508,1320 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       басқалары______ гектар болатын Пайдаланушыға бекiтiп берiлген </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аңшылық алқаптарда аңшылық шаруашылығын жүргiзу құқығын бередi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="8"/>
+    <w:bookmarkStart w:name="z89" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Тараптардың құқықтары мен мiндеттерi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z90" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z90" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Пайдаланушының: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z91" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z91" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының заңнамасында белгiленген тәртiппен жолдамалар беруге және олардың пайдалану мерзімін белгiлеуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z93" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z93" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жануарлар дүниесін пайдаланудың тек рұқсат берiлген түрлерін ғана жүзеге асыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z92" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z92" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) жануарлар дүниесi объектiлерiн оларды беру шарттарына сәйкес пайдалануға; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z94" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z94" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ауланған жануарлар дүниесi объектiлерiн, оның ішінде аңшылық олжаларын және бұл ретте алынған өнiмдi меншiктенуге, сондай-ақ оларды тасымалдауға және сатуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z95" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z95" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жануарлар дүниесін пайдалануға жеке және заңды тұлғалармен шарттар жасасуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z96" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z96" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) белгіленген сервитутқа сәйкес аңшылық шаруашылығының мұқтаждықтары үшін уақытша құрылысжайлар салуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z97" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z97" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Қазақстан Республикасының заңнамасында белгіленген нормалар мен қағидаларға сәйкес қорықшыларды қызметтік қарумен қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z98" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z98" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) аң-құс өсіруді жүзеге асыруға және аң-құс өсіруге (еріксіз және (немесе) жартылай ерікті жағдайларда) арналған аумақта әуесқойлық (спорттық) аң аулауды жүргізуге, сондай-ақ аң-құс өсіру нәтижесінде өсімі молайған жануарларды өз бетінше пайдалануға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z100" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z100" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Пайдаланушы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z99" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z99" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы Қазақстан Республикасы заңнамасының талаптарын сақтауға; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z101" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z101" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының салық заңнамасында белгiленген тәртiппен рұқсат алынған жер бойынша жануарлар дүниесiн пайдаланғаны үшiн төлемақыны дер кезiнде төлеуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z102" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z102" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) жануарлар мекендейтiн ортаның нашарлауына жол бермеуге; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z103" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z103" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өрт қауіпсіздігі талаптарын сақтауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z104" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z104" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) жануарлар дүниесін табиғи қауымдастықтар тұтастығының бұзылуына және жануарларға қатыгез қарауға жол бермейтiн халық пен қоршаған орта үшiн қауiпсiз тәсiлдермен пайдалануға; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z105" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z105" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) пайдаланылатын жануарлар дүниесi объектiлерi санының жыл сайынғы есебін жүргізіп, Қазақстан Республикасының заңнамасында белгіленген тәртіппен есеп беріп тұруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z106" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z106" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) жануарлар дүниесi объектiлерiн, оның iшiнде сирек кездесетiн және құрып кету қаупі төнгендерiн қорғау мен өсiмiн молайтуды қамтамасыз етуге және олардың санының азайып кетуіне жол бермеуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z107" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z107" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) аңшылық шаруашылығының ішкі регламентін бекітуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z108" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z108" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) жеке тұлғаларға олардың жазбаша және ауызша өтініштері бойынша әуесқойлық (спорттық) аң аулауды жүргізуге жолдама беруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z109" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z109" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) шаруашылық ішіндегі аңшылық ісін ұйымдастыруға сәйкес жануарлар дүниесi объектiлерiнің өсімін молайтуды қамтамасыз ететiн қажеттi iс-шаралар жүргiзуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z110" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z110" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) аншлагтар орнатуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z111" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z111" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) ______ адам мөлшерінде қорықшылық қызметiн құруға; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z112" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z112" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) ветеринариялық iс-шаралардың өткiзiлуiн қамтамасыз етуге; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z113" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z113" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) 20 __жылғы "___" ______ дейін шаруашылық ішіндегі аңшылық ісін ұйымдастыруға және оның орындалуын қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z114" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z114" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15) аңшылық алқаптарды бекiтiп беруге арналған конкурсқа қатысу кезінде Пайдаланушы мәлiмдеген мiндеттемелердi орындауға; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z115" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z115" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) осы шарттың талаптарын орындауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z116" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z116" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17) жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы Қазақстан Республикасы заңнамасы талаптарының сақталуын мемлекеттiк бақылау және қадағалау мақсатында тексерістерді жүзеге асыруға кедергi жасамауға; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z117" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z117" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) уәкілетті орган белгілеген тәртіппен және мерзімдерде ведомствоның аумақтық бөлімшесіне жеке және заңды тұлғалармен жануарлар дүниесін пайдалануға жасалған шарттар туралы, оның ішінде оларды бұзу туралы ақпарат жіберуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z118" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z118" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) қорықшыларды көлік, байланыс құралдарымен, айырым белгілері бар арнайы киіммен, қорықшының төсбелгісімен, қорықшының куәлігімен қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z119" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z119" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) табиғатты қорғау және жануарлар дүниесін пайдалану саласында мәдени-ағарту жұмыстарын жүргізуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z120" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z120" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) зоологиялық коллекцияның жасалғаны туралы уәкілетті органның ведомствосын хабардар етуге міндетті. Уәкілетті органның ведомствосына хабарламалар беру қызметтің жүзеге асырылуы басталғанға дейін кемінде он жұмыс күні бұрын жүзеге асырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z121" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z121" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) бекiтiп берiлген аңшылық алқаптарда жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану жөніндегі іс-шараларды аңшылық шаруашылығы субъектілері есебінен қаржыландыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z122" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z122" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) бекiтiп берiлген аңшылық алқаптарда жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану бойынша өндірістік бақылауды қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z123" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z123" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) жеке тұлғаларға әуесқойлық (спорттық) аң аулауды жүзеге асыру үшін сервитут беруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z124" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z124" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25) қоршаған ортаға эмиссияларды жүзеге асырғанда Қазақстан Республикасының Экологиялық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес экологиялық рұқсат алуға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z125" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z125" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Уәкілетті орган ведомствосының аумақтық бөлімшесі Қазақстан Республикасының заңнамасымен белгіленген құзырет шегінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z126" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z126" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) аңшылық шаруашылығын жүргізу шартының талаптары жүйелі түрде бұзылғанда; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z127" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z127" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы Қазақстан Республикасы заңнамасының талаптары жүйелі түрде бұзылғанда шартты бір жақты тәртіппен бұзуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z128" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z128" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Тараптардың жауапкершiлiгi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z129" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z129" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Пайдаланушы осы шарт бойынша міндеттемелерін ешкімге толықтай да, ішінара да бермеуі тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z130" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z130" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Уәкілетті орган ведомствосының аумақтық бөлімшесі Қазақстан Республикасының заңнамасымен белгіленген тәртіппен жануарлар дүниесін пайдалануға рұқсат береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z131" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z131" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Пайдаланушы осы шарт бойынша міндеттемелерін орындамаған жағдайда, Қазақстан Республикасының заңнамасына сәйкес оған ықпал ету шаралары қолданылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z132" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z132" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Пайдаланушының құқықтары бұзылған жағдайда, Уәкілетті орган ведомствосының аумақтық бөлімшесі Қазақстан Республикасының заңнамасына сәйкес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z133" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z133" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Еңсерілмейтін күштің мән-жайлары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z134" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z134" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Егер шарттың қандай да бір міндеттемелерін орындамау немесе тиісінше орындамау еңсерілмейтін күштің мән-жайларынан туындаса, Тараптардың ешқайсысы осылай орындамағаны немесе тиісінше орындамағаны үшін жауапты болмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z135" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z135" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Еңсерілмейтін күштің мән-жайлары деп Тараптардың бақылауына көнбейтін, олардың қателігімен немесе салақтығымен байланысты емес және тосын сипатқа ие осы шартты орындауға кедергі келтіретін оқиға танылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z136" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z136" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Еңсерілмейтін күштің мән-жайлары туындаған жағдайда, Пайдаланушы бұл жайында почтамен немесе факсимильді байланыспен еңсерілмейтін күштің мән-жайлары басталған уақытты және сипаттамасын нақтылайтын жазбаша хабарлама тапсыру және (немесе) жөнелту арқылы Уәкілетті орган ведомствосының аумақтық бөлімшесі дереу хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z137" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z137" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Еңсерілмейтін күштің мән-жайлары туындаған кезде, Тараптар орын алып отырған жағдайдан шығудың амалын іздестіру үшін Инспекция өкілдерінің қатысуымен дереу кеңес өткізеді және еңсерілмейтін күштің мән-жайларының зардаптарын барынша азайту үшін заңнамаға қайшы келмейтін барлық құралдарды пайдаланады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z138" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z138" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Осы тарауда көрсетілген еңсерілмейтін күштің мән-жайларын құзыретті мемлекеттік органдар мен ұйымдар растаған болса, олар заңды болып танылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z139" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z139" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Қорытынды ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z140" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z140" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Осы шарт қол қойылған сәттен бастап күшiне енедi және 20 __ жылғы "___" ______ дейін ____ жыл мерзiмге жасалды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z141" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z141" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Осы шарттың қолданылуы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z142" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z142" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аңшылық шаруашылығын жүргізуден ерікті түрде бас тартқан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z143" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z143" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) шарттың қолданылу мерзімі аяқталған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z144" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z144" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Пайдаланушының қызметі тоқтатылған; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z145" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z145" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аңшылық алқаптар және (немесе) учаскелер бекітіп берілген жер учаскелері Қазақстан Республикасының заңнамасында айқындалған тәртіппен мемлекет мұқтаждығы үшін алып қойылған жағдайларда тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z146" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z146" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Аңшылық шаруашылығын жүргізу жөніндегі дауларды шешу кезінде тараптар осы шарттың талаптарын, шаруашылық ішіндегі аңшылық ісін ұйымдастыруды және Қазақстан Республикасының заңнамасын басшылыққа алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z147" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z147" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Есепке алу алаңдары мен жануарлардың маршруты көрсетіле отырып жоспарланған аңшылық шаруашылықтардың карта-схемалары бар осы шартқа қосымшаға сәйкес бекітілген нысандағы паспорт осы шарттың ажырамас бөлігі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z148" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z148" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Осы шартқа енгізілетін барлық өзгерістер мен толықтырулар жазбаша түрде жасалып, оған екі тараптың уәкілетті өкілдері қол қойған болса, олардың заңды күші болады және шарттың ажырамас бөлігі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z149" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z149" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Тараптар осы шарттан туындайтын дауларды келіссөздер арқылы шешуге тырысады, ал тараптар келісімге қол жеткізбеген жағдайда, Қазақстан Республикасының заңнамасында белгіленген тәртіппен шешіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z150" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z150" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Осы шарт заңдық күші бірдей _______ данада мемлекеттік және орыс тілдерінде жасалды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z151" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z151" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Тараптардың заңды мекенжайлары, деректемелері және қолтаңбалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уәкілетті орган ведомствосының аумақтық бөлімшесі </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3104,68 +2994,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ______________________________ _________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (қолы, мөрі (бар болса))             (қолы, мөрі (бар болса))</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z152" w:id="71"/>
+    <w:bookmarkStart w:name="z152" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аңшылық шаруашылығының паспорты 1-тарау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Аңшылық шаруашылығының сипаттамасы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3374,68 +3264,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Аңшылық шаруашылығындағы қорықшы учаскелердің (айналмалардың) саны: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z153" w:id="72"/>
+    <w:bookmarkStart w:name="z153" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Аңшылық iсiнің көрсеткiштерi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Шаруашылық iшiндегі аңшылық iсiн 20___ жылы ________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6774,68 +6664,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z154" w:id="73"/>
+    <w:bookmarkStart w:name="z154" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Өсiмді молайту көрсеткіштері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Аңшылық шаруашылығы үшiн зиянды жануарлардың санын шектеу:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -17716,68 +17606,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z155" w:id="74"/>
+    <w:bookmarkStart w:name="z155" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Экономикалық көрсеткіштер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Браконьерлiкпен күрес</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -22322,2527 +22212,85 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Балық шаруашылығын жүргізуге арналған шарт (кәсіпшілік немесе әуесқойлық (спорттық) балық аулауды жүргізу кезінде)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 20.06.2022 </w:t>
+      Ескерту. 2-қосымша алып тасталда – ҚР Экология және табиғи ресурстар министрінің 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 223</w:t>
+        <w:t>№ 291</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
-[...2440 lines deleted...]
-        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
@@ -24974,3334 +22422,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 542 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z52" w:id="75"/>
+    <w:bookmarkStart w:name="z52" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Балық шаруашылығын жүргізуге арналған шарт (көл-тауарлы балық өсiру шаруашылығын немесе тор қоршамада балық өсіру шаруашылығын жүргізу кезінде)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Бұйрық 3-қосымшамен толықтырылды – ҚР Экология, геология және табиғи ресурстар министрінің 16.09.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 222</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 17.06.2021 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); алып тасталда – ҚР Экология және табиғи ресурстар министрінің 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 201</w:t>
+        <w:t>№ 291</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
-      </w:r>
-[...3208 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>