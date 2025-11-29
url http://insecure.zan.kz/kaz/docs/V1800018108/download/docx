--- v0 (2025-10-03)
+++ v1 (2025-11-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9ce591a" w14:textId="9ce591a">
+    <w:p w14:paraId="7cb960d" w14:textId="7cb960d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -6485,176 +6485,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сәйкестендіру нөмірі (ID)*:__________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: * – міндетті толтыруға арналған жол</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...124 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7041,51 +6915,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 113-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейінгі күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейінгі күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7874,183 +7768,143 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> (бұдан әрі – Кодекс) сәйкес демалыс және мереке күндері өтініш жасаған жағдайда мәліметтерді қабылдау және мемлекеттік көрсетілетін қызмет нәтижелерін беру келесі жұмыс күні жүзеге асырылады), тәулік бойы жұмыс істейді.</w:t>
+              <w:t>
+1) портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін Қазақстан Республикасының Еңбек кодексіне (бұдан әрі–Кодекс) сәйкес демалыс және мереке күндері жүгінген кезде мәліметтерді қабылдау және мемлекеттік көрсетілетін қызмет нәтижелерін беру келесі жұмыс күні жүзеге асырылады);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) көрсетілетін қызметті беруші – </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасы Заңының </w:t>
+2) көрсетілетін қызметті беруші – "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден жұмаға дейін қоса алғанда сағат 13.00-ден 14.30-ға дейін түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
+              <w:t xml:space="preserve"> және Кодексіне сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден жұманы қоса алғанда сағат 08:30-ден 16:00-ға дейін, түскі үзіліс сағат 12:30-дан 13:30-ға дейін.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мекенжайы Министрліктің www. beta. egov. kz интернет-ресурсында, "Мемлекеттік көрсетілетін қызметтер" бөлімінде орналастырылған.</w:t>
+Мемлекеттік қызмет көрсету мекенжайлары Министрліктің интернет-ресурсында: www.beta.egov.kz, "Мемлекеттік қызметтер" бөлімінде орналастырылған.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>