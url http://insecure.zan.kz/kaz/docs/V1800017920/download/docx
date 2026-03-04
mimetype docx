--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5850829" w14:textId="5850829">
+    <w:p w14:paraId="1ad4029" w14:textId="1ad4029">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -188,140 +188,120 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Бағалы қағаздар рыногы туралы" Қазақстан Республикасының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      "Бағалы қағаздар рыногы туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>80-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-тармағына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ</w:t>
-[...19 lines deleted...]
-        <w:t>ЕТЕДІ:</w:t>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 26.06.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 63</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2153,131 +2133,111 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z89" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> және орталық депозитарийдің қағидалар жинағында көзделген тәртіппен жүзеге асырылады.</w:t>
+        <w:t>
+      7-2. Орталық депозитарийдің құжаттамалық нысанда шығарылған қаржы құралдарын сақтау жөнінде қызметтер көрсетуі Қазақстан Республикасының Азаматтық кодексінде (Ерекше бөлім), "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасының Заңында және орталық депозитарийдің қағидалар жинағында көзделген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Қағида 7-2-тармақпен толықтырылды – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 24.02.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 37</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4515,121 +4475,121 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       орталық депозитарий кастодиандық қызмет көрсететін депоненттер болып табылатын заңды тұлғаларға қатысты қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:bookmarkStart w:name="z180" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі – Кірістерді жылыстатуға қарсы іс-қимыл туралы заң) көзделген клиентті тиісінше тексеру жөніндегі шараларды қабылдағаннан кейін жүргізіледі.</w:t>
+        <w:t>
+      Номиналды ұстаушының жеке шотын ашу орталық депозитарий "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңында (бұдан әрі – КЖ/ТҚ/ЖҚҚТҚҚІ туралы заң) көзделген клиентті тиісті тексеру шараларын қабылдағаннан кейін жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 28.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (31.08.2025 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (31.08.2025 бастап қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z129" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7954,71 +7914,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Орталық депозитарий орталық депозитарийдің қағидалар жинағында белгіленген тәртіппен айналыс мерзімі өткен, эмитенттің оларды өтеу бойынша міндеттемелерді орындамауы нәтижесінде осы талап ету құқығы туындаған эмитенттің эмиссиялық бағалы қағаздар бойынша міндеттемелері жөніндегі талап ету құқықтарына идентификаторларды береді және уәкілетті органға осындай эмиссиялық бағалы қағаздардың идентификаттау нөмірін көрсете отырып, эмитенттің эмиссиялық бағалы қағаздар бойынша міндеттемелері жөніндегі талап ету құқықтарына берілген идентификатор туралы мәліметтерді жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
     <w:bookmarkStart w:name="z46" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      35. Орталық депозитарий бағалы қағаздар ұстаушыларының тізілімі жүйесінде ашылған жеке шот бойынша айналыс мерзімі өткен эмиссиялық бағалы қағаздарды есептен шығару және эмитенттің эмиссиялық бағалы қағаздар бойынша міндеттемелері жөніндегі талап ету құқықтарын есепке алу бойынша операцияларды жүргізгеннен кейін депоненттердің және олардың клиенттерінің қосалқы шоттарынан осындай эмиссиялық бағалы қағаздарды (номиналды ұстауды есепке алу жүйесінде мемлекеттік органдардың актілері және Кірістерді жылыстатуға қарсы іс-қимыл туралы заңның </w:t>
+      35. Орталық депозитарий бағалы қағаздар ұстаушыларының тізілімі жүйесінде ашылған жеке шот бойынша айналыс мерзімі өткен эмиссиялық бағалы қағаздарды есептен шығару және эмитенттің эмиссиялық бағалы қағаздар бойынша міндеттемелері жөніндегі талап ету құқықтарын есепке жатқызу бойынша операцияларды жүргізгеннен кейін депоненттердің және олардың клиенттерінің қосалқы шоттарынан осындай эмиссиялық бағалы қағаздарды (номиналды ұстауды есепке алу жүйесінде мемлекеттік органдардың актілері және КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көзделген терроризмді және экстремизмді қаржыландырумен байланысты ұйымдар мен тұлғалар тізбесінің негізінде оқшаулау операциясы жүргізілген эмиссиялық бағалы қағаздарды қоспағанда) есептен шығару және осы бағалы қағаздар бойынша туындаған міндеттемелерді (ауыртпалық салу, сенімгерлік басқару) сақтай отырып, эмитенттің осындай эмиссиялық бағалы қағаздар бойынша міндеттемелері жөніндегі талап ету құқықтарын есепке жатқызу бойынша операцияларды жүргізеді және депоненттерге немесе шот операторларына:</w:t>
+        <w:t xml:space="preserve"> көзделген терроризмді және экстремизмді қаржыландырумен байланысты ұйымдар мен тұлғалар тізбесінің негізінде бұғаттау операциясы жүргізілген эмиссиялық бағалы қағаздарды қоспағанда) есептен шығару және осындай бағалы қағаздар бойынша туындаған міндеттемелерді (ауыртпалық салу, сенімгерлік басқару) сақтай отырып, эмитенттің осындай эмиссиялық бағалы қағаздар бойынша міндеттемелері жөніндегі талап ету құқықтарын есепке жатқызу бойынша операцияларды жүргізеді және депоненттерге немесе шот операторларына:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       айналыс мерзімі өткен және эмитент оларды өтеу бойынша міндеттемелерін орындамаған эмиссиялық бағалы қағаздар бойынша эмитент жол берген дефолт;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -8086,50 +8046,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 35-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 22.01.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -16688,55 +16668,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>