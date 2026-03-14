--- v0 (2025-10-11)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="acbf092" w14:textId="acbf092">
+    <w:p w14:paraId="c5ecdb2" w14:textId="c5ecdb2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1305,50 +1305,156 @@
       3) ақпаратты жоюдан, түрлендіруден және оған қолжетімділікті бұғаттаудан, сондай-ақ осындай ақпаратқа қатысты заңсыз іс-қимылдардан қорғау мақсатында ақпараттық қауіпсіздікті;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) электрондық форматта орналастырылған құжатты сақтау және сақтанушылардың (сақтандырылушылардың, пайда алушылардың) және сақтандыру шартын жасасуға және (немесе) сақтандыру шарты бойынша сақтандыру оқиғасын реттеуге ниет білдірген адамдардың техникалық құралдарында одан мәтіннің еркін түрдегі үзіндісінің көшірмесін жасау мүмкіндігін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) тармақша жаңа редакцияда көзделген - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.02.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) интернет-ресурстың басты бетінен бастап гиперсілтемелер (оған сілтеме жасалған ақпаратты көрсете отырып) бойынша бірте-бірте өту арқылы ақпаратқа қолжетімділікті қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1400,91 +1506,305 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидаларды 3-1-тармақпен толықтыру көзделген - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.02.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Сақтандыру нарығының қатысушылары интернет-ресурста орналастыратын ақпараттың тізбесі Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалған.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидаларды 4-1-тармақпен толықтыру көзделген - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.02.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Сақтандыру нарығы қатысушыларының интернет-ресурсында ақпарат қазақ және орыс тілдерінде, сондай-ақ қажет болғанда басқа тілдерде орналастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1501,50 +1821,166 @@
         <w:t>
       6. Сақтандыру нарығы қатысушысының интернет-ресурсында орындалатын барлық іс-әрекеттерді жауапты лауазымды тұлға немесе сақтандыру нарығы қатысушысының ішкі құжаттарына сәйкес тағайындалған тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сақтандыру нарығының қатысушысы олардың орындалуының нақты уақытын көрсете отырып, бағдарламалық қамтамасыз етудің және технологиялық құралдардың көмегімен орындалған, жауапты лауазымды тұлғаның немесе сақтандыру нарығы қатысушысының ішкі құжаттарына сәйкес тағайындалған тұлғаның барлық іс-әрекетін есепке алуды қамтамасыз етуге мүмкіндік беретін операцияларды электрондық есепке алу журналын жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қосымша жаңа редакцияда көзделген - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.02.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11949,55 +12385,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>