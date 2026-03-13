--- v0 (2025-10-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d0b251e" w14:textId="d0b251e">
+    <w:p w14:paraId="624f1f5" w14:textId="624f1f5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -236,260 +236,230 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Сақтандыру қызметі туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>" 2000 жылғы 18 желтоқсандағы, "</w:t>
+        <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жекеше нотариустардың азаматтық-құқықтық жауапкершілігін міндетті сақтандыру туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>" 2003 жылғы 11 маусымдағы, "</w:t>
+        <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Аудиторлық ұйымдардың азаматтық-құқықтық жауапкершілігін міндетті сақтандыру туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>" 2003 жылғы 13 маусымдағы, "</w:t>
+        <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Тасымалдаушының жолаушылар алдындағы азаматтық-құқықтық жауапкершілігін міндетті сақтандыру туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>" 2003 жылғы 1 шілдедегі, "</w:t>
+        <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Көлік құралдары иелерінің азаматтық-құқықтық жауапкершілігін міндетті сақтандыру туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>" 2003 жылғы 1 шілдедегі, "</w:t>
+        <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Туристі міндетті сақтандыру туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>" 2003 жылғы 31 желтоқсандағы, "</w:t>
+        <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қызметі үшінші тұлғаларға зиян келтіру қаупімен байланысты объектілер иелерінің азаматтық-құқықтық жауапкершілігін міндетті сақтандыру туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>" 2004 жылғы 7 шілдедегі, "</w:t>
+        <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Міндетті экологиялық сақтандыру туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">" 2005 жылғы 13 желтоқсандағы Қазақстан Республикасының заңдарына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
-[...29 lines deleted...]
-        <w:t>ЕТЕДІ:</w:t>
+        <w:t>" 2005 жылғы 13 желтоқсандағы Қазақстан Республикасының заңдарына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 127</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1431,276 +1401,276 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы Сақтандыру полистерінің мазмұнына және ресімделу тәртібіне қойылатын талаптарды (бұдан әрі – Талаптар) "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Сақтандыру қызметі туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>" 2000 жылғы 18 желтоқсандағы, "</w:t>
+        <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жекеше нотариустардың азаматтық-құқықтық жауапкершілігін міндетті сақтандыру туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>" 2003 жылғы 11 маусымдағы, "</w:t>
+        <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Аудиторлық ұйымдардың азаматтық-құқықтық жауапкершілігін міндетті сақтандыру туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>" 2003 жылғы 13 маусымдағы, "</w:t>
+        <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Тасымалдаушының жолаушылар алдындағы азаматтық-құқықтық жауапкершілігін міндетті сақтандыру туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>" 2003 жылғы 1 шілдедегі, "</w:t>
+        <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Көлік құралдары иелерінің азаматтық-құқықтық жауапкершілігін міндетті сақтандыру туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>" 2003 жылғы 1 шілдедегі, "</w:t>
+        <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Туристі міндетті сақтандыру туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>" 2003 жылғы 31 желтоқсандағы (бұдан әрі – Туристі міндетті сақтандыру туралы заң), "</w:t>
+        <w:t>" (бұдан әрі – Туристі міндетті сақтандыру туралы заң), "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қызметі үшінші тұлғаларға зиян келтіру қаупімен байланысты объектілер иелерінің азаматтық-құқықтық жауапкершілігін міндетті сақтандыру туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>" 2004 жылғы 7 шілдедегі, "</w:t>
+        <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Міндетті экологиялық сақтандыру туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>" 2005 жылғы 13 желтоқсандағы Қазақстан Республикасының заңдарына сәйкес әзірленді және сақтандыру полистерінің мазмұнына және ресімделу тәртібіне қойылатын талаптарды белгілейді.</w:t>
+        <w:t xml:space="preserve">" Қазақстан Республикасының заңдарына сәйкес әзірленді және сақтандыру полистерінің мазмұнына және ресімделу тәртібіне қойылатын талаптарды белгілейді. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қағидалардың мақсаттары үшін мынадай ұғым қолданылады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      сақтандырушы - сақтандыру ұйымы, Қазақстан Республикасының бейрезидент-сақтандыру ұйымының филиалы.</w:t>
+      сақтандырушы – сақтандыру ұйымы, Қазақстан Республикасының бейрезидент-сақтандыру ұйымының филиалы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.02.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 28</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2250,75 +2220,117 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Сақтандыру полисі қағаз нысандағы сақтандырушының бланкісінде ресімделген жағдайда, тараптардың құқықтары мен міндеттерінің сипаты сақтандыру полисінің кері жағында жазылады немесе оған қоса беріледі. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z39" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілген мәліметтерден басқа сақтандырушының ассистанс компаниясының атауы, орналасқан орны, интернет-ресурсы, телефоны мен факсінің нөмірі, электрондық поштасының мекенжайы, сақтандырылушының тегі, аты, әкесінің аты (ол бар болса), туған күні мен тұрғылықты жері қамтылады. </w:t>
+        <w:t>
+      5. Туристі міндетті сақтандыру бойынша сақтандыру полисінде Талаптардың 2-тармағында көрсетілген мәліметтерден басқа сақтандырушының ассистанс компаниясының атауы, орналасқан орны, интернет-ресурсы, телефоны мен факсінің нөмірі, электрондық поштасының мекенжайы, сақтандырылушының тегі, аты, әкесінің аты (ол бар болса), туған күні мен тұрғылықты жері, турист келген елдің міндетті сақтандыру бағдарламасы туралы ақпарат, сақтанушының (сақтандырылушының) сақтанушы (сақтандырылушы) таңдаған сақтандыру бағдарламасының талаптарымен танысқаны туралы белгі қамтылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z40" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Туристі міндетті сақтандыру бойынша сақтандыру полисін жасасқанын растау үшін сақтандырушы сақтанушыға сақтандырылушыға қатысты қолданыстағы сақтандыру арқылы қорғаудың болуы туралы растайтын сақтандыру сертификатын электрондық нысанда ресімдейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z41" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2654,135 +2666,231 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z48" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      9. Сақтандыру полисінің мәтіні қазақ және орыс тілдерінде, туристі міндетті сақтандыру бойынша сақтандыру полисі мен сақтандыру сертификатының мәтіні қазақ, орыс және ағылшын тілдерінде ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сақтандыру полисінің, сертификаттың мәтіні "Times New Romаn" шрифтімен кемінде тоғыз, кәдімгі әріптер аралық, бір жоларалық интервалдармен және абзац шегіністерін қолданумен басылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      9. Сақтандыру полисінің мәтіні қазақ және орыс тілдерінде, туристі міндетті сақтандыру бойынша сақтандыру полисі мен сақтандыру сертификатының мәтіні қазақ, орыс және ағылшын тілдерінде ресімделеді. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="47"/>
+      Сақтанушының (сақтандырылушының, пайда алушының) қарауы үшін, сондай-ақ оны жүктеу және сақтау үшін электрондық түрде қалыптастырылған сақтандыру полисінің қолжетімділігі қамтамасыз етіледі. </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сақтандыру полисінің, сақтандыру сертификатының мәтіні олардың ауызша айтылуының тура мағынасына сәйкес түсіндірілуге тиіс. Мәтінде арнайы сақтандыру терминологиясы қолданылған жағдайда, оның толық және бір мәнді түсініктемесі беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Қағаз нысандағы сақтандырушының бланкісінде ресімделген сақтандыру полисіне сақтандырушы мен сақтандыру агенті арасында жасасқан шартта тиісті өкілеттіктер болған жағдайда сақтандыру агенті қол қояды. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z51" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Қағаз нысандағы сақтандырушының бланкісінде ресімделген сақтандыру полисін, сақтандыру сертификатын толтыру кезінде түзетулер мен шимайларға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z51" w:id="49"/>
-[...15 lines deleted...]
-      11. Қағаз нысандағы сақтандырушының бланкісінде ресімделген сақтандыру полисін, сақтандыру сертификатын толтыру кезінде түзетулер мен шимайларға жол берілмейді.</w:t>
+    <w:bookmarkStart w:name="z52" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Қағаз нысандағы сақтандырушының бланкісінде ресімделген сақтандыру полисін немесе сақтандыру сертификатын жоғалтқан жағдайда, сақтандырушы сақтанушының немесе сақтандырылушының өтініші бойынша оның түпнұсқамен бірдей заңдық күші болатын, жоғарғы оң жақ бұрышында "телнұсқа" деген жазуы бар және сақтандыру полисін немесе сақтандыру сертификатын алғашқы берген күн көрсетілген телнұсқасын береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z52" w:id="50"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3082,68 +3190,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z54" w:id="51"/>
+    <w:bookmarkStart w:name="z54" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өсiмдiк шаруашылығындағы мiндеттi сақтандыру шартын жасасу үшін өтiнiштің мазмұнына қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша алып тасталды – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3481,442 +3589,442 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="52"/>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күші жойылды деп танылған Қазақстан Республикасы нормативтік құқықтық актілерінің, сондай-ақ Қазақстан Республикасының кейбір нормативтік құқықтық актілері құрылымдық элементтерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z57" w:id="53"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z57" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Сақтандыру полистері бланктерінің мазмұнына және оларды жасауға, көлік құралдары иелерінің азаматтық-құқықтық жауапкершілігін міндетті сақтандыру, туроператордың немесе турагенттiң азаматтық-құқықтық жауапкершілiгiн мiндеттi сақтандыру бойынша сақтандыру полистерін рәсімдеуге және беруге, сондай-ақ міндетті сақтандырудың жекелеген түрлері бойынша міндетті сақтандыру шарттарын жасау үшін сақтанушы өтініштерінің мазмұнына қойылатын талаптарды бекіту туралы" Қазақстан Республикасының Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау жөніндегі агенттігі Басқармасының 2010 жылғы 1 наурыздағы № 24 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6171 болып тіркелген, 2010 жылғы 7 тамызда Қазақстан Республикасының орталық атқарушы және өзге де орталық мемлекеттік органдарының актілер жинағында № 13 жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z58" w:id="54"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z58" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Сақтандыру полистері бланктерінің мазмұны және оларды жасау, көлік құралдары иелерінің азаматтық-құқықтық жауапкершілігін міндетті сақтандыру полисін рәсімдеу, сондай-ақ міндетті сақтандырудың жекелеген түрлері бойынша міндетті сақтандыру шарттарын жасау үшін сақтанушы өтініштерінің мазмұны жөніндегі нұсқаулықты бекіту туралы" 2010 жылғы 1 наурыздағы № 24 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2011 жылғы 26 тамыздағы № 95 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7240 болып тіркелген, 2011 жылғы 28 қазанда "Заң газеті" газетінде № 158 (1974) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z59" w:id="55"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z59" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2013 жылғы 26 сәуірдегі № 110 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8505 болып тіркелген, "Заң газеті" газетінде 2013 жылғы 6 тамызда № 115 (2316) жарияланған) бекітілген Өзгерістер енгізілетін Қазақстан Республикасының нормативтік құқықтық актілері тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z60" w:id="56"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z60" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне сақтандыру қызметі мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2015 жылғы 20 қазандағы № 197 қаулысының (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12364 болып тіркелген, 2015 жылғы 28 желтоқсанда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z61" w:id="57"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z61" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасының қаржы нарығы және қаржы ұйымдары мәселелері бойынша кейбір нормативтік құқықтық актілеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 28 қаңтардағы № 12 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13308 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2016 жылғы 14 наурызда жарияланған) бекітілген Қазақстан Республикасының өзгерістер мен толықтырулар енгізілетін қаржы нарығы және қаржы ұйымдары мәселелері жөніндегі нормативтік құқықтық актілерінің тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z62" w:id="58"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z62" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Сақтандыру полистері бланктерінің мазмұнына және оларды жасауға, көлік құралдары иелерінің азаматтық-құқықтық жауапкершілігін міндетті сақтандыру, туроператордың немесе турагенттiң азаматтық-құқықтық жауапкершілiгiн мiндеттi сақтандыру бойынша сақтандыру полистерін рәсімдеуге және беруге, сондай-ақ міндетті сақтандырудың жекелеген түрлері бойынша міндетті сақтандыру шарттарын жасау үшін сақтанушы өтініштерінің мазмұнына қойылатын талаптарды бекіту туралы" Қазақстан Республикасының Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау жөніндегі агенттігі Басқармасының 2010 жылғы 1 наурыздағы № 24 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 30 мамырдағы № 141 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13929 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2016 жылғы 5 тамызда жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z63" w:id="59"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z63" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне сақтандыру қызметін реттеу мәселелері бойынша өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 28 қаңтардағы № 17 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15104 болып тіркелген, Қазақстан Республикасының нормативтік құқықтық актілерінің эталонды бақылау банкінде 2017 жылғы 9 маусымда жарияланған) бекітілген Өзгерістер енгізілетін Қазақстан Республикасының сақтандыру қызметін реттеу мәселелері бойынша нормативтік құқықтық актілері тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z64" w:id="60"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z64" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Қазақстан Республикасы Ұлттық Банкі Басқармасының кейбір қаулыларына төлемдер және төлем жүйелері мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 22 желтоқсандағы № 248 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16446 болып тіркелген, Қазақстан Республикасының нормативтік құқықтық актілерінің эталонды бақылау банкінде 2018 жылғы 13 наурызда жарияланған) бекітілген Төлемдер және төлем жүйелері мәселелері бойынша өзгерістер мен толықтырулар енгізілетін Қазақстан Республикасының Ұлттық Банкі Басқармасының қаулылары тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4242,31 +4350,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>