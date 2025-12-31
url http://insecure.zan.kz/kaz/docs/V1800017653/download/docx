--- v0 (2025-11-14)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="415e4c7" w14:textId="415e4c7">
+    <w:p w14:paraId="6255bfa" w14:textId="6255bfa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,134 +93,228 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық экономика министрінің кейбір бұйрықтарына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ұлттық экономика министрінің 2018 жылғы 30 қазандағы № 34 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 31 қазанда № 17653 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ұлттық экономика министрінің 2018 жылғы 30 қазандағы № 34 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 31 қазанда № 17653 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасы Ұлттық экономика министрінің кейбір бұйрықтарына мынадай өзгерістер енгізілсін: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақшаның күшін жою көзделген - ҚР Сауда және интеграция министрінің м.а. 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 327-НҚ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  және ҚР Премьер-Министрінің орынбасары – Ұлттық экономика министрінің 25.11.2025 № 124 (31.12.2025 бастап қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Қазақстан Республикасының сауда қызметін реттеу туралы заңнамасының сақталуына тексеру парағын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2016 жылғы 1 ақпандағы № 49 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13417 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2016 жылғы 24 наурызда жарияланған):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Қазақстан Республикасының сауда қызметін реттеу туралы заңнамасының сақталуын тексеру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -235,132 +329,132 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес редакцияда жазылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Қазақстан Республикасының тауар биржалары туралы заңнамасын сақтауда тәуекел дәрежесін бағалау критерийлерін және тексеру парағын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2016 жылғы 5 наурыздағы № 128 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13584 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2016 жылғы 19 сәуірде жарияланған):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бұйрықтың тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының тауар биржалары туралы заңнамасының сақталуының тәуекел дәрежесін бағалау өлшемшарттарын және тексеру парағын бекіту туралы";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Қазақстан Республикасының тауар биржалары туралы заңнамасын сақтауда тәуекел дәрежесін бағалау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -375,52 +469,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес редакцияда жазылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Қазақстан Республикасының тауар биржалары туралы заңнамасын сақтауды тексеру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -435,191 +529,191 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ұлттық экономика министрлігінің Сауда қызметін реттеу департаменті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z11" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық мемлекеттік тіркелген күннен бастап күнтізбелік он күн ішінде оны қазақ және орыс тілдерінде ресми жариялау және Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне қосу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z13" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Ұлттық экономика министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z14" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Ұлттық экономика министрлігінің Заң департаментіне ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z15" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Ұлттық экономика вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z16" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7795"/>
         <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
@@ -1045,68 +1139,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2016 жылғы 1 ақпандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 49 бұйрығымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының сауда қызметін реттеу туралы заңнамасының сақталуын тексеру парағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2278,87 +2372,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 128 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының тауар биржалары туралы заңнамасының сақталуының тәуекел дәрежесін бағалау өлшемшарттары</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Қазақстан Республикасының тауар биржалары туралы заңнамасының сақталуының тәуекел дәрежесін бағалау өлшемшарттары (бұдан әрі – Өлшемшарттар) 2015 жылғы 29 қазандағы Қазақстан Республикасының Кәсіпкерлік кодексінің (бұдан әрі – Кодекс) 141-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2413,585 +2507,585 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2018 жылғы 31 шілдедегі № 3 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17371 болып тіркелген) бекітілген Мемлекеттік органдардың тәуекелдерді бағалау жүйесін қалыптастыру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының тауар биржалары туралы заңнамасының сақталуының бақылау субъектілерін тәуекел дәрежелеріне жатқызу үшін әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Өлшемшарттарда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) болмашы бұзушылықтар – тауар биржасының банктік шотында көрсетілген ақшалай қалдықтарды растайтын банктік үзінді көшірмені қоса бере отырып, есепті айдың соңғы күніндегі жағдай бойынша кепілдік және сақтандыру қоры бойынша ай сайынғы есептің ұсынылмауына; басшылық лауазымындағы және басшылық лауазымдағы емес тауар биржасы қызметкерлерінің қажетті біліктілігінің болмауына; сауданы ұйымдастыру және клиенттермен жұмыс бойынша құрылымдық бөлімшелердің болмауына; мына: тауар биржасы мүшелерінің бастапқы және жыл сайынғы жарналары, биржа мүлкін пайдалану, сондай-ақ биржалық мәмілелерді тіркеу және ресімдеу төлемдерінің бекітілген мөлшерлерінің болмауына байланысты бұзушылықтар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z25" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) елеулі бұзушылықтар – тауар биржасының сауда-саттық күнінен кейінгі жұмыс күнінен кешіктірмей өз интернет-ресурсында биржалық сауда-саттық нәтижелерін жариялау бойынша міндетін орындамауына; өткізілген биржалық сауда-саттықтар бойынша тоқсан сайынғы есептілікті ұсынылмауына; тауар биржасы және оның сауда-саттықтарды өткізу тәртібі туралы мемлекеттік және орыс тілдеріндегі ақпаратты, сондай-ақ биржалық сауда-саттықтардың нәтижелерін орналастыру үшін арнайы бөлімді қамтитын өз интернет-ресурсының болмауына; клирингтік орталықтың не клирингтік орталықтың клиригтік қызмет көрсету туралы шарттың болмауына; тауар биржасында биржалық төреліктің болмауына; тауар биржасының өз интернет-ресурсында биржа тауарларына белгіленімдерді жариялау бойынша міндетін орындамауына; құқықтары бұзылған жеке және заңды тұлғалардан түскен расталған екі және одан артық шағымдар мен өтініштердің болуына байланысты бұзушылықтар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z26" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өрескел бұзушылықтар – тауар биржасының электрондық сауда жүйесінің болмауына; құпиялылық режимін (құпия), сондай-ақ тауар биржасындағы коммерциялық құпияны құрайтын, оның ішінде электрондық жеткізгіштердегі мәліметтердің сақталуын қамтамасыз ету бойынша қажетті құралдармен жабдықталған құрылымдық бөлімшенің болмауына; Биржалық сауда қағидаларының болмауына; кепілдік және сақтандыру қорларының болмауына; тауар биржасының биржалық сауданы ұйымдастыруға байланысты емес сауда және өзге де қызметті жүзеге асыруына тыйым салу туралы талапты сақтамауына; тауар биржасы жұмыскерлерінің биржалық мәмілелерге қатысуына, сондай-ақ коммерциялық ақпаратты өз мүддесіне пайдалануға тыйым салу туралы талапты сақтамауына; тауар биржасы атынан және есебінен биржалық мәмілелерді жасауға тыйым салу туралы талапты сақтамауына; қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл мақсатында ішкі бақылау қағидаларының және оны жүзеге асыру бағдарламасының болмауына; тауар биржасының жарғылық капиталы бойынша талапты сақтамауына байланысты бұзушылықтар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z27" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тәуекел – бақылау субъектісінің қызметі нәтижесінде жеке және заңды тұлғалардың, мемлекеттің заңды мүдделеріне салдарларының ауырлық дәрежесін ескере отырып, зиян келтіру ықтималдығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z28" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) тәуекелдерді бағалау жүйесі – бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылауды белгілеу мақсатында бақылау органы жүргізетін іс-шаралар кешені;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z29" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) тәуекел дәрежесін бағалаудың объективті өлшемшарттары (бұдан әрі – объективті өлшемшарттар) – белгілі бір қызмет саласында тәуекел дәрежесіне байланысты және жеке бақылау субъектісіне (объектісіне) тікелей байланыссыз бақылау субъектілерін (объектілерін) іріктеу үшін пайдаланылатын тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z30" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) тәуекел дәрежесін бағалаудың субъективті өлшемшарттары (бұдан әрі – субъективті өлшемшарттар) – нақты бақылау субъектісінің (объектісінің) қызметі нәтижелеріне байланысты бақылау субъектілерін (объектілерін) іріктеу үшін пайдаланылатын тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z31" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) бақылау субъектілері – тауар биржалары саласында қызметті жүзеге асыратын заңды тұлғалар; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z32" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) тексеру парағы – бақылау субъектілерінің (объектілерінің) қызметіне қойылатын, олардың сақталмауы жеке және заңды тұлғалардың, мемлекеттің заңды мүдделеріне қатер төндіруге алып келетін талаптарды қамтитын талаптар тізбесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z33" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тәуекел дәрежесін бағалау өлшемшарттары объективті және субъективті өлшемшарттар арқылы қалыптастырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Объективті өлшемшарттар</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z34" w:id="31"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Объективті өлшемшарттар бойынша жоғары тәуекел дәрежесіне тауар биржалары жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z36" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Бақылау субъектілерін жоғары тәуекел дәрежесіне жатқызу жеке және заңды тұлғалардың заңды мүдделеріне, тауар биржасында коммерциялық құпияның сақталуын, биржалық саудаға қатысушылардың құқықтарын қорғауды және коммерциялық құпияны заңсыз таратуға және қалыпты баға белгілеудің бұзушылығына және тауар нарығының тұрақсыздығына алып келуі ықтимал олардың арасында адал бәсекелестікті қамтамасыз етуге байланысты бақылау субъектілері қызметінің нәтижесінде мемлекет мүдделеріне зиян келтіру ықтималдығына байланысты жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z37" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Тауар биржаларына қатысты бақылау субъектісіне (объектісіне) бару арқылы жоспардан тыс тексерулер және профилактикалық бақылау жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Объективті өлшемшарттар бойынша жоғары тәуекел дәрежесіне жатқызылған бақылау субъектілеріне қатысты профилактикалық бақылау жүргізу мақсатында бақылау субъектісіне (объектісіне) бару арқылы субъективті өлшемшарттар қолданылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Субъективті өлшемшарттар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z39" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Субъективті өлшемшарттарды айқындау мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z40" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) деректер базасын қалыптастыру және ақпарат жинау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z41" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z41" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ақпаратты талдау және тәуекелдерді бағалау кезеңдерін қолдана отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z42" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z42" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тәуекелдер дәрежесін бағалау үшін мынадай ақпарат көздері пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z43" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z43" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік органдар, мекемелер және салалық ұйымдар жүргізетін, бақылау субъектісі ұсынатын есептілік пен мәліметтерді мониторингілеу нәтижелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z44" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z44" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау нәтижелері. Бұл ретте бұзушылықтардың ауырлық дәрежесі (өрескел, елеулі, болмашы) тексеру парақтарында көрсетілген заңнама талаптарын сақтамаған жағдайларда белгіленеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z45" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z45" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) шағымдар мен өтініштердің болуы және саны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z46" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z46" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы Өлшемшарттардың 7-тармағында айқындалған ақпарат көздері негізінде осы Өлшемшарттарға қосымшаға сәйкес Қазақстан Республикасының Тауар биржалары туралы заңнамасының сақталуының тәуекел дәрежесін бағалаудың субъективті өлшемшарттары айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z47" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z47" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Субъективті өлшемшарттар бұзушылықтар ауырлығының үш дәрежесіне бөлінеді: өрескел, елеулі, болмашы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z48" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z48" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Бақылау субьектісін тәуекел дәрежесіне жатқызу үшін тәуекел дәрежесі көрсеткішін есептеудің мынадай тәртібі қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бір өрескел бұзушылық анықталған жағдайда бақылау субъектісіне тәуекел дәрежесінің 100 көрсеткіші теңестіріледі және оған қатысты бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3742,148 +3836,148 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жоғары тәуекел дәрежесіне – тәуекел дәрежесі 61-ден бастап 100-ді қоса алғанға дейінгі көрсеткіш кезінде және оған қатысты бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізілгенде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жоғары тәуекел дәрежесіне жатқызылмағанға – тәуекел дәрежесі 0-ден бастап 60-ты қоса алғандаға дейінгі көрсеткіш кезінде және оған қатысты бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізілмегенде жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="46"/>
+    <w:bookmarkStart w:name="z49" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Қорытынды ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z50" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z50" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізу жиілігі субъективті өлшемшарттар бойынша алынатын мәліметтерге жүргізілген талдау мен бағалау нәтижелері бойынша айқындалады және жылына бір реттен жиі болмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z51" w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z51" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Тексеру немесе бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау Кодекстің 141-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қалыптастырылатын бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жартыжылдық тізімі негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z52" w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z52" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау тізімдері субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткіші неғұрлым көп бақылау субъектісінің басымдығы ескеріле отырып жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3988,68 +4082,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өлшемшарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының тауар биржалары туралы заңнамасының сақталуының тәуекел дәрежесін бағалаудың субъективті өлшемшарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1770"/>
         <w:gridCol w:w="9706"/>
         <w:gridCol w:w="824"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6833,68 +6927,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 128 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="51"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының тауар биржалары туралы заңнамасының сақталуын тексеру парағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11400,55 +11494,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>