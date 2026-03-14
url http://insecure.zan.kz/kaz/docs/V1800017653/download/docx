--- v1 (2025-12-31)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6255bfa" w14:textId="6255bfa">
+    <w:p w14:paraId="0cd33e7" w14:textId="0cd33e7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -171,638 +171,590 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">1) күші жойылды - ҚР Сауда және интеграция министрінің м.а. 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 327-НҚ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  және ҚР Премьер-Министрінің орынбасары – Ұлттық экономика министрінің 25.11.2025 № 124 (31.12.2025 бастап қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) "Қазақстан Республикасының тауар биржалары туралы заңнамасын сақтауда тәуекел дәрежесін бағалау критерийлерін және тексеру парағын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2016 жылғы 5 наурыздағы № 128 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13584 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2016 жылғы 19 сәуірде жарияланған):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұйрықтың тақырыбы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстан Республикасының тауар биржалары туралы заңнамасының сақталуының тәуекел дәрежесін бағалау өлшемшарттарын және тексеру парағын бекіту туралы";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көрсетілген бұйрықпен бекітілген Қазақстан Республикасының тауар биржалары туралы заңнамасын сақтауда тәуекел дәрежесін бағалау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>критерийлері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес редакцияда жазылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көрсетілген бұйрықпен бекітілген Қазақстан Республикасының тауар биржалары туралы заңнамасын сақтауды тексеру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес редакцияда жазылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...144 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармаққа өзгеріс енгізілді - ҚР Сауда және интеграция министрінің м.а. 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 327-НҚ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  және ҚР Премьер-Министрінің орынбасары – Ұлттық экономика министрінің 25.11.2025 № 124 (31.12.2025 бастап қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бұйрықтың тақырыбы мынадай редакцияда жазылсын:</w:t>
-[...143 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ұлттық экономика министрлігінің Сауда қызметін реттеу департаменті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық мемлекеттік тіркелген күннен бастап күнтізбелік он күн ішінде оны қазақ және орыс тілдерінде ресми жариялау және Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне қосу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Ұлттық экономика министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Ұлттық экономика министрлігінің Заң департаментіне ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Ұлттық экономика вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ұлттық экономика министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1034,1134 +986,87 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 34 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...102 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...948 lines deleted...]
-      тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаның күші жойылды - ҚР Сауда және интеграция министрінің м.а. 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 327-НҚ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  және ҚР Премьер-Министрінің орынбасары – Ұлттық экономика министрінің 25.11.2025 № 124 (31.12.2025 бастап қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2372,87 +1277,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 128 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының тауар биржалары туралы заңнамасының сақталуының тәуекел дәрежесін бағалау өлшемшарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Қазақстан Республикасының тауар биржалары туралы заңнамасының сақталуының тәуекел дәрежесін бағалау өлшемшарттары (бұдан әрі – Өлшемшарттар) 2015 жылғы 29 қазандағы Қазақстан Республикасының Кәсіпкерлік кодексінің (бұдан әрі – Кодекс) 141-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2507,585 +1412,585 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2018 жылғы 31 шілдедегі № 3 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17371 болып тіркелген) бекітілген Мемлекеттік органдардың тәуекелдерді бағалау жүйесін қалыптастыру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының тауар биржалары туралы заңнамасының сақталуының бақылау субъектілерін тәуекел дәрежелеріне жатқызу үшін әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Өлшемшарттарда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) болмашы бұзушылықтар – тауар биржасының банктік шотында көрсетілген ақшалай қалдықтарды растайтын банктік үзінді көшірмені қоса бере отырып, есепті айдың соңғы күніндегі жағдай бойынша кепілдік және сақтандыру қоры бойынша ай сайынғы есептің ұсынылмауына; басшылық лауазымындағы және басшылық лауазымдағы емес тауар биржасы қызметкерлерінің қажетті біліктілігінің болмауына; сауданы ұйымдастыру және клиенттермен жұмыс бойынша құрылымдық бөлімшелердің болмауына; мына: тауар биржасы мүшелерінің бастапқы және жыл сайынғы жарналары, биржа мүлкін пайдалану, сондай-ақ биржалық мәмілелерді тіркеу және ресімдеу төлемдерінің бекітілген мөлшерлерінің болмауына байланысты бұзушылықтар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) елеулі бұзушылықтар – тауар биржасының сауда-саттық күнінен кейінгі жұмыс күнінен кешіктірмей өз интернет-ресурсында биржалық сауда-саттық нәтижелерін жариялау бойынша міндетін орындамауына; өткізілген биржалық сауда-саттықтар бойынша тоқсан сайынғы есептілікті ұсынылмауына; тауар биржасы және оның сауда-саттықтарды өткізу тәртібі туралы мемлекеттік және орыс тілдеріндегі ақпаратты, сондай-ақ биржалық сауда-саттықтардың нәтижелерін орналастыру үшін арнайы бөлімді қамтитын өз интернет-ресурсының болмауына; клирингтік орталықтың не клирингтік орталықтың клиригтік қызмет көрсету туралы шарттың болмауына; тауар биржасында биржалық төреліктің болмауына; тауар биржасының өз интернет-ресурсында биржа тауарларына белгіленімдерді жариялау бойынша міндетін орындамауына; құқықтары бұзылған жеке және заңды тұлғалардан түскен расталған екі және одан артық шағымдар мен өтініштердің болуына байланысты бұзушылықтар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өрескел бұзушылықтар – тауар биржасының электрондық сауда жүйесінің болмауына; құпиялылық режимін (құпия), сондай-ақ тауар биржасындағы коммерциялық құпияны құрайтын, оның ішінде электрондық жеткізгіштердегі мәліметтердің сақталуын қамтамасыз ету бойынша қажетті құралдармен жабдықталған құрылымдық бөлімшенің болмауына; Биржалық сауда қағидаларының болмауына; кепілдік және сақтандыру қорларының болмауына; тауар биржасының биржалық сауданы ұйымдастыруға байланысты емес сауда және өзге де қызметті жүзеге асыруына тыйым салу туралы талапты сақтамауына; тауар биржасы жұмыскерлерінің биржалық мәмілелерге қатысуына, сондай-ақ коммерциялық ақпаратты өз мүддесіне пайдалануға тыйым салу туралы талапты сақтамауына; тауар биржасы атынан және есебінен биржалық мәмілелерді жасауға тыйым салу туралы талапты сақтамауына; қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл мақсатында ішкі бақылау қағидаларының және оны жүзеге асыру бағдарламасының болмауына; тауар биржасының жарғылық капиталы бойынша талапты сақтамауына байланысты бұзушылықтар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тәуекел – бақылау субъектісінің қызметі нәтижесінде жеке және заңды тұлғалардың, мемлекеттің заңды мүдделеріне салдарларының ауырлық дәрежесін ескере отырып, зиян келтіру ықтималдығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) тәуекелдерді бағалау жүйесі – бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылауды белгілеу мақсатында бақылау органы жүргізетін іс-шаралар кешені;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) тәуекел дәрежесін бағалаудың объективті өлшемшарттары (бұдан әрі – объективті өлшемшарттар) – белгілі бір қызмет саласында тәуекел дәрежесіне байланысты және жеке бақылау субъектісіне (объектісіне) тікелей байланыссыз бақылау субъектілерін (объектілерін) іріктеу үшін пайдаланылатын тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) тәуекел дәрежесін бағалаудың субъективті өлшемшарттары (бұдан әрі – субъективті өлшемшарттар) – нақты бақылау субъектісінің (объектісінің) қызметі нәтижелеріне байланысты бақылау субъектілерін (объектілерін) іріктеу үшін пайдаланылатын тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) бақылау субъектілері – тауар биржалары саласында қызметті жүзеге асыратын заңды тұлғалар; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) тексеру парағы – бақылау субъектілерінің (объектілерінің) қызметіне қойылатын, олардың сақталмауы жеке және заңды тұлғалардың, мемлекеттің заңды мүдделеріне қатер төндіруге алып келетін талаптарды қамтитын талаптар тізбесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тәуекел дәрежесін бағалау өлшемшарттары объективті және субъективті өлшемшарттар арқылы қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Объективті өлшемшарттар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Объективті өлшемшарттар бойынша жоғары тәуекел дәрежесіне тауар биржалары жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Бақылау субъектілерін жоғары тәуекел дәрежесіне жатқызу жеке және заңды тұлғалардың заңды мүдделеріне, тауар биржасында коммерциялық құпияның сақталуын, биржалық саудаға қатысушылардың құқықтарын қорғауды және коммерциялық құпияны заңсыз таратуға және қалыпты баға белгілеудің бұзушылығына және тауар нарығының тұрақсыздығына алып келуі ықтимал олардың арасында адал бәсекелестікті қамтамасыз етуге байланысты бақылау субъектілері қызметінің нәтижесінде мемлекет мүдделеріне зиян келтіру ықтималдығына байланысты жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Тауар биржаларына қатысты бақылау субъектісіне (объектісіне) бару арқылы жоспардан тыс тексерулер және профилактикалық бақылау жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Объективті өлшемшарттар бойынша жоғары тәуекел дәрежесіне жатқызылған бақылау субъектілеріне қатысты профилактикалық бақылау жүргізу мақсатында бақылау субъектісіне (объектісіне) бару арқылы субъективті өлшемшарттар қолданылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Субъективті өлшемшарттар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Субъективті өлшемшарттарды айқындау мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) деректер базасын қалыптастыру және ақпарат жинау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ақпаратты талдау және тәуекелдерді бағалау кезеңдерін қолдана отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тәуекелдер дәрежесін бағалау үшін мынадай ақпарат көздері пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік органдар, мекемелер және салалық ұйымдар жүргізетін, бақылау субъектісі ұсынатын есептілік пен мәліметтерді мониторингілеу нәтижелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау нәтижелері. Бұл ретте бұзушылықтардың ауырлық дәрежесі (өрескел, елеулі, болмашы) тексеру парақтарында көрсетілген заңнама талаптарын сақтамаған жағдайларда белгіленеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) шағымдар мен өтініштердің болуы және саны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы Өлшемшарттардың 7-тармағында айқындалған ақпарат көздері негізінде осы Өлшемшарттарға қосымшаға сәйкес Қазақстан Республикасының Тауар биржалары туралы заңнамасының сақталуының тәуекел дәрежесін бағалаудың субъективті өлшемшарттары айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Субъективті өлшемшарттар бұзушылықтар ауырлығының үш дәрежесіне бөлінеді: өрескел, елеулі, болмашы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Бақылау субьектісін тәуекел дәрежесіне жатқызу үшін тәуекел дәрежесі көрсеткішін есептеудің мынадай тәртібі қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бір өрескел бұзушылық анықталған жағдайда бақылау субъектісіне тәуекел дәрежесінің 100 көрсеткіші теңестіріледі және оған қатысты бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3836,148 +2741,148 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жоғары тәуекел дәрежесіне – тәуекел дәрежесі 61-ден бастап 100-ді қоса алғанға дейінгі көрсеткіш кезінде және оған қатысты бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізілгенде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жоғары тәуекел дәрежесіне жатқызылмағанға – тәуекел дәрежесі 0-ден бастап 60-ты қоса алғандаға дейінгі көрсеткіш кезінде және оған қатысты бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізілмегенде жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Қорытынды ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізу жиілігі субъективті өлшемшарттар бойынша алынатын мәліметтерге жүргізілген талдау мен бағалау нәтижелері бойынша айқындалады және жылына бір реттен жиі болмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Тексеру немесе бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау Кодекстің 141-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қалыптастырылатын бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жартыжылдық тізімі негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау тізімдері субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткіші неғұрлым көп бақылау субъектісінің басымдығы ескеріле отырып жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4082,166 +2987,167 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өлшемшарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z54" w:id="49"/>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының тауар биржалары туралы заңнамасының сақталуының тәуекел дәрежесін бағалаудың субъективті өлшемшарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1770"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="824"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9706" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Субъективті өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="824" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4280,363 +3186,367 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Мемлекеттік органдардың, мекемелердің және салалық ұйымдардың бақылау субъектісі ұсынатын есептілікке және мәліметтерге жүргізген мониторингілеу нәтижелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9706" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өткізілген биржалық сауда-саттықтар бойынша тоқсан сайынғы есептілікті ұсынылмауына</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="824" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елеулі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9706" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауар биржасының банктік шотында көрсетілген ақшалай қалдықтарды растайтын банктік үзінді көшірмені қоса бере отырып, есепті айдың соңғы күніндегі жағдай бойынша кепілдік және сақтандыру қоры бойынша ай сайынғы есептің ұсынылмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="824" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Болмашы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9706" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауар биржасы және оның</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сауда-саттықтарды өткізу тәртібі туралы мемлекеттік және орыс тілдеріндегі ақпаратты, сондай-ақ биржалық сауда-саттықтардың нәтижелерін орналастыру үшін арнайы бөлімді қамтитын өз интернет-ресурсының болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="824" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4675,1860 +3585,1872 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Бақылау субъектілеріне (объектілеріне) бару арқылы профилактикалық бақылау нәтижелері (бұзушылықтардың ауырлық дәрежесі төменде көрсетілген талаптар сақталмаған кезде анықталады)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9706" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауар биржасының сауда-саттық күнінен кейінгі жұмыс күнінен кешіктірмей өз интернет-ресурсында биржалық сауда-саттық нәтижелерін жариялау бойынша міндетін орындау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="824" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елеулі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9706" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауар биржасының электрондық сауда жүйесінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="824" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9706" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құпиялылық режимін (құпия), сондай-ақ тауар биржасындағы коммерциялық құпияны құрайтын, оның ішінде электрондық жеткізгіштердегі мәліметтердің сақталуын қамтамасыз ету бойынша қажетті құралдармен жабдықталған құрылымдық бөлімшенің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="824" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9706" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Биржалық сауда қағидаларының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="824" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9706" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауар биржасының басшылық лауазымдағы қызметкерлерінде мыналардың:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жоғары білімнің;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тауар биржасы саласында және (немесе ) қаржы ұйымдарында кемінде үш жыл жұмыс өтілінің.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауар биржасының басшылық лауазымды атқармайтын қызметкерлерінде жоғары немесе ортадан кейінгі білімінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="824" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Болмашы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9706" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сауданы ұйымдастыру және клиенттермен жұмыс бойынша құрылымдық бөлімшелердің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="824" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Болмашы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9706" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Клирингтік орталықтың не клирингтік орталықтың клиригтік қызмет көрсету туралы шарттың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="824" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елеулі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9706" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауар биржасының жарғылық капиталы бойынша талаптың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="824" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9706" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауар биржасында биржалық төреліктің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="824" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елеулі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9706" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кепілдік және сақтандыру қорының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="824" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9706" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауар биржасының биржалық сауданы ұйымдастырумен байланысты емес сауда және өзге де қызметті жүзеге асыруына тыйым салу туралы талапты сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="824" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9706" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауар биржасы жұмыскерлерінің биржалық мәмілелерге қатысуына, сондай-ақ коммерциялық ақпаратты өз мүддесіне пайдалануына тыйым салу туралы талапты сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="824" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9706" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауар биржасы атынан және есебінен биржалық мәмілелерді жасауға тыйым салу туралы талапты сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="824" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9706" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауар биржасының өз интернет-ресурсында биржа тауарларына белгіленімдерді жариялау бойынша міндетін орындауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="824" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елеулі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9706" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл мақсатында ішкі бақылау және оны жүзеге асыру қағидаларының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="824" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9706" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мына: тауар биржасы мүшелерінің бастапқы және жыл сайынғы жарналары, биржа мүлкін пайдалану, сондай-ақ биржалық мәмілелерді тіркеу және ресімдеу төлемдерінің бекітілген мөлшерлерінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="824" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6567,123 +5489,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3. Шағымдар мен өтініштердің болуы және саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9706" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құқықтары бұзылған жеке және заңды тұлғалардан түскен расталған екі және одан артық шағымдар мен өтініштердің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="824" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6927,68 +5849,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 128 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:bookmarkStart w:name="z56" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының тауар биржалары туралы заңнамасының сақталуын тексеру парағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7282,4047 +6204,3612 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1414"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="912"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7747" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қойылатын талаптар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="658" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Талап етіледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="658" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Талап етілмейді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="911" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Талаптарға сәйкес келеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="912" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Талаптарға сәйкес келмейді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7747" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауар биржасының сауда-саттық күнінен кейінгі жұмыс күнінен кешіктірмей өз интернет-ресурсында биржалық сауда-саттық нәтижелерін жариялау бойынша міндетін орындау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="658" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7747" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауар биржасының электрондық сауда жүйесінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="658" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7747" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құпиялылық режимін (құпия), сондай-ақ тауар биржасындағы коммерциялық құпияны құрайтын, оның ішінде электрондық жеткізгіштердегі мәліметтердің сақталуын қамтамасыз ету бойынша қажетті құралдармен жабдықталған құрылымдық бөлімшенің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="658" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7747" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Биржалық сауда қағидаларының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="658" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7747" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауар биржасының басшылық лауазымдағы қызметкерлерінде мыналардың:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жоғары білімнің;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тауар биржасы саласында және (немесе ) қаржы ұйымдарында кемінде үш жыл жұмыс өтілінің</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауар биржасының басшылық лауазымды атқармайтын қызметкерлерінде жоғары немесе ортадан кейінгі білімінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="658" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7747" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сауданы ұйымдастыру және клиенттермен жұмыс бойынша құрылымдық бөлімшелердің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="658" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7747" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Клирингтік орталықтың не клирингтік орталықтың клиригтік қызмет көрсету туралы шарттың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="658" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7747" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауар биржасының жарғылық капиталы бойынша талаптың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="658" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7747" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауар биржасында биржалық төреліктің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="658" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7747" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кепілдік және сақтандыру қорының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="658" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7747" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауар биржасының биржалық сауданы ұйымдастырумен байланысты емес сауда және өзге де қызметті жүзеге асыруына тыйым салу туралы талапты сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="658" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7747" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауар биржасы жұмыскерлерінің биржалық мәмілелерге қатысуына, сондай-ақ коммерциялық ақпаратты өз мүддесіне пайдалануына тыйым салу туралы талапты сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="658" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7747" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауар биржасы атынан және есебінен биржалық мәмілелерді жасауға тыйым салу туралы талапты сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="658" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7747" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауар биржасының өз интернет-ресурсында биржа тауарларына белгіленімдерді жариялау бойынша міндетін орындауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="658" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7747" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл мақсатында ішкі бақылау қағидаларының және оны жүзеге асыру бағдарламасының және оны жүзеге асыру бағдарламасының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="658" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7747" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мына: тауар биржасы мүшелерінің бастапқы және жыл сайынғы жарналары, биржа мүлкін пайдалану, сондай-ақ биржалық мәмілелерді тіркеу және ресімдеу төлемдерінің бекітілген мөлшерлерінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="658" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лауазымды адам (адамдар) ___________________________ ______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>