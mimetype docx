--- v0 (2025-10-22)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="518fddf" w14:textId="518fddf">
+    <w:p w14:paraId="148aee1" w14:textId="148aee1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -973,91 +973,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ақпараттандыру саласындағы мемлекеттік монополия субъектісі іске асыратын қызметтердің бағалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда – ҚР Ұлттық қауіпсіздік комитеті Төрағасының 25.11.2022 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда – ҚР Ұлттық қауіпсіздік комитеті Төрағасының 29.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 86/қе</w:t>
+        <w:t>№ 131/нс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР Ұлттық қауіпсіздік комитеті Төрағасының 12.02.2025 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -1074,51 +1054,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с</w:t>
+р/с</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -1200,87 +1180,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қосымша құн салығы ескерілмеген бағасы, теңге</w:t>
-[...35 lines deleted...]
-Қосымша құн салығы ескерілген бағасы, теңге</w:t>
+Қосылған</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құн салығы ескерілмеген бағасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қосылған құн салығы ескерілген бағасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1499,51 +1533,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Электрондық үкіметтің" ақпараттандыру объектісін құруға және дамытуға инвестициялық ұсыныс пен бюджеттік инвестициялардың қаржы-экономикалық негіздемесінің және техникалық тапсырманың ақпараттық қауiпсiздiк талаптарына сәйкестігіне сараптама:</w:t>
+"Электрондық үкіметтің" ақпараттандыру объектісін құруға және дамытуға арналған инвестициялық ұсыныстың және бюджеттік инвестициялардың қаржылық - экономикалық негіздемесінің және техникалық тапсырманың ақпараттық қауiпсiздiк талаптарына сәйкестігіне сараптама жүргізу:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1576,51 +1610,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Электрондық үкіметтің" ақпараттандыру объектісін құруға және дамытуға инвестициялық ұсыныстың ақпараттық қауiпсiздiк талаптарына сәйкестігіне сараптама жүргізу</w:t>
+"Электрондық үкіметтің" ақпараттандыру объектісін құруға және дамытуға арналған инвестициялық ұсыныстың ақпараттық қауiпсiздiк талаптарына сәйкестігіне сараптама жүргізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1684,51 +1718,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-166 366</w:t>
+172 308</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1761,51 +1795,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Электрондық үкіметтің" ақпараттандыру объектісін құруға және дамытуға бюджеттік инвестициялардың қаржы- экономикалық негіздемесінің ақпараттық қауiпсiздiк талаптарына сәйкестігіне сараптама жүргізу</w:t>
+"Электрондық үкіметтің" ақпараттандыру объектісін құруға және дамытуға арналған бюджеттік инвестициялардың қаржылық - экономикалық негіздемесінің ақпараттық қауiпсiздiк талаптарына сәйкестігіне сараптама жүргізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1869,51 +1903,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-194 093</w:t>
+201 025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1946,51 +1980,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Электрондық үкіметтің" ақпараттандыру объектісін құруға және дамытуға техникалық тапсырманың ақпараттық қауiпсiздiк талаптарына сәйкестігіне сараптама жүргізу</w:t>
+"Электрондық үкіметтің" ақпараттандыру объектісін құруға және дамытуға арналған техникалық тапсырманың ақпараттық қауiпсiздiк талаптарына сәйкестігіне сараптама жүргізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2054,51 +2088,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-194 093</w:t>
+201 025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2239,51 +2273,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 217 841 895</w:t>
+1 261 336 249</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2316,51 +2350,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ақпараттық қауіпсіздіктің салалық орталықтары мен ақпараттық қауіпсіздіктің жедел орталықтарының "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылым объектілеріндегі және ақпараттық-коммуникациялық инфрақұрылымның басқа да аса маңызды объектілеріндегі ақпараттық қауіпсіздіктің оқыс оқиғалары туралы ақпаратын жинауды, талдауды және қорытындылауды жүзеге асыру</w:t>
+Ақпараттық қауіпсіздіктің салалық орталықтары мен ақпараттық қауіпсіздіктің жедел орталықтарының "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылым объектілеріндегі және ақпараттық-коммуникациялық инфрақұрылымның басқа да аса маңызды объектілеріндегі ақпараттық қауіпсіздіктің оқыс оқиғалары туралы ақпаратын жинауды, талдауды және қорытуды жүзеге асыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2424,51 +2458,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-236 300 415</w:t>
+244 739 715</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2501,87 +2535,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ақпараттық-коммуникациялық технологияларды қауіпсіз пайдалану мәселелерінде ақпараттандыру объектілерінің меншік иелеріне, иеленушілеріне және пайдаланушыларына жәрдем көрсету</w:t>
-[...35 lines deleted...]
-1 оқыс оқиға</w:t>
+Ақпараттық-коммуникациялық технологияларды қауіпсіз пайдалану мәселелерінде ақпараттандыру объектілерінің меншік иелеріне, иеленушілеріне және пайдаланушыларына жәрдемдесу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 инцидент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2609,946 +2643,964 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 918 901</w:t>
+3 023 147</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...137 lines deleted...]
-1 288 279</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік орган меншік иесі (иеленуші) және (немесе) тапсырыс беруші болып табылатын ақпараттандыру объектілерінің ақпараттық қауіпсіздік талаптарына сәйкестігіне сынақтар жүргізу:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
-[...36 lines deleted...]
-"Электрондық үкіметтің" ақпараттандыру объектілеріне ақпараттық қауіпсіздік талаптарына сәйкестігіне сынақтар жүргізу:</w:t>
+1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бастапқы кодтарды талдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 Мбайт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 812</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 742</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1)</w:t>
-[...143 lines deleted...]
-6 510</w:t>
+2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүктемелік сынау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 пайдалану нұсқасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+410 910</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+476 656</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2)</w:t>
-[...143 lines deleted...]
-460 219</w:t>
+3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Желілік инфрақұрылымды зерттеп - қарау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 кіші желі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+745 079</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+864 292</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3)</w:t>
-[...143 lines deleted...]
-834 489</w:t>
+4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақпараттық қауіпсіздік функцияларын сынау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жүйе/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кіші жүйе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+765 224</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+887 660</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4)</w:t>
-[...35 lines deleted...]
-Ақпараттық қауіпсіздік функцияларын сынау</w:t>
+5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақпараттық қауіпсіздікті қамтамасыз ету процестерін зерттеп-қарау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3594,1407 +3646,1353 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-765 224</w:t>
-[...35 lines deleted...]
-857 051</w:t>
+740 344</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+858 799</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5)</w:t>
-[...161 lines deleted...]
-829 186</w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Интернетке қол жеткізудің бірыңғай шлюзін және "электрондық үкіметтің" электрондық поштасының бірыңғай шлюзін қолдап отыруды жүзеге асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 қызмет*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+216 225 641</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250 821 744</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...137 lines deleted...]
-242 172 718</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақпараттық қауіпсіздікті ұлттық үйлестіру орталығының ақпараттық қауіпсіздікті қамтамасыз ету мониторингі жүйесі арқылы "электрондық үкіметтің" ақпараттандыру объектілерінің ақпараттық қауіпсіздігін қамтамасыз ету мониторингі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...36 lines deleted...]
-Ақпараттық қауіпсіздіктің ұлттық үйлестіру орталығының ақпараттық қауіпсіздігін қамтамасыз ету мониторингі жүйесі арқылы "электрондық үкіметтің" ақпараттандыру объектілерінің ақпараттық қауіпсіздігін қамтамасыз ету мониторингі</w:t>
+1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қорғалуды қамтамасыз ету мониторингі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 "электрондық үкіметтің" ақпараттанды</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ру объектісі*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 086 554</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 220 403</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1)</w:t>
-[...179 lines deleted...]
-7 936 941</w:t>
+2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақпараттық қауіпсіздіктің оқыс оқиғаларына ден қою мониторингі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 "электрондық үкіметтің" ақпараттанды</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ру объектісі*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 669 698</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 736 850</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2)</w:t>
-[...179 lines deleted...]
-7 470 062</w:t>
+3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қауіпсіз жұмыс істеуді қамтамасыз ету мониторингі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 "электрондық үкіметтің" ақпараттанды</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ру объектісі*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 084 281</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 417 766</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3)</w:t>
-[...179 lines deleted...]
-2 334 394</w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органдардың ақпараттандыру объектілерінің ақпараттық қауіпсіздік оқиғаларына мониторинг жүргізу:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
-[...36 lines deleted...]
-Мемлекеттік органдардың ақпараттандыру объектілерінің ақпараттық қауіпсіздік оқиғаларына мониторинг:</w:t>
+1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органдардың ақпараттық-коммуникациялық инфрақұрылымында ақпараттық қауіпсіздік оқиғалары көздерін орнату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ мемлекеттік орган*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 588 907</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 003 132</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1)</w:t>
-[...71 lines deleted...]
-1</w:t>
+2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органдардың ақпараттық-коммуникациялық инфрақұрылымындағы ақпараттық қауіпсіздік оқиғалары көздерін техникалық қолдап отыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мемлекеттік орган*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -5004,200 +5002,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 588 907</w:t>
-[...35 lines deleted...]
-2 899 576</w:t>
+11 361 237</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 179 035</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2)</w:t>
-[...71 lines deleted...]
-1</w:t>
+3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақпараттық қауіпсіздік оқиғалары мониторингі объектілерінің ақпараттық қауіпсіздік оқиғаларын бақылау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мемлекеттік орган*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -5207,941 +5205,959 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 361 237</w:t>
-[...35 lines deleted...]
-12 724 585</w:t>
+13 885 956</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 107 709</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3)</w:t>
-[...161 lines deleted...]
-15 552 271</w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Электрондық үкіметтің" ақпараттандыру объектілерінің ақпараттық қауіпсіздігін қамтамасыз ету, сондай-ақ ақпараттық қауіпсіздіктің оқыс оқиғаларына ден қою жөніндегі іс-шараларды үйлестіруді жүзеге асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мемлекеттік мекеме*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 421 078</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 928 450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...155 lines deleted...]
-10 551 607</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электрондық ақпараттық ресурстарда қамтылған қолжетімділігі шектеулі дербес деректерді сақтау, өңдеу және тарату процестерінің қорғалуын қамтамасыз етуді зерттеп-қарауды жүзеге асыру:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.</w:t>
-[...36 lines deleted...]
-Электрондық ақпараттық ресурстарда қамтылған қолжетімділігі шектеулі дербес деректерді сақтау, өңдеу және тарату процестерінің қорғалуын қамтамасыз етуді зерттеуді жүзеге асыру</w:t>
+1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дербес деректерді қорғаудың ұйымдастырушылық-құқықтық шаралары мен процестері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+зерттеп-қарау объектісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+757 706</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+878 939</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1)</w:t>
-[...143 lines deleted...]
-848 631</w:t>
+2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аспаптық сканерлеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+зерттеп-қарау объектісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+597 202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+692 754</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2)</w:t>
-[...143 lines deleted...]
-668 866</w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақпараттық қауіпсіздікті ұлттық үйлестіру орталығының ақпараттық-коммуникациялық инфрақұрылым объектілерінің жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 қызмет*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+170 018 924</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+197 221 952</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6174,51 +6190,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұлттық ақпараттық қауіпсіздікті үйлестіру орталығының ақпараттық-коммуникациялық инфрақұрылым объектілерінің жұмыс істеуін қамтамасыз ету</w:t>
+"Электрондық үкіметтің" ақпараттандыру объектілеріндегі ақпараттық қауіпсіздіктің қатерлері мен оқыс оқиғаларын анықтау, олардың жолын кесу және зерттеу және оларды жою немесе болғызбау жөніндегі ұсынымдарды қалыптастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6246,87 +6262,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-170 018 924</w:t>
-[...35 lines deleted...]
-190 421 195</w:t>
+1 418 557 993</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 645 527 272</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6359,362 +6375,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Электрондық үкіметтің" ақпараттандыру объектілеріндегі ақпараттық қауіпсіздіктің қатерлері мен оқыс оқиғаларын анықтау, олардың жолын кесу және зерттеу, және оларды жою немесе болғызбау жөніндегі ұсынымдарды қалыптастыру</w:t>
-[...183 lines deleted...]
-              <w:t>
 Ақпараттық қауіпсіздікті қамтамасыз ету бөлігінде ақпараттандыру саласындағы мемлекеттік бақылауды жүзеге асыруға қатысу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...89 lines deleted...]
-692672</w:t>
+1 қызмет**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+618 458</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+717 411</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -6727,69 +6540,83 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * қызметтер Қазақстан Республикасының Ұлттық қауіпсіздік комитетіне көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ** қызметтер ақпараттандыру саласындағы уәкілетті органға көрсетіледі;</w:t>
+      ** қызметтер ақпараттандыру саласындағы уәкілетті органға көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      *** қызмет ақпараттандыру саласындағы уәкілетті органға 2023 жылғы 1 қаңтарға дейін көрсетіледі.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6929,71 +6756,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ақпараттық қауіпсіздікті қамтамасыз ету саласындағы  мемлекеттік монополия субъектісі іске асыратын қызметтердің бағалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда – ҚР Ұлттық қауіпсіздік комитеті Төрағасының 25.11.2022 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда – ҚР Ұлттық қауіпсіздік комитеті Төрағасының 29.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 86/қе</w:t>
+        <w:t>№ 131/нс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -7136,51 +6963,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қосымша құн салығы ескерілмеген бағасы, теңге</w:t>
+Қосылған құн салығы ескерілмеген бағасы, теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7434,51 +7261,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының телекоммуникация желілерін орталықтандырылған басқару жүйелерін техникалық сүйемелдеу, сондай-ақ халықаралық түйісу нүктелерін, деректерді беру желілерінің статикалық мекенжайларының тізілімін есепке алуды жүргізу</w:t>
+Қазақстан Республикасының телекоммуникация желілерін орталықтандырылған басқару жүйелерін техникалық қолдап отыру, сондай-ақ халықаралық түйісу нүктелерін есепке алуды, деректерді беру желілерінің статикалық мекенжайларының тізілімін жүргізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7542,51 +7369,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 319 908 835</w:t>
+2 402 762 722</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7619,51 +7446,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ақпараттық қауіпсіздікті куәландырушы орталықты ұйымдастыру және техникалық сүйемелдеу</w:t>
+Ақпараттық қауіпсіздікті куәландырушы орталықты ұйымдастыру және техникалық қолдап отыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7727,51 +7554,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87 111 590</w:t>
+90 222 718</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7804,51 +7631,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының аумағында байланыс операторларының интернет-трафигімен алмасу нүктелерін ұйымдастыру мен техникалық сүйемелдеу, сондай-ақ байланыс операторларының желілерін интернет-трафикпен алмасу нүктесіне қосу</w:t>
+Қазақстан Республикасының аумағында байланыс операторларының интернет-трафигімен алмасу нүктелерін ұйымдастыру мен техникалық қолдап отыру, сондай-ақ байланыс операторларының желілерін интернет-трафикпен алмасу нүктесіне қосу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7912,98 +7739,122 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-302 731 613</w:t>
+313 543 456</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * қызметтер Қазақстан Республикасының Ұлттық қауіпсіздік комитетіне көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>