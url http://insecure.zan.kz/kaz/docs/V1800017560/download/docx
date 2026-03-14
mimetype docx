--- v0 (2025-10-04)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5d898dc" w14:textId="5d898dc">
+    <w:p w14:paraId="565f7f7" w14:textId="565f7f7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -113,275 +113,317 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің м.а. 2018 жылғы 13 қыркүйектегі № 383 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 16 қазанда № 17560 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2003 жылғы 8 шілдедегі Қазақстан Республикасы Орман кодексінің 13-бабы 1-тармағының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес </w:t>
+      Қазақстан Республикасы Үкіметінің "Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің мәселелері" 2019 жылғы 5 шілдедегі № 479 қаулысымен бекітілген Қазақстан Республикасы Экология және табиғи ресурстар министрлігі туралы ережесінің 15-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>192) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      БҰЙЫРАМЫН:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Экология және табиғи ресурстар министрінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Мемлекеттік орман қоры учаскелерінде орман пайдаланғаны үшін төлемақы мөлшерлемелерін есептеудің әдістемелік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нұсқаулары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Мемлекеттік орман қорында және ерекше қорғалатын табиғи аумақтарда орман пайдалану үшін төлем ставкаларын есептеуге арналған ережелер мен әдістемелік нұсқаулықтарды бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің міндетін атқарушының 2009 жылғы 12 маусымдағы № 344 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Нормативтік құқықтық актілерінің мемлекеттік тіркеу тізілімінде № 5719 болып тіркелген, "Заң газеті" газетінің 2009 жылғы 24 шілдедегі №11 (1534) санында жарияланған) күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Ауыл шаруашылығы министрлігінің Орман шаруашылығы және жануарлар дүниесі комитеті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық мемлекеттік тіркелген күнінен бастап күнтізбелік он күн ішінде оның қазақ және орыс тілдеріндегі көшірмесінің ресми жариялау және Қазақстан Республикасы Нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберілуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрық мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде оның көшірмесінің мерзімді баспа басылымдарына ресми жариялауға жіберілуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осы бұйрық ресми жарияланғаннан кейін оның Қазақстан Республикасы Ауыл шаруашылығы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) осы бұйрық мемлекеттік тіркелгеннен кейін он жұмыс күн ішінде Қазақстан Республикасы Ауыл шаруашылығы министрлігінің Заң қызметі департаментіне осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -436,193 +478,209 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтердің ұсынылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z11" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Ауыл шаруашылығы вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ауыл шаруашылығы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">министрінің міндетін атқарушы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -791,1178 +849,1302 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 383 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік орман қоры учаскелерінде орман пайдаланғаны үшін төлемақы мөлшерлемелерін есептеудің әдістемелік нұсқаулары</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы мемлекеттік орман қоры учаскелерінде орман пайдаланғаны үшін төлемақы мөлшерлемелерін есептеудің әдістемелік нұсқаулары (бұдан әрі – Әдістемелік нұсқаулар) Қазақстан Республикасы Үкіметінің "Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің мәселелері" 2019 жылғы 5 шілдедегі № 479 қаулысымен бекітілген Қазақстан Республикасы Экология және табиғи ресурстар министрлігі туралы ережесінің 15-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>192) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және мемлекеттік орман қоры учаскелерінде орман пайдаланғаны үшін төлемақы мөлшерлемелерін есептеуді айқындауға арналған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...47 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Экология және табиғи ресурстар министрінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Әдістемелік нұсқаулардың негізгі мақсаты Қазақстан Республикасының барлық аумағында орман пайдаланғаны үшін төлемақы мөлшерлемелерін есептеуге бірыңғай тәсілдеме белгілеу болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Әдістемелік нұсқауларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) алынатын орман ресурстары – кейіннен тұтыну мақсатында тасып әкетілетін орманда өндірілетін немесе жиналатын орман ресурстарының түрлері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) алынбайтын орман ресурстары - өсіп тұрған орманға тән және орман табиғатынан физикалық тұрғыдан бөліп алынбайтын орман қорының учаскелері және орманның пайдалы қасиеттерінің түрлері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) екінші дәрежелі ағаш ресурстары – ағаштар мен бұталардың қабықтары, сабақтары, томарлары, тамырлары, жапырақтары, бүрлері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының орман қоры – Қазақстан Республикасының аумағында орналасқан барлық ормандар, сондай-ақ орман өсімдіктері көмкермеген, бірақ орман шаруашылығының мұқтаждықтарына арналған орман қорының жерлері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) қысқа мерзімді орман пайдалану – бір жылдан он жылға дейінгі мерзімге берілген және жүзеге асырылатын орман ресурстарының белгілі бір түрлеріне және орманның пайдалы заттарына деген қажеттіліктерін қанағаттандыру бойынша жеке және заңды тұлғалардың құқықтары мен мақсатты іс-әрекеттері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) орман пайдаланғаны үшін төлемақы – сүрек, шайыр, сүрек сөлдерін және екінші дәрежелі сүрек ресурстарын дайындағаны үшін, жанама орман пайдалану, аңшылық шаруашылығының мұқтаждықтары, ғылыми-зерттеу, сауықтыру, рекреациялық, тарихи-мәдени, туристік және спорттық мақсаттар үшін, мемлекеттік орман қоры учаскелерін пайдаланғаны үшін алынатын сома;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) орман қорын пайдалану – жеке және заңды тұлғалардың Қазақстан Республикасының заңнамалық актілерінде белгiленген орман пайдалану, сондай-ақ орман қоры аумағындағы жердi, суды және кең таралған пайдалы қазбаларды шаруашылық және өзге де мақсаттарда пайдалану құқығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) орман пайдалану үшін төлемақы мөлшерлемелері – осы Әдістемелік нұсқаулар негізінде олардың пайдаланылатын көлемінің немесе орман алқабы алаңының бірлігіне есептеп белгіленген орман ресурстарына және орманның пайдалы қасиеттеріне арналған баға және бағалау жүйесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) орман пайдаланушы – Қазақстан Республикасының Орман заңнамасымен белгілеген тәртіппен уақытша орман пайдалану құқығы берілген жеке және заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) орман ресурстары – сүрек, шайыр және сүрек сөлдерінің, екінші дәрежелі сүрек ресурстарының, жабайы өсетін жемістердің, жаңғақтардың, саңырауқұлақтардың, жидектердің, дәрілік өсімдіктердің және техникалық шикізаттың, орман қорында болатын, жиналатын және өндірілетін өсімдіктер мен жануарлардан алынатын өзге де өнімдердің запастары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) орманның пайдалы қасиеттері – өсіп тұрған жағдайында оған тән экологиялық және әлеуметтік маңызды функциялары (оттегі бөлу, көмірқышқыл газын жұту, топырақты су және жел эрозиясынан сақтау, судың жер бетіндегі су ағысын топырақ ішіндегі, бальнеологиялық және климат реттеуші қасиеттерге көшіру);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) сүрек сөлі – жапырақты ағаштар бүлінген кезде бөлініп шығатын сұйық зат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) ұзақ мерзімді орман пайдалану – 10 жылдан 49 жылға дейінгі мерзімге берілген және жүзеге асырылатын, орман ресурстарының белгілі бір түрлері мен орманның пайдалы заттарына деген қажеттіліктерін қанағаттандыру жөніндегі жеке және заңды тұлғалардың құқықтары мен мақсатты іс-әрекеттері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) шайыр – қылқан жапырақты ағаштар бүлінген кезде бөлініп шығатын шайырлы зат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Жазып берілген көлемге төлем сомасы орман пайдалануға арналған рұқсат құжаттары: ағаш кесу және орман билеттерінде көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Мемлекеттік орман қоры учаскелерінде орман пайдалану орман заңнамасының талаптарына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Түбірімен босатылатын сүрек үшін төлемақы мөлшерлемелерін қоспағанда, орман және өсімдіктер ресурстарын пайдаланғаны үшін төлемақы мөлшерлемелері "Қазақстан Республикасының Салық кодексі" 2025 жылғы 18 шілдедегі Қазақстан Республикасының кодексі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>630-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағына сәйкес жасалатын облыстың (мемлекеттік маңызы бар қаланың, астананың) жергілікті атқарушы органының есептемесінің негізінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда – ҚР Экология және табиғи ресурстар министрінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Орман пайдалану үшін төлемақы мөлшерлемелері пайдаланылатын ресурс түрінің бірлігіне айлық есептік көрсеткіш мөлшерімен есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орман пайдаланудың жекелеген түрлері үшін төлемақы мөлшерлемелері оларды қолдану мерзімін ұзарту мақсатында түбірімен босатылатын сүрек үшін төлем мөлшерлемелерімен және ауыл шаруашылығы мақсатындағы жерлерге арналған базалық салық мөлшерлемелерімен байланыстырылуы мүмкін және олардың мөлшерінің, сондай-ақ айлық есептік көрсеткіш мөлшерінің үлестерімен және пайыздық қатынасымен байланысты айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Дәрілік және техникалық шикізатқа жататын екінші дәрежелі сүрек ресурстарының түрлеріне жанама орман пайдалану тәртібімен дәрілік өсімдіктер мен техникалық шикізат дайындау үшін белгіленген төлемақы мөлшерлемелері қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Бір облыс шегіндегі мемлекеттік орман қоры учаскелерінде балара ұялары мен омарталарды орналастыру үшін төлемақы бал жинау маусымында бір рет төленеді, ал оларды бір орман иеленушінің аумағынан басқасына ауыстыру кезінде бірінші орман иеленуші жазып берген орман билетінің түпнұсқасына белгі жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Сүрек және бұта тұқымдылардың отырғызу материалдарын және арнайы мақсаттағы плантациялық екпелерді өсіру үшін мемлекеттік орман қоры учаскелерін ұзақ мерзімді орман пайдалану кезінде нөлдік төлемақы мөлшерлемелері белгіленеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Орман пайдаланғаны үшін төлемақы мөлшерлемелерін есептеу әдістемесі</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z40" w:id="38"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:bookmarkStart w:name="z41" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Осы Әдістемелік нұсқауларда баяндалған төлемақы мөлшерлемелерін есептеу әдістемесі орман пайдаланудың мынадай түрлеріне қолданылады: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z42" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) шайыр мен сүрек сөлдерін дайындау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z43" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) екінші дәрежелі сүрек ресурстарын дайындау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z44" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) жанама орман пайдалану; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z45" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аңшылық шаруашылығының мұқтаждықтары, ғылыми-зерттеу, сауықтыру, рекреациялық, тарихи-мәдени, туристік және спорттық мақсаттар үшін мемлекеттік орман қоры учаскелерін пайдалану.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z46" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Ормандардың жалпы экономикалық құндылығы (құны) сүрек діңі негізінде ормандарды дара бағалаудан принципті түрде өзгешеленеді және орман ресурстарының алуан түрлерінің және ормандардың жан-жақты пайдалы функцияларының құнын айқындау жолымен ормандар мен орман шаруашылығының мемлекет экономикасына нақты үлесін арттыруды және оларды шаруашылық айналымына тартуды көздейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z47" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Ормандардың жалпы экономикалық бағасы (құны) (TEV) осы Әдістемелік нұсқауларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ормандарды жалпы экономикалық бағалауды қалыптастыру және оның базалық компоненттері схемасында көрсетілген ормандардың барлық пайдаланылатын (UV) және пайдаланылмайтын (NUV) ресурстары мен пайдалы қасиеттері құндарының сомасы ретінде мына формуламен айқындалады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       TЕV = UV + NUV (1)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:bookmarkStart w:name="z48" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Пайдаланылатын құн (UV) ормандарды тікелей пайдаланудың құнын (DUV), оларды жанама пайдаланудың құнын (JUV) және кейінге қалдырылған балама құнын (OV) қамтиды және мына формуламен айқындалады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       UV = DUV + JUV + OV (2)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:bookmarkStart w:name="z49" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Осы Әдістемелік нұсқаулардың 11-тармағында тізбеленген орман пайдалану түрлері жинақтала келіп сүрек құнын қоспағанда, орман ресурстарын тікелей пайдалану құнын (DUV) құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z50" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Орман пайдаланғаны үшін төлемақы мөлшерлемелерін әзірлеу кезінде осы Әдістемелік нұсқауларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес алынатын және алынбайтын орман ресурстарының арасындағы спецификалық айырмашылықтар ескеріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z51" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Орман пайдаланғаны үшін төлемақы мөлшерлемелері осы Әдістемелік нұсқауларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес орман пайдалану түрлерінің мерзімдеріне (ұзақтығына) байланысты сараланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z52" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Орман пайдаланудың ұзақ мерзімді (10 жылдан 49 жылға дейін) түрлеріне мыналар жатады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z53" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) шайыр мен сүрек сөлдерін дайындау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z54" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) екінші дәрежелі сүрек ресурстарын дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z55" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) шөп шабу мен мал жаю;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z56" w:id="54"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z56" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мемлекеттік орман қоры учаскелерін аң шаруашылығы мұқтаждықтары, ғылыми-зерттеу, сауықтыру, рекреациялық, тарихи-мәдени, туристік және спорттық мақсаттар үшін сүрек және бұта тұқымдарының отырғызу материалдары мен арнайы мақсаттағы плантациялық екпелерді өсіру үшін пайдалану.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z57" w:id="55"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z57" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Орман пайдаланудың қысқа мерзімді (бір жылдан он жылға дейін) түрлеріне мыналар жатады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z58" w:id="56"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z58" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) екінші дәрежелі сүрек ресурстарын дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z59" w:id="57"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z59" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жемістер, жаңғақтар, саңырауқұлақтар, жидектер, орманның басқа да тағамдық өнімдерін, дәрілік өсімдіктер, техникалық шикізаттар, қына, орман төсенішін және жерге түскен жапырақтарды, қамыс және басқаларды дайындаумен немесе жинаумен байланысты жанама орман пайдаланулар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z60" w:id="58"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z60" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) шөп шабу, мал жаю, марал өсіру, аң өсіру, балара ұялары мен омарталар орналастыру, көкөніс өсіру, бау шаруашылығы, бақша шаруашылығы, бақ шаруашылығы және өзге де ауыл шаруашылығы дақылдарын өсіру үшін мемлекеттік орман қоры учаскелерін пайдалануға негізделген жанама орман пайдаланулар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z61" w:id="59"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z61" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мемлекеттік орман қоры учаскелерін ғылыми-зерттеу, сауықтыру, рекреациялық, тарихи-мәдени, туристік және спорттық мақсаттар үшін пайдалану.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z62" w:id="60"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z62" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Орман пайдаланудың түрлеріне және спецификалық ерекшеліктеріне байланысты олардың мөлшерін өлшеу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       алаңы бойынша (гектармен);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2009,685 +2191,809 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       саны бойынша (данамен);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жас (шикілей өсіп тұрған) күйінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="61"/>
+    <w:bookmarkStart w:name="z63" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Орман пайдаланғаны үшін төлемақы мөлшерлемелері орман ресурстарының сапасына (шығымдылығы, өнімділігі) байланысты, сондай-ақ тұтынушылық құндылығын, көлік жолдары мен өткізу орындарынан қашықтығын ескеретін коэффициенттер бойынша сараланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z64" w:id="62"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z64" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Орман пайдаланғаны үшін төлемақы мөлшерлемелері нарықтық бағалар әдісі бойынша нарықтық бағалардың және орман ресурстарын (шайыр, сүрек сөлдері, саңырауқұлақтар, жидектер және басқалар) молықтыруға жұмсалатын шығындарды есептеу қиындық келтіретін олардың түрлеріне байланысты олардың көлем бірлігін дайындауға және тасымалдауға жұмсалатын шығындардың арасындағы айырманы айқындау жолымен белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z65" w:id="63"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z65" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Әзірше нарыққа шықпаған және нарықтық бағасы жоқ орман ресурстарының түрлері бойынша орман пайдаланғаны үшін төлемақы мөлшерлемелерін белгілеуге мамандардың сараптамалық бағалауы пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z66" w:id="64"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z66" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Орман пайдаланудың екінші дәрежелі сүрек ресурстары және жанама орман пайдаланулар үшін төлемақы мөлшерлемелері орман ресурстары көлемінің немесе алаңының бірлігіне шаққанда оларды молықтыруға жұмсалған шығындар әдісі бойынша белгіленеді, оларды молықтыруға шығындар жоқ болған жағдайда төлемақы мөлшерлемелері осы Әдістемелік нұсқауларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көрсеткіштер бойынша ескерілген деректерге сай нақты бір облыстың бүкіл орман шаруашылығына жұмсалған үлестік шығындарды ескере отырып немесе жергілікті бюджеттің шығындарын қоса алғанда, оның қызметінің бірнеше бағыттары бойынша белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z67" w:id="65"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z67" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Орман пайдаланғаны үшін төлемақы мөлшерлемелерін есептеуге қажет орман шаруашылығына жұмсалған шығындар сомасы облыстардың ормандарды күзету, қорғау, молықтыру және орман өсіру жөніндегі орман шаруашылығы іс-шараларының жиынтық жоспарларының және соңғы есептік жыл бойынша бюджеттік бағдарламалардың ерекшеліктері негізінде осы Әдістемелік нұсқауларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z68" w:id="66"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z68" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Облыстар деңгейінде кезең-кезеңмен тіркеліп отыратын немесе республикалық деңгейде ғана тіркелетін шығындар (орман орналастыру, ормандарды авиациямен күзету, негізгі құралдарды сатып алу және басқалар) соңғы есептік жылдағы орман шаруашылығы саласындағы уәкілетті органның (бұдан әрі – уәкілетті орган) есептері бойынша айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z69" w:id="67"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z69" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. Осы Әдістемелік нұсқауларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көрсеткіштерге сай олардың бөлімдері бойынша ормандарды молықтыруға жұмсалған шығындар олардың екі түрлі нұсқадағы үлестік мөлшерін алуға мүмкіндік береді: олар – мемлекеттік орман қорының жалпы көлемінің 1 гектарына 4-бағанның деректеріне және мемлекеттік орман қорының орман көмкерген жерлерінің 1 гектарына шаққанда 5-бағанның деректеріне сәйкес есеппен алынады, олар кейіннен орман пайдаланудың нақты түрлеріне қатысты болуына байланысты олар үшін төлемақы мөлшерлемелерін айқындау кезінде қолданылатын болады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z70" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Шайыр мен сүрек сөлдерін дайындағаны үшін төлемақы мөлшерлемелерін есептеу</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z70" w:id="68"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="69"/>
+    <w:bookmarkStart w:name="z71" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. Шайыр дайындағаны және сүрек сөлдерін дайындағаны үшін төлемақы мөлшерлемелері осы Әдістемелік нұсқауларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес шайыр мен сүрек сөлдерін дайындағаны үшін төлемақы мөлшерлемелерін белгілеу схемасына сай есептеледі және ұзақ мерзімді орман пайдалануға берілген орманның әрбір гектарына және ағаштардан сөл ағызу кезінде алынатын шайыр мен сүрек сөлдерінің әрбір центнеріне шаққанда жеке-жеке белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z72" w:id="70"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z72" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. Алаң бойынша шайыр дайындағаны үшін төлемақы мөлшерлемелері осы Әдістемелік нұсқауларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаның</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-бағанының деректеріне сәйкес бүкіл орман шаруашылығына орман көмкерген жерлердің 1 гектарына жұмсалатын үлестік шығындардың жыл сайынғы сомасы негізінде 1 жылға есептеледі, өйткені сөл ағызу кезінде оларды өсіруге жұмсалған шығындардың белгілі бір бөлігі өтелуі тиіс қылқан жапырақты ағаштардың піскен және пісіп жетілген екпелерінен сөл алынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z73" w:id="71"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z73" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Алаң бойынша сүрек сөлдерін дайындағаны үшін төлемақы мөлшерлемелері осы Әдістемелік нұсқауларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаның</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-бағанының деректеріне сәйкес бүкіл орман шаруашылығына орман көмкерген жерлердің 1 гектарына жұмсалған үлестік шығындардың жыл сайынғы сомасының тең жартысы негізінде 1 жылға есептеледі, өйткені пісу жасы қылқан жапырақты ағаштардан 2 есе кем қайың екпелерінен сөл алынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z74" w:id="72"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z74" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Алаң бойынша шайыр мен сүрек сөлдерін дайындауға төлемақы мөлшерлемелері ұзақ мерзімді орман пайдалануға берілетін орман ресурстары үшін төлемақы мөлшерін айқындауға арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z75" w:id="73"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z75" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Әрбір центнер өндірілген шайыр мен сүрек сөлдері үшін төлемақы мөлшерлемелері олардың нарықтық бағаларының және оларды дайындауға, сақтауға, тасымалдауға және өткізуге жұмсалатын шығындардың арасындағы айырма бойынша есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z76" w:id="74"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z76" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Шайыр мен сүрек сөлдерінің нарықтық бағаларының және оларды дайындауға, сақтауға, тасымалдауға және өткізуге жұмсалатын шығындардың арасындағы айырма бойынша белгіленген олардың 1 центнерін дайындағаны үшін төлемақының нақты мөлшерлемелері тиісті нарықтық бағалардың 25 % және 40 % -ынан кем болатын жағдайларда, олардың орнына тиісінше олардың нарықтық бағаларының 25 % және 40 % деңгейінде есептелген төлемақы мөлшерлемелері қолданылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z77" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Екінші дәрежелі сүрек ресурстарын дайындағаны үшін төлемақы мөлшерлемелерін есептеу</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z77" w:id="75"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="76"/>
+    <w:bookmarkStart w:name="z78" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. Екінші дәрежелі сүрек дайындағаны үшін төлемақы мөлшерлемелері </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген екінші дәрежелі сүрек тұқымдарын дайындағаны үшін төлемақы мөлшерлерін белгілеу схемасына сәйкес олардың әрбір түрі: қабықтар, сабақтар, томарлар, тамырлар, жапырақтар, бүрлер салмағының бірлігіне есептеу жағдайында ғана белгіленеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z79" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      35. Екінші дәрежелі сүрек ресурстарын дайындағаны үшін төлемақы мөлшерлемелері олардың түріне байланысты осы Әдістемелік нұсқауларға 9-қосымшадағы 1-кестеде көрсетілген пайыздар бойынша Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>630-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағына сәйкес түбірімен босатылатын сүрек үшін, тиісті тұқымның отындық сүрегінің 1 тығыз текше метрі үшін төлемақы мөлшерлемелері бойынша айқындалады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z79" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 35-тармақ жаңа редакцияда – ҚР Экология және табиғи ресурстар министрінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      35. Екінші дәрежелі сүрек ресурстарын дайындағаны үшін төлемақы мөлшерлемелері олардың түріне байланысты осы Әдістемелік нұсқауларға </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес түбірімен босатылатын сүрек үшін, тиісті тұқымның отындық сүрегінің 1 тығыз текше метрі үшін төлемақы мөлшерлемелері бойынша айқындалады.</w:t>
+      36. Осы Әдістемелік нұсқаулардың 34-тармағына сәйкес белгіленген екінші дәрежелі сүрек ресурстарын дайындағаны үшін төлемақы мөлшерлемелеріне Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>630-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тармағында белгіленген арттыратын және төмендететін коэффициенттер қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z80" w:id="78"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      36. Осы Әдістемелік нұсқаулардың 34-тармағына сәйкес белгіленген екінші дәрежелі сүрек ресурстарын дайындағаны үшін төлемақы мөлшерлемелеріне Салық кодексінің 587-бабының 3-тармағында белгіленген арттыратын және төмендететін коэффициенттер қолданылады.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 36-тармақ жаңа редакцияда – ҚР Экология және табиғи ресурстар министрінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Жанама орман пайдаланғаны үшін төлемақы мөлшерлемелерін есептеу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z81" w:id="79"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z82" w:id="80"/>
+    <w:bookmarkStart w:name="z82" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. Мемлекеттік орман қоры учаскелерінде жанама орман пайдаланғаны үшін төлемақы мөлшерлемелері осы Әдістемелік нұсқауларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік орман қоры учаскелерінде жанама орман пайдаланғаны үшін төлемақы мөлшерлемелерін белгілеу схемасына сәйкес белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z83" w:id="81"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z83" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. Орман ресурстары алынатын жанама орман пайдаланудың бүкіл саналуандығы бағалардың бар саналуандығын қысқарту мақсатында осы Әдістемелік нұсқауларға 9-қосымшаның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-кестесіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес топтар бойынша сыныпталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z84" w:id="82"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z84" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. 9-қосымшаның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2702,172 +3008,172 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген орман пайдаланғаны үшін төлемақы мөлшерлемелері осы Әдістемелік нұсқауларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік орман қоры учаскелерінде жанама орман пайдаланғаны үшін төлемақы мөлшерлемелерін белгілеу схемасына сәйкес айқындалады және нарықтық бағалар мен оларды дайындауға, өңдеуге, тасымалдауға және өткізуге жұмсалатын шығындар сомасының арасындағы айырма бойынша белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z85" w:id="83"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z85" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. Осы Әдістемелік нұсқауларға 9-қосымшаның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-кестесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген орман ресурстары үшін нарықтық бағалар оларды жаппай жинау және дайындау маусымында орман пайдалануды жүзеге асыратын орын бойынша айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z86" w:id="84"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z86" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Жанама орман пайдаланудың жекелеген түрлері үшін төлемақы мөлшерлемелерінің деңгейі орман пайдаланудың нақты қиындығына байланысты, бірақ жаңғақтардың, жемістер мен жидектердің барлық түрлері үшін нарықтық бағаның 40 % -ынан, ресурстардың қалған түрлерімен (қына, орман төсеніші және жерге түскен жапырақтар, қамыс және басқалар) бірге 20 % шекте болатын бүршіктер мен тамырларды қоспағанда, дәрілік өсімдіктер мен техникалық шикізаттың жекелеген бөліктері үшін нарықтық бағаның 30 % -ынан кем болмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z87" w:id="85"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z87" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Егер жергілікті жерлерде жанама орман пайдалану ресурстарының жекелеген түрлерінің әлі орныққан нарықтық бағасы болмаса, олар үшін төлемақы мөлшерлемелері не жағдайлары ұқсас көрші өңірлерде пайдаланылатын төлемақы мөлшерлемелері бойынша, не мамандардың сараптамалық бағалауы жолымен белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z88" w:id="86"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z88" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. 2003 жылғы 20 қазандағы Қазақстан Республикасы Жер кодексінің 10-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жер учаскелерiн пайдалану төлемақысының ставкалары жер салығы ставкаларының мөлшерiнен төмен болып белгiленбейдi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z89" w:id="87"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z89" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. Омарталар мен балара ұяларын орналастыру түрінде жанама орман пайдаланғаны үшін төлемақы мөлшерлемелері осы Әдістемелік нұсқауларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2882,388 +3188,388 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік орман қорының 1 гектарына шаққанда орман орналастыру жұмыстарын жүргізуге, ормандарды жерден және авиациямен күзетуге, әкімшілік-басқару және бақылау-инспекциялық функцияларға жұмсалған жыл сайынғы үлестік шығындардың сомасы бойынша және осы әдістемелік нұсқауларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік орман қоры учаскелерінде жанама орман пайдаланғаны үшін төлемақы мөлшерлемелерін белгілеу схемасына сәйкес белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z90" w:id="88"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z90" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Шабындық алқаптар үшін төлемақы мөлшерлемелерінің нақты мөлшерлерін айқындау үшін осы Әдістемелік нұсқаулардың 44-тармағына сәйкес айқындалатын мемлекеттік орман қорының 1 гектарына жұмсалатын жыл сайынғы үлестік шығындардың сомасы олардың мынадай сапалық жай-күйінің үш тобы бойынша сараланады: жақсы - коэффициент 1,2 (К=1,2), қанағаттанарлық - коэффициент 0,9 (К=0,9) және қанағаттанғысыз - коэффициент 0,7 (К=0,7).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z91" w:id="89"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z91" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Жайылымдық жерлердің 1 гектарын ұстауға жұмсалатын үлестік шығындардың жыл сайынғы сомасы сапасы қанағаттанғысыз сападағы шабындықтар үшін төлемақы мөлшерлемелерінің деңгейінде белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z92" w:id="90"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z92" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Ауыл шаруашылығы жануарларының бір басын жайғаны үшін төлемақы мөлшерлемелерін есептеу ірі қара мал жаю үшін белгіленген алаңды осы Әдістемелік нұсқаулардың 46-тармағына сәйкес айқындалған 1 гектар жайылымдық алқапты пайдаланғаны үшін төлемақының ықтимал сомасына көбейту жолымен оның нормасы арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жануарлардың қалған топтары бойынша малдың 1 басын жайғаны үшін төлемақы мөлшерлемелері 9-қосымшадағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-кестеде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген пайыздық арақатынастар бойынша белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="91"/>
+    <w:bookmarkStart w:name="z93" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Мемлекеттік орман қоры учаскелерінде бір бал ара ұясын орналастырғаны үшін төлемақы мөлшерлемелері осы Әдістемелік нұсқаулардың 44-тармағына сәйкес белгіленетін үлестік шығындардың сомасы деңгейінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z94" w:id="92"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z94" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49. Аң өсіру мен марал өсіру үшін мемлекеттік орман қоры учаскелерін пайдаланғаны үшін төлемақы мөлшерлемелері осы Әдістемелік нұсқаулардағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаның</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-бағанының деректеріне және 7-қосымшаға сәйкес алаң бірлігінде аңдар мен маралдар ұстаудың нормативтік тығыздығын ескере отырып, мемлекеттік орман қорының орман көмкерген жерлерінің 1 гектарына шаққанда орман орналастыру жұмыстарын жүргізуге, ормандарды жерден және авиациямен күзетуге, әкімшілік-басқару және бақылау-инспекциялық функцияларға жұмсалатын үлестік шығындардың сомасы бойынша айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z95" w:id="93"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z95" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Шөп шабу, мал жаю түріндегі ормандарды жанама пайдаланғаны үшін, орман қоры учаскелерін бал шаруашылығы, бақша шаруашылығы, бақ шаруашылығы және өзге ауыл шаруашылығы дақылдарын өсіру үшін, аңшылық шаруашылығының мұқтаждықтары үшін пайдалану төлемақысының мөлшерлемелері салық заңнамасымен айқындалған жер салықтарының деңгейінде белгіленеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z96" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тарау. Мемлекеттік орман қоры учаскелерін аңшылық шаруашылығының мұқтаждықтары үшін, ғылыми-зерттеу, сауықтыру, рекреациялық, тарихи-мәдени, туристік және спорттық мақсаттарда пайдаланғаны үшін төлемақы мөлшерлемелерін есептеу</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z96" w:id="94"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z97" w:id="95"/>
+    <w:bookmarkStart w:name="z97" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       51. Мемлекеттік орман қоры учаскелерін аңшылық шаруашылығының мұқтаждықтары, ғылыми-зерттеу, сауықтыру, рекреациялық, тарихи-мәдени, туристік және спорттық мақсаттар үшін пайдалану осы Әдістемелік нұсқауларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, сондай-ақ Әдістемелік нұсқауларға 8-қосымшаға сай мемлекеттік орман қоры учаскелерін пайдаланғаны үшін төлемақы мөлшерлемелерін белгілеу схемасына сәйкес мерзімдер бойынша орман пайдаланудың түрлерін бөле отырып, қысқа мерзімді және ұзақ мерзімді орман пайдалану тәртібімен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z98" w:id="96"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z98" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Осы Әдістемелік нұсқаулардың 53-тармағында көрсетілген орман пайдалану түрлерінің ішінде орман қоры учаскелерін аңшылық шаруашылығының мұқтаждықтары үшін пайдалану тек ұзақ мерзімді орман пайдалану тәртібімен, ал барлық қалғандары – қысқа мерзімді орман пайдалану тәртібімен де, ұзақ мерзімді орман пайдалану тәртібімен де жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z99" w:id="97"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z99" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Қысқа мерзімді орман пайдалану кезінде төлемақы мөлшерлемелері болған әрбір күн үшін, ал ұзақ мерзімді орман пайдалану кезінде – пайдаланылатын алаңның 1 гектарына шаққанда теңгемен белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z100" w:id="98"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z100" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Мемлекеттік орман қоры учаскелерін ғылыми-зерттеу, сауықтыру, рекреациялық, тарихи-мәдени, туристік және спорттық мақсаттарда қысқа мерзімді пайдалану үшін төлемақы мөлшерлемелері болған әрбір күн үшін 0,1 айлық есептік көрсеткіш мөлшерінде белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z101" w:id="99"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z101" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       55. Мемлекеттік орман қоры учаскелерін ғылыми-зерттеу және сауықтыру мақсаттарында ұзақ мерзімді пайдаланғаны үшін төлемақы мөлшерлемелері осы Әдістемелік нұсқауларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаның</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-бағанының деректеріне сәйкес мемлекеттік орман қорының 1 гектарына шаққанда орман орналастыруға, ормандарды жерден және авиациямен күзетуге, әкімшілік-басқару және бақылау-инспекциялық функцияларға жұмсалатын үлестік шығындардың жыл сайынғы сомасының тең жартысы мөлшерінде белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z102" w:id="100"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z102" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       56. Мемлекеттік орман қоры учаскелерін тарихи-мәдени, рекреациялық, туристік және спорттық мақсаттарда ұзақ мерзімді пайдаланғаны үшін төлемақы мөлшерлемелері осы Әдістемелік нұсқауларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3278,51 +3584,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-бағанының деректеріне және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік орман қорының 1 гектарына шаққанда орман орналастыруға, ормандарды жерден және авиациямен күзетуге, әкімшілік-басқару және бақылау-инспекциялық функцияларға жұмсалатын үлестік шығындардың жыл сайынғы сомасының деңгейінде белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3427,68 +3733,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>әдістемелік нұсқауларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z104" w:id="101"/>
+    <w:bookmarkStart w:name="z104" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ормандардың жалпы экономикалық бағалауды қалыптастыру және оның базалық компоненттері схемасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="7848600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
@@ -4143,174 +4449,179 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ________________________ облысы бойынша _______ жылы ормандарды күзетуге, қорғауға, молықтыруға және орман өсіруге жұмсалған шығындардың құрамы мен сомасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="993"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="904"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9316" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсеткіштердің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлығы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -4363,3989 +4674,3590 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МОҚ жалпы алаңы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МОҚ-тың орман көмкерген жерлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9316" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9316" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орман орналастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9316" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жобалау-іздестіру және селекциялық-тұқым өсіру жұмыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9316" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Екпе көшеттер мен көшеттер өсіру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9316" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орман дақылдарын өсіру және орманның табиғи түлеуіне әсер ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9316" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қолайсыз жерлерде орман екпелерін отырғызу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9316" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орман дақылдарын күтіп-баптау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9316" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күтіп-баптау мақсатында ағаш кесу және іріктеп санитарлық мақсатта ағаш кесу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9316" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ормандарды қорғау жұмыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9316" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ӨХС-ны, уақытша өрт күзетшілерін, байланысты қоса алғанда, орманды жерден күзету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9316" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орманды авиациямен қорғау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9316" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ормандардың шығымдылығын арттыру, жер алқаптарын жақсарту және аумақты көркейту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9316" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Материалдық-техникалық базаны дамыту (сатып-алу, құрылыс, жөндеу және басқалар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9316" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Халықаралық жобаларды қоса алғанда, инновациялық және өзге жобаларды іске асыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9316" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кадрлар даярау, біліктілігін арттыру және қайта даярлау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9316" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әкімшілік-басқару қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9316" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бақылау-инспекциялық қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9316" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орман пайдалануды ұйымдастыру (учаскелер бөлу)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9316" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орман шаруашылығына жұмсалған шығыстардың жалпы сомасы (1-жолдан бастап - 17-жолға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9316" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орман орналастыруға, жобалау-іздестіру және селекциялық-тұқым өсіру жұмыстарына, орманды жерден және авиациямен қорғауға, әкімшілік-басқару және бақылау-инспекциялық қызметке жұмсалған шығындар сомасы (1жол+2жол+9жол+10жол+15жол+ 16жол)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -8508,68 +8420,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>әдістемелік нұсқауларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z109" w:id="102"/>
+    <w:bookmarkStart w:name="z109" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Шайыр мен сүрек сөлдерін дайындағаны үшін төлемақы мөлшерлемелерін белгілеу схемасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="9334500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
@@ -8749,68 +8661,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>әдістемелік нұсқауларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z111" w:id="103"/>
+    <w:bookmarkStart w:name="z111" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Екінші дәрежедегі сүрек ресурстарын дайындағаны үшін төлемақы мөлшерлемелерін белгілеу схемасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="8750300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
@@ -8990,68 +8902,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>әдістемелік нұсқауларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z113" w:id="104"/>
+    <w:bookmarkStart w:name="z113" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> МОҚ учаскелерінде жанама орман пайдаланғаны үшін төлемақы мөлшерлемелерін белгілеу схемасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="3975100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
@@ -9267,68 +9179,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>әдістемелік нұсқауларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z115" w:id="105"/>
+    <w:bookmarkStart w:name="z115" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік орман қоры учаскелерін аңшылық шаруашылығы мұқтаждықтары, ғылыми-зерттеу, сауықтыру, рекреациялық, тарихи-мәдени, туристік және спорттық мақсаттар үшін пайдаланудың төлемақы мөлшерлемелерін белгілеу схемасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="7505700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
@@ -9640,540 +9552,541 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-кесте</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2491"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1692"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2491" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Екінші дәрежелі сүрек ресурстарының түрлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қабықтар, тонна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бұтақтар, тонна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Томарлар, тонна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тамырлар, тонна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1692" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жапырақтар, тонна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1692" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бүрлер, кг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2491" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тиісті тұқымның отындық сүрегінің 1 тығыз текше метрі үшін төлемақы мөлшерлемесінің пайызы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1692" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1692" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10261,73 +10174,74 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-кесте</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2031"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="856"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="947"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -10449,961 +10363,961 @@
               <w:t>
 Дәрілік өсімдіктер және техникалық шикізат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 грек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 май қарағай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жаңғақтардың басқа түрлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шекіл-деуік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сүй екті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шөп тер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гүлдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жапырақтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сабақтар және өскіндер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бүр-шік-тер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жемістер және жидектер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тамырлар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ең аз төлемақы мөлшерлемелері, нарықтық бағалардан %-ы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11432,51 +11346,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саңырауқұлақтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11505,51 +11419,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да тағамдық өнімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11578,51 +11492,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орман төсеніштері мен жерге түскен жапырақтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11656,51 +11570,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ши және ресурстардың басқа да түрлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2031" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11729,51 +11643,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11802,51 +11716,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11875,51 +11789,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="856" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12044,68 +11958,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-кесте</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1989"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1402"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -12190,560 +12105,560 @@
               <w:t>
 Ұсақ мал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1903" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түйе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1401" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ІҚМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1401" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жылқы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1401" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ірі қара төлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1401" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ешкі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қой</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мөлшерлемелердің арақатынасы, %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1903" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1401" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1401" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1401" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1401" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12805,55 +12720,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>