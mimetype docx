--- v0 (2025-11-13)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="81a63d1" w14:textId="81a63d1">
+    <w:p w14:paraId="bf8d2e7" w14:textId="bf8d2e7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -149,95 +149,147 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (16.12.2020 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...40 lines deleted...]
-        <w:t>" 2016 жылғы 26 шілдедегі Қазақстан Республикасының заңдарына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 19-тармағының екінші бөлігі екінші абзацының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қоса беріліп отырған Банктер, Қазақстан Республикасы бейрезидент банктерінің филиалдары және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар болып табылмайтын төлем жүйелерінің операторларына, төлем жүйелерінің операциялық орталықтарына және көрсетілетін төлем қызметтерін берушілерге қатысты шектеулі ықпал ету шараларын қолдану қағидалары бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -448,62 +500,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -511,51 +564,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Ұлттық Банк Төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -787,92 +840,72 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...40 lines deleted...]
-        <w:t>" 2016 жылғы 26 шілдедегі Қазақстан Республикасының заңдарына сәйкес әзірленді және Қазақстан Республикасы Ұлттық Банкінің (бұдан әрі – Ұлттық Банк) банктер, Қазақстан Республикасы бейрезидент банктерінің филиалдары және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар болып табылмайтын төлем жүйелерінің операторларына, төлем жүйелерінің операциялық орталықтарына және көрсетілетін төлем қызметтерін берушілерге (бұдан әрі – көрсетілетін төлем қызметтері нарығының банктік емес субъектілері) қатысты шектеулі ықпал ету шараларын қолдану тәртібін айқындайды.</w:t>
+        <w:t xml:space="preserve">
+      1. Осы Банктер, Қазақстан Республикасы бейрезидент банктерінің филиалдары және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар болып табылмайтын төлем жүйелерінің операторларына, төлем жүйелерінің операциялық орталықтарына және көрсетілетін төлем қызметтерін берушілерге қатысты шектеулі ықпал ету шараларын қолдану қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 19-тармағының екінші бөлігі екінші абзацының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және онда Қазақстан Республикасы Ұлттық Банкінің (бұдан әрі – Ұлттық Банк) банктер, Қазақстан Республикасы бейрезидент банктерінің филиалдары және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар болып табылмайтын төлем жүйелерінің операторларына, төлем жүйелерінің операциялық орталықтарына және көрсетілетін төлем қызметтерін берушілерге (бұдан әрі – көрсетілетін төлем қызметтері нарығының банктік емес субъектілері) қатысты шектеулі ықпал ету шараларын қолдану тәртібі айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қағидалар Қазақстан Республикасының аумағында қолданыста болады және Қазақстан Республикасының резиденттеріне қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -915,51 +948,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі); 30.11.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (16.12.2020 бастап қолданысқа енгізіледі) қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> (16.12.2020 бастап қолданысқа енгізіледі); 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -987,51 +1040,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тәуекел деңгейі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тәуекел деп көрсетілетін төлем қызметтері нарығының банктік емес субъектісінің өз қызметін жүзеге асырған кезде Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы, сондай-ақ төлемдер және төлем жүйелері туралы заңнамасында белгіленген талаптарды орындамауы және (немесе) толық орындамауы, сондай-ақ көрсетілетін төлем қызметтері нарығының банктік емес субъектісінің төлем жүйесінің жұмыс істеуін қамтамасыз ету бойынша не төлем қызметтерін көрсету бойынша өзінің міндеттемелерін орындау қабілетінің нашарлауы нәтижесінде азаматтардың құқықтары мен еркіндіктерін бұзу, қоғамның мүдделеріне және мемлекетке залал келтіру түрінде жағымсыз салдардың туындау ықтималдығы түсініледі;</w:t>
+      Тәуекел деп көрсетілетін төлем қызметтері нарығының банктік емес субъектісінің өз қызметін жүзеге асырған кезде Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы, сондай-ақ төлемдер және төлем жүйелері туралы заңнамасында белгіленген талаптарды орындамауы және (немесе) толық орындамауы, сондай-ақ көрсетілетін төлем қызметтері нарығының банктік емес субъектісінің төлем жүйесінің жұмыс істеуін қамтамасыз ету бойынша не төлем қызметтерін көрсету бойынша өзінің міндеттемелерін орындау қабілетінің нашарлауы нәтижесінде азаматтардың құқықтары мен еркіндіктерін бұзу, қоғамның мүдделеріне және мемлекетке залал келтіру түрінде жағымсыз салдардың туындау ықтималдығы түсініледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) таңдап алынған шектеулі ықпал ету шарасын қолдану нәтижесінде жағдайды түзету қабілеті;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
@@ -1150,50 +1203,112 @@
         <w:t>
       8) қолданылатын тәуекелдерді басқару жүйесін және ақпараттық қауіпсіздік шараларын талдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) көрсетілетін төлем қызметтері нарығының банктік емес субъектісінің төлем жүйесінің жұмыс істеуін қамтамасыз ету бойынша не төлем қызметтерін көрсету бойынша жалпы қабілеті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Банк, Қазақстан Республикасы бейрезидент банкінің филиалы немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйым болып табылмайтын төлем жүйелерінің операторына, төлем жүйелерінің операциялық орталықтарына (бұдан әрі – оператор) қатысты шектеулі ықпал ету шарасын қолданғанда тәуекел деңгейін бағалау кезінде мынадай төлем жүйесінің түрі қосымша назарға алынады: жүйелік маңызды төлем жүйесі, маңызды төлем жүйесі не өзге төлем жүйесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1598,74 +1713,136 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) төлем қызметтері нарығының банктік емес субъектісі төлем қызметтерін көрсетуге бағытталған шарттық міндеттемелер жасасқан клиенттердің және (немесе) көрсетілетін қызметтерді берушілердің, үшінші тұлғалардың алдындағы міндеттемелерді орындау жөніндегі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) анықталған Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы, сондай-ақ төлемдер және төлем жүйелері туралы заңнамасында белгіленген талаптарды бұзушылықтарды, оларды жасауға ықпал еткен себептерді және (немесе) жағдайларды жою жөніндегі;</w:t>
+      2) анықталған Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы, сондай-ақ төлемдер және төлем жүйелері туралы заңнамасында белгіленген талаптарды бұзушылықтарды, оларды жасауға ықпал еткен себептерді және (немесе) жағдайларды жою жөніндегі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы, сондай-ақ төлемдер және төлем жүйелері туралы заңнамасында белгіленген төлем қызметтері нарығының банктік емес субъектісіне қойылатын талаптарды орындау жөніндегі шараларды білдіреді.</w:t>
+      3) Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы, сондай-ақ төлемдер және төлем жүйелері туралы заңнамасында белгіленген төлем қызметтері нарығының банктік емес субъектісіне қойылатын талаптарды орындау жөніндегі шараларды білдіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармаққа өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Көрсетілетін төлем қызметтері нарығының банктік емес субъектісі жазбаша нұсқамада белгіленген мерзімде Ұлттық Банкке бұзушылықтардың, оларды жасауға ықпал еткен себептердің және (немесе) жағдайлардың сипаттамасын, жоспарланған іс-шаралардың тізбесін, оларды жүзеге асыру мерзімдерін, сондай-ақ жауапты лауазымды адамдарды көрсете отырып, іс-шаралар жоспарын ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1698,54 +1875,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Ұлттық Банк Қағидалардың 14-тармағында көрсетілген мерзім ішінде қорытынды жібермеген жағдайда іс-шаралар жоспары қабылданған болып есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z45" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Ұлттық Банк бұзушылықтарды және (немесе) оларды жасауға ықпал еткен себептерді, сондай-ақ жағдайларды жою көрсетілетін төлем қызметтері нарығының банктік емес субъектісінің тарапынан шаралар қабылдаумен объективті түрде мүмкін болатын көрсетілетін төлем қызметтері нарығының банктік емес субъектісінің қызметінен Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы, сондай-ақ төлемдер және төлем жүйелері туралы заңнамасында белгіленген талаптарды бұзушылықтары анықталған жағдайларда іс-шаралар жоспарын ұсынуды талап етеді.</w:t>
+      16. Ұлттық Банк бұзушылықтарды және (немесе) оларды жасауға ықпал еткен себептерді, сондай-ақ жағдайларды жою көрсетілетін төлем қызметтері нарығының банктік емес субъектісінің тарапынан шаралар қабылдаумен объективті түрде мүмкін болатын көрсетілетін төлем қызметтері нарығының банктік емес субъектісінің қызметінен Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы, сондай-ақ төлемдер және төлем жүйелері туралы заңнамасында белгіленген талаптарды бұзушылықтары анықталған жағдайларда іс-шаралар жоспарын ұсынуды талап етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z46" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Ұлттық Банк көрсетілетін төлем қызметтері нарығының банктік емес субъектісінің қабылданған іс-шаралар жоспарын орындауын бақылауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z47" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2115,55 +2354,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>