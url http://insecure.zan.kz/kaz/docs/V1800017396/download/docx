--- v0 (2025-10-12)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ea18b0c" w14:textId="ea18b0c">
+    <w:p w14:paraId="a9da106" w14:textId="a9da106">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1145,50 +1145,130 @@
         <w:t>
       6. Қор Қордың меншікті активтерін және резервтер қаражатын инвестициялау туралы шешімдерді дербес түрде қабылдайды не Қордың меншікті активтері мен резервтер қаражатын инвестициялық портфельді басқару жөніндегі қызметті жүзеге асыруға лицензиясы бар ұйымның (бұдан әрі – инвестициялық портфельді басқарушы) басқаруына береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z47" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Инвестициялық портфельді басқарушыны таңдау жөніндегі шешімді Қордың Директорлар кеңесі қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инвестициялық портфельді басқарушы Қордың Директорлар кеңесінің мүшелерімен және өкілдері Қордың Директорлар кеңесінің мүшелері болып табылатын қатысушы сақтандыру (қайта сақтандыру) ұйымдарымен үлестес емес ұйымдар қатарынан таңдалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z48" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Инвестициялық портфельді басқарушы Қордың меншікті активтерін және резервтер қаражатын инвестициялық басқаруды Қордың Директорлар кеңесі бекіткен инвестициялық стратегияның (инвестициялық стратегиялардың) негізінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z49" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2200,452 +2280,668 @@
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Қор туралы заң) сәйкес әзірленді және "Сақтандыру төлемдеріне кепілдік беру қоры" акционерлік қоғамының (бұдан әрі – Қор) меншікті активтері, сақтандыру төлемдеріне кепілдік беру резервтерінің қаражаты және зиянды өтеу резервінің қаражаты (бұдан әрі-резервтер қаражаты) есебінен сатып алуға рұқсат етілген қаржы құралдарының тізбесін белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z62" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қор Қордың меншікті активтерін, резервтер қаражатын мынадай қаржы құралдарына:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:p>
-[...124 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының Ұлттық Банкіндегі салымдар, ағымдағы шоттар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z76" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының екінші деңгейдегі банктеріндегі мынадай талаптардың біріне сәйкес келетін салымдар, ағымдағы шоттар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Standard &amp; Poor's (Стандард энд Пурс) агенттігінің халықаралық шкаласы бойынша "ВВ-"-тен төмен емес ұзақ мерзімді кредиттік рейтингі немесе басқа рейтингтік агенттіктердің бірінің осыған ұқсас деңгейдегі рейтингі немесе Standard &amp; Poor's (Стандард энд Пурс) ұлттық шкаласы бойынша "kzA-"-тен төмен емес рейтингтік бағасы немесе басқа рейтингтік агенттіктердің бірінің ұлттық шкаласы бойынша осыған ұқсас деңгейдегі рейтингі бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының резидент-еншілес банктері болып табылатын, Standard&amp;Poor's (Стандард энд Пурс) агенттігінің халықаралық шкаласы бойынша "А-" төмен емес шетел валютасында ұзақ мерзімді кредиттік рейтингі немесе басқа рейтингтік агенттіктердің бірінің осыған ұқсас деңгейдегі рейтингі бар Қазақстан Республикасының бейрезидент-бас банктері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының және басқа мемлекеттердің заңнамасына сәйкес шығарылған, Standard &amp; Poor 's (Стандард энд Пурс) агенттігінің халықаралық шкаласы бойынша (эмиентінің) "ВВ-"-тен төмен емес рейтингтік бағасы немесе басқа рейтингтік агенттіктердің бірінің осыған ұқсас деңгейдегі рейтингі немесе Standard &amp; Poor 's (Стандард энд Пурс) ұлттық шкаласы бойынша "kzA-"-тен төмен емес рейтингі немесе басқа рейтингтік агенттіктердің бірінің ұлттық шкаласы бойынша осыған ұқсас деңгейдегі рейтингі бар Қазақстан Республикасы заңды тұлғаларының борыштық бағалы қағаздары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z78" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының Қаржы министрлігі және Қазақстан Республикасының Ұлттық Банкі шығарған Қазақстан Республикасының мемлекеттік бағалы қағаздары (басқа мемлекеттердің заңнамасына сәйкес эмиссияланғандарды қоса алғанда), кәсіпкерлік қызметпен байланысты емес жеке тұлғалардың ипотекалық қарыздарын сатып алуды жүзеге асыратын заңды тұлға шығарған, акцияларының жүз пайызы Қазақстан Республикасының Ұлттық Банкіне тиесілі борыштық бағалы қағаздар, сондай-ақ Қазақстан Республикасы Үкіметінің мемлекеттік кепілдігі бар борыштық бағалы қағаздары, Қазақстанның Даму Банкінің борыштық бағалы қағаздары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z79" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Standard&amp;Poor's (Стандард энд Пурс) агенттігінің халықаралық шкаласы бойынша "А-"-тен төмен емес тәуелсіз рейтингі немесе басқа рейтингтік агенттіктердің бірінің осыған ұқсас деңгейдегі рейтингі бар шет мемлекеттердің орталық үкіметтері шығарған мемлекеттік мәртебесі бар борыштық бағалы қағаздар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z80" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) қызметін Қазақстан Республикасының аумағында жүзеге асыратын қор биржасының ресми тізіміне енгізілген, Қазақстан Республикасының жергілікті атқарушы органдары шығарған борыштық бағалы қағаздар;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z81" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Standard &amp; Poor's (Стандарт энд Пурс) агенттігінің "AA-"-тен төмен емес рейтингтік бағасы немесе басқа рейтингтік агенттіктердің бірінің осыған ұқсас деңгейдегі рейтингі бар халықаралық қаржы ұйымдары шығарған мемлекеттік емес борыштық бағалы қағаздар, сондай-ақ Еуразиялық Даму Банкі шығарған борыштық бағалы қағаздар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z82" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) тазартылған қымбат металдар мен металл шоттарына орналастыруды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="37"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қордың меншікті активтерін Тізбенің 2-тармақтың 1), 2), 4) және 6) тармақшаларында көрсетілген қаржы құралдарына ("кері репо" операцияларын ескере отырып) жиынтық орналастыру Қордың меншікті активтерінің есебінен қалыптастырылған инвестициялық портфельдің кемінде елу пайызын құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Резервтер қаражатын Тізбенің 2-тармақтың 1), 2), 4) және 6) тармақшаларында көрсетілген қаржы құралдарына ("кері репо" операцияларын ескере отырып) жиынтық орналастыру резервтер қаражатының кемінде 80 (сексен) пайызын құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қордың меншікті активтерін қаржы құралдарына (баланстық құны бойынша) жиынтық орналастыру мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z83" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) екінші деңгейдегі бір банктегі (банк операцияларының жекелеген түрлерін жүзеге асыратын, кредиторларға кепілдік төлемдерін жүзеге асыру жөнінде Қормен агенттік келісім негізінде қызметтер көрсететін банк-агентті қоспағанда) және оның үлестес тұлғаларының салымдарына, ақшасына және бағалы қағаздарына ("кері репо" операцияларын ескере отырып) - Қордың меншікті активтерінің есебінен қалыптастырылған инвестициялық портфельдің 20 (жиырма) пайызынан аспайтын, бірақ осы банктің меншікті капиталы мөлшерінің 25 (жиырма бес) пайызынан астам емес;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...52 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z84" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасы заңды тұлғаларының (Қазақстан Республикасының екінші деңгейдегі банктерін қоспағанда) және осы заңды тұлғаның үлестес тұлғаларының борыштық бағалы қағаздарына - Қордың меншікті активтерінің есебінен қалыптастырылған инвестициялық портфельдің 20 (жиырма) пайызынан аспайтын, бірақ осы эмитенттің меншікті капиталы мөлшерінің 25 (жиырма бес) пайызынан астам емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z85" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) мемлекеттік мәртебесі бар, шет мемлекеттердің орталық үкіметтері шығарған бағалы қағаздарға ("кері репо" операцияларын ескере отырып) - Қордың меншікті активтерінің есебінен қалыптастырылған инвестициялық порфтельдің 30 (отыз) пайызынан астам емес; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z86" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) Қордың меншікті активтерінің қатысуымен жасалатын "кері репо" мәмілелері Қордың меншікті активтерінің есебінен қалыптастырылған инвестициялық портфельдің 20 (жиырма) пайызынан астам емес; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z87" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) борыштық бағалы қағаздарға бір шығарылым борыштық бағалы қағаздардың жалпы көлемінің 25 (жиырма бес) пайызынан астам емес;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z88" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) халықаралық қаржы ұйымдары шығарған мемлекеттік емес борыштық бағалы қағаздарға – Қордың меншікті активтерінің есебінен қалыптастырылған инвестициялық портфельдің 10 (он) пайызынан аспайды, бірақ осы эмитенттің меншікті капиталы мөлшерінің 25 (жиырма бес) пайызынан астам емес;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z89" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) тазартылған қымбат металдарға және металл шоттарға – Қордың меншікті активтерінің есебінен қалыптастырылған инвестициялық портфельдің 10 (он) пайызынан астам емес мәндерден аспайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақта белгіленген Қордың меншікті активтерін жиынтық орналастыру жөніндегі талаптар Тізбенің 2-тармақтың 4) тармақшасында көрсетілген бағалы қағаздарға қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Резервтер қаражатын қаржы құралдарына жиынтық орналастыру (баланстық құны бойынша) мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) екінші деңгейдегі бір банктегі (банк операцияларының жекелеген түрлерін жүзеге асыратын, кредиторларға кепілдік төлемдерін жүзеге асыру жөнінде Қормен агенттік келісім негізінде қызметтер көрсететін банк-агентті қоспағанда) және осы банктің үлестес тұлғаларының салымдарына, ақшасына және бағалы қағаздарына ("кері репо" операцияларын ескере отырып) – резервтер қаражатының 20 (жиырма) пайызынан астам емес;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2653,51 +2949,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасы заңды тұлғаларының (Қазақстан Республикасының екінші деңгейдегі банктерін қоспағанда) және осы заңды тұлғаның үлестес тұлғаларының борыштық бағалы қағаздарына ("кері репо" операцияларын ескере отырып) – резервтер қаражатының 20 (жиырма) пайызынан астам емес;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) мемлекеттік мәртебесі бар, шет мемлекеттердің орталық үкіметтері шығарған бағалы қағаздарға ("кері репо" операцияларын ескере отырып) – резервтер қаражатының 10 (он) пайызынан астам емес;</w:t>
+      3) мемлекеттік мәртебесі бар, шет мемлекеттердің орталық үкіметтері шығарған бағалы қағаздарға ("кері репо" операцияларын ескере отырып) – резервтер қаражатының 20 (жиырма) пайызынан астам емес;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) резервтер қаражатының қатысуымен жасалатын "кері репо" мәмілелері-резервтер қаражатының 10 (он) пайызынан астам емес;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2746,90 +3042,152 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) тазартылған қымбат металдарға және металл шоттарға – резервтер қаражатының 10 (он) пайызынан астам емес мәндерден аспайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақта белгіленген резервтер қаражатын жиынтық орналастыру жөніндегі талаптар Тізбенің 2-тармақтың 4) тармақшасында көрсетілген бағалы қағаздарға қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармаққа өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Standard &amp; Poor 's (Стандард энд Пурс) агенттігінің рейтингтік бағаларынан басқа қаржы нарығы мен қаржы ұйымдарын мемлекеттік реттеуді, бақылауды және қадағалауды жүзеге асыратын уәкілетті орган Moody' s Investors Service (Мудис Инвесторс Сервис) және Fitch (Фич) агенттіктерінің, сондай-ақ олардың еншілес рейтингтік ұйымдарының рейтингтік бағаларын да таниды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z67" w:id="41"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z67" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Тізбеде реттелмеген инвестициялаудың қосымша лимиттері Қордың инвестициялық стратегиясында (инвестициялық стратегиясында) белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2921,320 +3279,320 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 199 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z68" w:id="42"/>
+    <w:bookmarkStart w:name="z68" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Сақтандыру төлемдеріне кепілдік беру қоры" акционерлік қоғамының комиссиялық сыйақыны алу қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қаулы 3-қосымшамен толықтырылды - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2023 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="43"/>
+    <w:bookmarkStart w:name="z69" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы "Сақтандыру төлемдеріне кепілдік беру қоры" акционерлік қоғамының комиссиялық сыйақыны алу қағидалары (бұдан әрі – қағидалар) "Сақтандыру төлемдеріне кепілдік беру қоры туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – заң) сәйкес әзірленді және "Сақтандыру төлемдеріне кепілдік беру қоры" акционерлік қоғамының (бұдан әрі – Қор) сақтандыру төлемдеріне кепілдік беру резервтерінің және зиянды өтеу резервінің қаражатын инвестициялаудан жиынтық инвестициялық кірістен (бұдан әрі – резервтер қаражаты) және сақтандыру ұйымдары енгізген жиынтық жарналардан комиссиялық сыйақыны алу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z70" w:id="44"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z70" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қор комиссиялық сыйақы алуды қорытындылары бойынша Заңның 8-1-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген мөлшерден аспайтын комиссиялық сыйақы алынатын қаржы жылының соңына дейін Қордың Директорлар Кеңесі белгілеген мөлшерлемелер бойынша жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z71" w:id="45"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z71" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Резервтер қаражатына қатысты инвестициялық қызметті жүзеге асырғаны үшін комиссиялық сыйақы сомасы Қордың Директорлар кеңесі бекіткен комиссиялық сыйақы мөлшерлемесін Қор акционерлерінің жалпы жиналысы бекіткен жылдық қаржылық есептілікке сәйкес қаржы жылының қорытындылары бойынша резервтер қаражатын инвестициялаудан алынған жиынтық инвестициялық кіріс сомасына көбейту арқылы айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z72" w:id="46"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z72" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қор қаржы жылының қорытындылары бойынша теріс жиынтық инвестициялық кіріс болған жағдайда резервтер қаражатына қатысты инвестициялық қызметті жүзеге асырғаны үшін комиссиялық сыйақы алмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z73" w:id="47"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z73" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Жарналар үшін комиссиялық сыйақы сомасы Қордың Директорлар кеңесі бекіткен комиссиялық сыйақы мөлшерлемесін сақтандыру ұйымдары қаржы жылында Қорға енгізген жиынтық жарналардың сомасына көбейту арқылы Қор акционерлерінің жалпы жиналысы бекіткен жылдық қаржылық есептілікке сәйкес қаржы жылының қорытындылары бойынша айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z74" w:id="48"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z74" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қор резервтер қаражатын есепке алу үшін ашылған банк шоттарынан Қордың меншікті активтері үшін ашылған банк шотына ақша қаражатын аудару арқылы комиссиялық сыйақы алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3560,31 +3918,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>