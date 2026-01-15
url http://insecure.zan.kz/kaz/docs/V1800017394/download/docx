--- v0 (2025-11-26)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="394ae9b" w14:textId="394ae9b">
+    <w:p w14:paraId="2a04763" w14:textId="2a04763">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -743,4026 +743,1579 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Энергетика министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 жылғы 20 тамыздағы </w:t>
+              <w:t>2018 жылғы 20 тамыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 325 бұйрығымен</w:t>
-[...12 lines deleted...]
-              <w:t>бекітілген</w:t>
+              <w:t>№ 325 бұйрығымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...7 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Энергетика министрлігінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Әдістеме жаңа редакцияда – ҚР Энергетика министрінің 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z163" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы Энергетика министрлігі "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесі</w:t>
-[...13 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Әдістеме жаңа редакцияда – ҚР Энергетика министрінің 22.06.2023 </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z154" w:id="12"/>
+      1. Осы Қазақстан Республикасы Энергетика министрлігінің (бұдан әрі – Министрлік) "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесі (бұдан әрі – Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасының Заңы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>33-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тармағына сәйкес әзірленген және Министрліктің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің (бұдан әрі – "Б корпусының қызметшілері") қызметін бағалау тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Әдістемеде пайдаланылатын негізгі ұғымдар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бағаланатын адам – өзіне қатысты бағалау жүргізілетін адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бағаланатын кезең – мемлекеттік қызметшінің жұмыс нәтижелері бағаланатын тоқсан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бағалаушы адам – Министрліктің және оның ведомствосының аумақтық бөлімшелерінің қарамағындағы құрылымдық бөлімшенің/мемлекеттік органның тікелей басшысы және/немесе басшысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) басшылық лауазым – өзіне бағынышты бөлімшенің немесе жекелеген қызметшілердің қызметін ұйымдастыруға өкілеттіктер берілген "Б" корпусының мемлекеттік әкімшілік лауазымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) калибрлеу сессиялары – бағаланатын адамдардың қызметін бағалау нәтижелерін талқылауға, ықтимал түзетуге және бекітуге арналған лауазымды адамдардың кезендік кездесулері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Министрліктің және оның ведомствосының аумақтық бөлімшелерінің қарамағындағы құрылымдық бөлімшенің/мемлекеттік органның басшысы – С-1, С-3, C-O-1 (департаменттердің директорлары, дербес құрылымдық бөлімшелердің басшылары, аумақтық департаменттердің басшылары) санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) тікелей басшы – мемлекеттік лауазымы бойынша жоғары тұрған, мемлекеттік қызметші өзінің лауазымдық нұсқаулығына сәйкес оған тікелей бағынысты болатын адам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. "Б" корпусының қызметшілерінің қызметін бағалау (бұдан әрі – Бағалау) олардың жұмысының тиімділігі мен сапасын анықтау үшін "Е-қызмет" ықпалдастырылған ақпараттық жүйе (бұдан әрі – Ақпараттық жүйе) арқылы жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалауды бағалаушы адам болмаған жағдайда, оны алмастырушы адам жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Іссапарға жіберілген адамдарды бағалау қабылдаушы мемлекеттік органмен іссапарда болу кезеңі үшін жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік органның бірінші басшысының шешімі бойынша оның тікелей бағынысындағы адамдар осы Министрліктің аппарат басшысымен бағаланады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бағалау тоқсан қорытындысы бойынша – есепті тоқсаннан кейінгі айдың жиырмасыншы күнінен кешіктірілмей жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға күнтізбелік жылдың есепті тоқсандары бойынша "Б" корпусы мемлекеттік әкімшілік қызметшісінің орташа бағасы негізінде ақпараттық жүйеде автоматты түрде қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға есепті жылдан кейінгі жылдың 30 қаңтарынан кешіктірілмей қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Егер бағаланатын қызметшінің бағаланатын кезеңде нақты лауазымда болу мерзімі бағаланатын лауазымға тағайындалған немесе сайланған күннен бастап бір айдан кем болған жағдайда, оған бағалау жүргізілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте бағаланатын кезең ішінде кемінде қызметшінің нақты жұмыс істеген он бес жұмыс күнін қамтуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Бағалау мерзімі аяқталғанға дейін Министрліктен және Министрліктің және оның ведомствосының аумақтық бөлімшелерінің қарамағындағы оның ведомствосы мен аумақтық органдардан жұмыстан шығарылған қызметшілерді бағалау олардың қатысуынсыз </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармақта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген мерзімде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Бағалау нәтижелері мынадай саралау бойынша қойылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиімді атқарады";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиісті түрде атқарады";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін қанағаттанарлық түрде атқарады";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" (қанағаттанарлықсыз баға).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Функционалдық міндеттерін тиімді атқарады" нәтижесіне 4-тен 5 баллға дейін, "Функционалдық міндеттерін тиісті түрде атқарады" нәтижесіне 3-тен 3,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлық түрде атқарады" нәтижесіне 2-ден 2,99 баллға дейін, "Функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады" нәтижесіне 0-ден 1,99 баллға дейінгі бағалар диапазоны сәйкес келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Қызметті бағалау нәтижелері бонустарды төлеу, көтермелеу, оқыту, ротация, мемлекеттік лауазымда жоғарылату, төмендету не жұмыстан босату бойынша шешімдер қабылдауға негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Бағалауды ұйымдастырушылық сүйемелдеуді Министрліктің Кадрлық саясат департаменті, соның ішінде ақпараттық жүйе арқылы қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Бағаланатын қызметші өзінің бағалау нәтижелерін ақпараттық жүйеде, сондай-ақ "Е-қызмет" мобильді қосымша арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыстан босатылған адамдарды таныстыру, есепті тоқсаннан кейінгі айдың ішінде таныстыру тапсырылғаны туралы хабарламасы бар тапсырыс хатты және/немесе телефонограмманы және/немесе жеделхатты және/немесе ұялы байланыстың абоненттік нөмірі бойынша немесе электрондық мекенжай бойынша мәтіндік хабарды жіберу арқылы не хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Бағалау нәтижелерімен келіспеген жағдайда, қызметші бағалау нәтижелерімен танысқан күннен бастап бес жұмыс күні ішінде "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындауға және мемлекеттік лауазымнан босатуға құқығы бар лауазымды адамға калибрлеу сессиясын өткізу жөнінде еркін нысанда тиісті өтінішпен жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Мемлекеттік қызметші калибрлеу сессиясының шешіміне Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодекспен белгіленген тәртіпте шағымдана алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Бағалаумен байланысты құжаттар бағалау аяқталған күннен бастап үш жыл ішінде Министрліктің Кадрлық саясат департаментінде, сондай-ақ техникалық мүмкіндік болған кезде ақпараттық жүйеде сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Бағалау нәтижелері құпия ақпарат болып табылады және қызметтік қажеттілікті, сондай-ақ "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік орган осы ақпаратты ашуға міндетті жағдайларды қоспағанда, үшінші адамдарға жария етуге жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Бағалау рәсіміне байланысты келіспеушіліктерді барлық мүдделі адамдар мен тараптардың жәрдемдесуімен Кадрлық саясат департаменті қарастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Министрліктің Кадрлық саясат департаментінің басшысы мыналарды қамтамасыз етеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) коммуникациялық хабарламаларды дайындау, бағалау процесіне қатысушыларға консультация жүргізуді қосқанда, қызметті бағалау процесін ұйымдастыру мен сүйемелдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қажет болған жағдайда бағалаушы мен бағаланатын адамдардың кездесуіне қатысу, қызметті бағалау процесінің мәселелері бойынша консультация беру жолымен даулы мәселелерді шешуге көмектесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) калибрлеу сессияларына дайындық шеңберінде әр қызметкерге ақпарат дайындауды қоса алғанда, калибрлеу сессиясын өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) есепті кезең ішінде олардың қызметін бағалау шеңберінде қажетті құжаттарды толтыру толықтығы мен уақытылы орындалуын, қызметкерлердің қызметіне бағалау жүргізу шеңберінде қызметкерге тиісті хабарламалар жіберу, қажетті есептік жазбаларды жүргізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z155" w:id="13"/>
+        <w:t xml:space="preserve"> 2-тарау. "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z56" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. С-1, С-О-1 санаттарының "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалауды (орталық атқарушы орган комитеті төрағасының орынбасары, департамент директоры, құрылымдық бөлімшелердің басшылары) осы Әдістеменің 1-қосымшасына сәйкес нысан бойынша тікелей басшы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z57" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Қазақстан Республикасы Энергетика министрлігі (бұдан әрі – Министрлік) "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалаудың әдістемесі (бұдан әрі – Әдістеме) "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңы 33-бабының </w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
+      Осы тармақтың бірінші абзацында көрсетілген адамдарды қоспағанда, басшы лауазымдарды атқаратын "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалауды Министрліктің және оның ведомствосының аумақтық бөлімшелерінің қарамағындағы құрылымдық бөлімшенің/мемлекеттік органның басшысы осы Әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z58" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) "Б" корпусының қызметшісі – құрылымдық бөлімшенің басшысын қоспағанда, "Б" корпусының мемлекеттік әкімшілік қызметін атқаратын адам; </w:t>
-[...1 lines deleted...]
-    </w:p>
+      С-1 (орталық атқарушы орган комитеті төрағасының орынбасарын, департамент директорын қоспағанда) санатындағы "Б" корпусының мемлекеттік әкімшілік қызметшілерін бағалауды тікелей басшы осы Әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z59" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Б" корпусының өзге мемлекеттік әкімшілік қызметшілерін бағалауды Министрліктің және оның ведомствосының аумақтық бөлімшелерінің қарамағындағы құрылымдық бөлімшенің/мемлекеттік органның басшысы осы Әдістеменің 2-қосымшасына сәйкес нысан бойынша жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z60" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Бағалаушы адамға бағалау парағын Кадрлық саясат департаменті ақпараттық жүйе арқылы жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z61" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалаушы адам 0-ден 5-ке дейінгі бағаны қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z62" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер бағаланатын адамдардың саны жиырма адамнан асқан жағдайда, бағалауды бағалаушы адам айқындайтын "Б" корпусының мемлекеттік әкімшілік қызметшілері де жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z63" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Калибрлеу сессияларын өткізу және кері байланыс ұсыну тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z64" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Бағалау процесіне бірыңғай тәсілді келісу және сақтау мақсатында мемлекеттік органдар осы Әдістеменің 11-тармағында көзделген тәртіппен калибрлеу сессияларын өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z65" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. "Б" корпусының мемлекеттік әкімшілік қызметшісін мемлекеттік лауазымға тағайындау және мемлекеттік лауазымнан босату құқығы бар лауазымды адам қызметшінің өтініші түскен уақыттан бастап үш жұмыс күн ішінде калибрлеу сессиясын өткізу туралы шешім қабылдайды және оның құрамын бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z66" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясының құрамы мүшелердің тақ санынан тұрады. Калибрлеу сессиясы мүшелерінің саны үштен кем болмауы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z67" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нақты калибрлеу сессиясының құрамына бағамен келіспейтін адам, сондай-ақ оны бағалаған адам кірмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z68" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясы мүшелерінің құрамына бағалаушы адамдар (бағалауы калибрлеу сессиясында қаралуға жататын адамды қоспағанда), сондай-ақ Кадрлық саясат департаментінің қызметкері кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z69" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) бағаланатын адам – құрылымдық бөлімшенің басшысы немесе "Б" корпусының қызметшісі; </w:t>
-[...1426 lines deleted...]
-      27. Ақпараттық жүйемен немесе ол болмаған жағдайда Министрліктің Персоналды дамыту департаменті ресімделген бағалау парағын бағалаушы адамға қарау үшін жолдайды.</w:t>
+      21. Калибрлеу сессиясы қызметшінің өтініші түскен уақыттан бастап он жұмыс күн ішінде осы Әдістеменің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тәртіппен өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:p>
-[...89 lines deleted...]
-        <w:t xml:space="preserve"> 3-тарау. "Б" корпусының қызметшілерін саралау әдісімен бағалау тәртібі</w:t>
+    <w:bookmarkStart w:name="z70" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Кадрлық саясат департаменті калибрлеу сессиясының қызметін ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z69" w:id="69"/>
-[...15 lines deleted...]
-      28. "Б" корпусының қызметшілерін бағалау саралау әдісі бойынша жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z71" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Калибрлеу сессиясында бағалаушы адам бағаланатын адамның жұмысын қысқаша сипаттайды және қойған өз бағасына дәлел келтіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z70" w:id="70"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша мемлекеттік органда жұмыс істейтін ақпараттық жүйе арқылы (техникалық мүмкіндік болған жағдайда) жүзеге асырады. Бұл ретте техникалық мүмкіндік болмаған жағдайда бағалау қағаз тасымалдағышта жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z72" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағаланатын адам калибрлеу сессиясының мүшелеріне жазбаша немесе ауызша нысанда бағалауға өзінің келіспейтіндігін дәлелдеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z71" w:id="71"/>
-[...15 lines deleted...]
-      30. Ақпараттық жүйе немесе ол болмаған жағдайда Министрліктің Персоналды дамыту департаменті "Б" корпусының қызметшісін оған қатысты бағалау жүргізілетіні туралы есепті тоқсаннан кейінгі айдың оныншы күнінен кешіктірмей хабардар етеді.</w:t>
+    <w:bookmarkStart w:name="z73" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Калибрлеу сессиясының мүшелері бағалаушы адамның бағасын қолдауы немесе бағалауға түзетулер енгізу үшін дәлелдер келтіруі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z72" w:id="72"/>
-[...15 lines deleted...]
-      31. Ақпараттық жүйе арқылы немесе ол болмаған жағдайда Персоналды дамыту департаменті бағалаушы адамға бағалау парағынжібереді.</w:t>
+    <w:bookmarkStart w:name="z74" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалауға жасалатын түзетулер жоғарылау жағынан да, төмендеу жағынан да енгізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:p>
-[...51 lines deleted...]
-      32. "Б" корпусының қызметшілерін бағалау олардың бағаланатын кезеңде функционалдық міндеттерін орындау кезінде қол жеткізген нәтижелерінің деңгейі мен орындалған жұмыстың көлемі мен күрделілігі ескере отырып, мынадай параметрлер бойынша айқындалады:</w:t>
+    <w:bookmarkStart w:name="z75" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды баға калибрлеу сессиясы мүшелерінің басым дауысымен қабылданады және тиісті хаттамамен рәсімделеді. Кадрлық саясат департаменті хаттамаға қол қойылған күннен бастап үш жұмыс күн ішінде оның ақпараттық жүйеге (техникалық мүмкіндік болған жағдайда) орналастырылуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:p>
-[...85 lines deleted...]
-        <w:t xml:space="preserve"> 4-тарау. 360 әдісі бойынша бағалау тәртібі</w:t>
+    <w:bookmarkStart w:name="z76" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Калибрлеу сессиясының нәтижелері бойынша бағалаушы адам бағаланатын қызметшімен кездесу өткізеді және қорытынды бағалау нәтижесі туралы кері байланысты ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z75" w:id="75"/>
-[...15 lines deleted...]
-      33. 360 әдісі бойынша бағалау жылына бір рет ақпараттық жүйеде жасырын жүргізіледі. Бұл ретте техникалық мүмкіндік болмаған жағдайда бағалау қағаз тасымалдағышта жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кездесу кезінде мынадай мәселелер талқыланады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:p>
-[...73 lines deleted...]
-      34. 360 әдісімен бағалау кезінде бағаланатын адамдардың санаттарына байланысты мынадай құзыреттер бағаланады:</w:t>
+    <w:bookmarkStart w:name="z78" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағаланатын кезеңдегі жетістіктеріне шолу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:p>
-[...411 lines deleted...]
-      35. Сауалнамаға қатысатын адамдардың саны әрбір бағаланатын адам үшін ақпараттық жүйемен немесе ол болмаған жағдайда Персоналды дамыту департаменті дербес анықтайтын үш адамнан кем болмауы және жеті адамнан артық болмауы тиіс.</w:t>
+    <w:bookmarkStart w:name="z79" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      машықтар мен құзыреттердің дамуына шолу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:p>
-[...145 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысандағы 360 бағалау нәтижелері бойынша кері байланыс ұсынуды ұйымдастырады. Персоналды дамыту қызметімен біліктілігін арттыру семинарлары мен қайта даярлау курстары тақырыптарын қалыптастыру кезінде 360 әдісімен бағалау қорытындылары, оның ішінде қызметшінің ең аз анықталған құзыреттері ескеріледі.</w:t>
+    <w:bookmarkStart w:name="z80" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызметкердің әлеуетін шолу және мансаптық мақсатын талқылау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z79" w:id="79"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 5-тарау. Калибрлеу сессияларын өткізу және кері байланыс ұсыну тәртібі</w:t>
+    <w:bookmarkStart w:name="z81" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалаушы адам кездесу кезінде ашық және достық қалыптағы диалогты қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z80" w:id="80"/>
-[...1306 lines deleted...]
-    <w:bookmarkEnd w:id="129"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4809,5956 +2362,368 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Энергетика министрлігінің</w:t>
+              <w:t>Энергетика министрлігінің "Б"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Б" корпусы мемлекеттік</w:t>
+              <w:t>корпусы мемлекеттік әкімшілік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әкімшілік қызметшілерінің</w:t>
+              <w:t>қызметшілерінің қызметін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметін бағалау әдістемесіне</w:t>
+              <w:t>бағалаудың әдістемесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
-            </w:r>
-[...128 lines deleted...]
-              <w:t>қолы ____________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z131" w:id="130"/>
-[...5680 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы лауазымды атқаратын адамның бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z84" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік органды көрсете отырып, бағаланатын адамның Т.А.Ә., лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z85" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z86" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (бағаланатын кезең)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z87" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z88" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік органды көрсете отырып, бағалайтын қызметшінің Т.А.Ә., лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z89" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z90" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі – </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z91" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бағалау) мақсатында Сізге өз әріптестеріңізді 5 баллдық шкала бойынша бағалауды </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z92" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ұсынамыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z93" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағаларды объективті түрде, жеке ұнатуларсыз/ұнатпауларсыз қою керек.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z94" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z95" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстылығын арттыра аласыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -10772,277 +2737,253 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Параметрлер</w:t>
+Параметрлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Критерийлер</w:t>
+Бағалау (0-ден* 5 баллға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z96" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Бағалау (1-ден 5 баллға дейін)</w:t>
+Түсіндірме</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="93"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(қалауы бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Негіздеме</w:t>
+Толтыру кезінде түсініктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Функционалдық міндеттерді орындау сапасы*</w:t>
+1. Жетекшілік ететін бөлімшелерде (жетекшілік ететін қызметшілердің) міндеттердің сапалы орындалуын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11050,140 +2991,188 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z97" w:id="94"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мыналар есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="94"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-жетекшілік ететін бөлімшелердегі міндеттер мен тапсырмаларды сапалы орындау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-мемлекеттік органның бағалау әдістемесінде көзделген осы параметр бойынша негізделген ескертулердің, қайтарулардың, шағымдардың немесе өзге де фактілердің болмауы.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Міндеттерді орындау мерзімдерін сақтау</w:t>
+2. Жетекшілік ететін бөлімшелерде (жетекшілік ететін қызметшілердің) міндеттердің орындалу мерзімдерінің сақталуын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11191,140 +3180,188 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z99" w:id="95"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мыналар есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="95"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-орындаудың жеделдігі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-мемлекеттік органның бағалау әдістемесінде көзделген осы параметр бойынша құжаттарды, тапсырмаларды, міндеттерді орындау мерзімдерін бұзудың немесе өзге де фактілердің болмауы.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Дербестік және бастамашылық.</w:t>
+3. Көшбасшылық және шешім қабылдау дағдылары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11332,140 +3369,300 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z101" w:id="96"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мыналар есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="96"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-команданы басқаруды және командалық нәтиже үшін жауапкершілікті өз мойнына ала білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-мақсаттар мен міндеттерді нақты белгілей білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-жеке мысал арқылы тиімді қарым-қатынас және оң командалық климат құру арқылы команданы ынталандыра білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-белгісіздік жағдайында тиімді әрекет ете білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-ықтимал тәуекелдерді ескере отырып, міндеттерді шешудің бірнеше нұсқаларын ұсына білу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Еңбек тәртібін сақтау</w:t>
+4. Бағалаушы адамның еңбек тәртібін сақтауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11473,104 +3670,267 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z107" w:id="97"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мыналар есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="97"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-кешігудің болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-себепсіз жұмыстан мерзімінен бұрын шығудың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-қызметтік әдеп бұзушылықтардың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-ақпараттық қауіпсіздік талаптарын сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-мемлекеттік органның регламентің немесе мемлекеттік органның бағалау әдістемесінде осы параметр бойынша көзделген өзге де фактілерді сақтау.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Орташа қорытынды баға</w:t>
+5. Тәртіптік жазалардың болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11594,126 +3954,537 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z113" w:id="98"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын тоқсанда қолданылған тәртіптік жазалар ескеріледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="98"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мынадай тәртіптік жаза болған жағдайда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-ескерту, сөгіс, қатаң сөгіс түрлеріндегі баға 2,99 баллдан аспауы керек;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-жазаның өзге де түрлері түріндегі, оның ішінде мемлекеттік қызметке кір келтіретін теріс қылықтары үшін баға 1,99 баллдан аспауы тиіс.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа қорытынды баға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z140" w:id="136"/>
-[...36 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z116" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: орташа қорытынды бағаны есептеу үшін қойылған бағалар сомасын</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағаланатын параметрлер санына бөлу керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z117" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * бағалаудың 0 баллы қызметші бағалау параметрін толық орындамаған жағдайда</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z118" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалау нәтижесі: _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z119" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (функционалдық міндеттерін тиімді атқарады, функционалдық міндеттерін тиісті </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z120" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      түрде атқарады, функционалдық міндеттерін қанағаттанарлық түрде атқарады, </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z121" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z122" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қызметшінің бағалау нәтижесі орташа қорытынды бағаның негізінде қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z123" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолы ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z124" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (электрондық цифрлық қолтаңба арқылы куәландырылған)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z125" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11747,237 +4518,393 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Б" корпусы мемлекеттік</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әкімшілік қызметшілерінің</w:t>
+              <w:t>Энергетика министрлігінің "Б"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметін бағалау әдістемесіне</w:t>
+              <w:t>корпусы мемлекеттік әкімшілік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5-қосымша</w:t>
+              <w:t>қызметшілерінің қызметін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағалаудың әдістемесіне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z142" w:id="137"/>
-[...140 lines deleted...]
-      Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет. Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстығын арттыра аласыз.</w:t>
+    <w:bookmarkStart w:name="z127" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы лауазымды атқармайтын адамның бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z128" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік органды көрсете отырып, бағаланатын адамның Т.А.Ә., лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z129" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z130" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (бағаланатын кезең)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z131" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z132" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік органды көрсете отырып, бағалайтын қызметшінің Т.А.Ә., лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z133" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z134" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау (бұдан әрі –</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бағалау) мақсатында Сізге өз әріптестеріңізді 5 баллдық шкала бойынша бағалауды </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ұсынамыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z135" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағаларды объективті түрде, жеке ұнатуларсыз/ұнатпауларсыз қою керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z136" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сауалнаманы басынан аяғына дейін алаңдамай толтыру қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z137" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осылайша, Сіз уақытты үнемдей аласыз және нәтижелердің дұрыстылығын арттыра</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аласыз.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -11993,16430 +4920,1586 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>№ р/р</w:t>
+Параметрлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Құзыреттердің атауы</w:t>
+Бағалау (0*-ден 5 баллға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z138" w:id="120"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Құзыреттер бойынша сұрақтар</w:t>
+Түсіндірме</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="120"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(қалауы бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9416 lines deleted...]
-              <w:t>Паутинка</w:t>
+Толтыру кезінде түсініктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+1.Функционалдық міндеттерді орындау сапасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның бағалау әдістемесімен көзделген осы параметр бойынша негізделген ескертулердің, қайтарулардың, шағымдардың немесе өзге де фактілердің болмауы.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+2. Міндеттерді орындау мерзімдерін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:bookmarkStart w:name="z139" w:id="121"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мыналар есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="121"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-осы параметр бойынша құжаттарды, тапсырмаларды, міндеттерді орындау мерзімдерінің бұзылмауы немесе осы параметр бойынша мемлекеттік органның әдістемесінде айқындалған өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+3. Дербестік және бастамашылдық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:bookmarkStart w:name="z140" w:id="122"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мыналар есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="122"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-функционалдық міндеттерді жоғары деңгейде дербес орындай алуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-жетекшілік ететін қызмет саласын жақсартуға бағытталған тәсілдерді, ұсыныстарды пысықтаудағы бастамашылдық;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-жетекшілік ететін міндеттерді шешуге қатысу және белсенділігі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-осы параметр бойынша мемлекеттік органның бағалау әдістемесінде көзделген өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+4. Еңбек тәртібін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:bookmarkStart w:name="z144" w:id="123"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мыналар есепке алынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="123"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-кешігудің болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-себепсіз жұмыстан мерзімінен бұрын шығудың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-қызметтік әдеп бұзушылықтардың болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-ақпараттық қауіпсіздік талаптарын сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-мемлекеттік құпияларды қамтамасыз ету жөніндегі талаптарды сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-мемлекеттік органның регламентің сақтау мемлекеттік органның бағалау әдістемесінде көзделген осы параметр бойынша өзге де фактілер.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+5. Тәртіптік жазалардың болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:bookmarkStart w:name="z150" w:id="124"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын тоқсанда қолданылған тәртіптік жазалар ескеріледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="124"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мынадай тәртіптік жаза болған жағдайда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-ескерту, сөгіс, қатаң сөгіс түрлеріндегі баға 2,99 баллдан аспауы керек;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-жазаның өзге де түрлері түріндегі, оның ішінде мемлекеттік қызметке кір келтіретін теріс қылықтары үшін баға 1,99 баллдан аспауы тиіс.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+Орташа қорытынды баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...16 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...701 lines deleted...]
-          <w:p/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...175 lines deleted...]
-    <w:bookmarkStart w:name="z148" w:id="140"/>
+    <w:bookmarkStart w:name="z153" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: Орташа қорытынды бағаны есептеу үшін қойылған бағалар сомасын бағаланатын параметрлер санына бөлу керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z154" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * бағалаудың 0 баллы қызметші бағалау параметрін толық орындамаған жағдайда қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z155" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалау нәтижесі: _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z156" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (функционалдық міндеттерін тиімді атқарады, функционалдық міндеттерін тиісті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z157" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...5161 lines deleted...]
-    </w:p>
+      түрде атқарады, функционалдық міндеттерін қанағаттанарлық түрде атқарады, </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z158" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      функционалдық міндеттерін қанағаттанарлықсыз түрде атқарады).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z159" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызметшінің бағалау нәтижесі орташа қорытынды бағаның негізінде қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z160" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолы ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z161" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (электрондық цифрлық қолтаңба арқылы куәләндырылған)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z162" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -28454,55 +6537,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>