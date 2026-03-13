--- v0 (2025-10-15)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8eab94b" w14:textId="8eab94b">
+    <w:p w14:paraId="1c6e1c5" w14:textId="1c6e1c5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1032,74 +1032,136 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) патенттiк сенiм бiлдiрiлген өкiл - Қазақстан Республикасының заңнамасына сәйкес уәкiлеттi орган мен сараптама жасау ұйымы алдында жеке және заңды тұлғалардың өкiлi болу құқығы берiлген Қазақстан Республикасының азаматтары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сараптама ұйымы - Қазақстан Республикасы Әділет министрлігінің "Ұлттық зияткерлік меншік институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны;</w:t>
+      4) сараптама ұйымы – Қазақстан Республикасы Әділет министрлігі Зияткерлік меншік құқықтары комитетінің "Ұлттық зияткерлік меншік институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) тараптар - Апелляциялық кеңесте қарсылықтарды қарауға қатысушы жеке және (немесе) заңды тұлғалар, сондай-ақ патенттік сенім білдірілген өкілдер.</w:t>
+      5) тараптар – Апелляциялық кеңесте қарсылықтарды қарауға қатысатын жеке және (немесе) заңды тұлғалар, оның ішінде патенттік сенім білдірілген өкілдер, заң консультанттары, адвокаттар немесе сенімхат бойынша өзге де өкілдер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Апелляциялық кеңестің негізгі құқықтары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1208,138 +1270,118 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Апелляциялық кеңестің қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Апелляциялық кеңестің құрамы Қазақстан Республикасының Әділет министрінің (не оның орнын алмастыратын тұлғаның) бұйрығымен бекітіледі.</w:t>
+      6. Апелляциялық кеңестің құрамы Қазақстан Республикасы Әділет министрінің (не оның орнын алмастыратын тұлғаның) бұйрығымен бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Апелляциялық кеңестің құрамына кәсіпкерлік жөніндегі, агроөнеркәсіптік кешенді дамыту саласындағы, селекциялық жетістіктерді қорғау саласындағы, өнертабыстарды, пайдалы модельдер мен өнеркәсіптік үлгілерді қорғау саласындағы, ғылым, инновациялық қызметті мемлекеттік қолдау, ақпарат және қоғамдық даму, денсаулық сақтау саласындағы және тауар белгілерін, тауар шығарылған жерлердің атауларын қорғау саласындағы уәкілетті органдардың, сондай-ақ көрсетілген уәкілетті органдардан қоғамдық кеңестердің өкілдерін қоса алғанда, мүшелердің тақ саны (кемінде бесеуі) кіруге тиіс.</w:t>
+      Апелляциялық кеңестің құрамына кәсіпкерлік жөніндегі, агроөнеркәсіптік кешенді дамыту саласындағы, селекциялық жетістіктерді қорғау саласындағы, өнертабыстарды, пайдалы модельдерді және өнеркәсіптік үлгілерді қорғау саласындағы, ғылым, инновациялық қызметті мемлекеттік қолдау, ақпарат және қоғамдық даму, денсаулық сақтау саласындағы және тауар белгілерін, географилық нұсқамаларды және тауарлар шығарылған жерлердің атауларын қорғау саласындағы уәкілетті органдардың өкілдерін қоса алғанда, тақ санды (кемінде бес) мүше кіреді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-тармаққа өзгеріс енгізілді – ҚР Әділет министрінің 23.09.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 404</w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 26.08.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1608,54 +1650,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Апелляциялық кеңес отырыстарының материалдары төрағамен келісілгеннен кейін отырысқа дейін бес жұмыс күннен кешіктірілмей Апелляциялық кеңес алқасының әрбір мүшесіне хабарланады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Апелляциялық кеңестің жұмыс органының функциялары Министрліктің Зияткерлік меншік құқығы департаментінің Апелляциялық кеңестің, тауар таңбасын жалпыға бірдей белгілі деп тану, аттестациялық және апелляциялық комиссиялардың қызметін қамтамасыз ету жөніндегі басқармасына жүктеледі.</w:t>
+      12. Апелляциялық кеңестің жұмыс органының функциялары Министрліктің Зияткерлік меншік құқығы комитетінің Өнеркәсіптік меншік саласындағы дауларды сотқа дейін қарастыру басқармасына жүктеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Апелляциялық кеңестің функциялары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z44" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2386,54 +2490,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Апелляциялық кеңес қарсылықты мәлiмдеушiнiң өтiнiшхаты бойынша қарсылықты қараусыз қалдыра алады. Қарсылықты қараусыз қалдыру туралы шешiм апелляциялық кеңес отырысының хаттамасымен ресiмделедi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkStart w:name="z63" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Қабылданған шешiмге сотқа шағым жасалуы мүмкiн.</w:t>
+      23. Қабылданған шешімге сотқа шағым жасалуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z64" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Апелляциялық кеңес, егер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:bookmarkStart w:name="z65" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2519,55 +2685,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2893,31 +3059,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>