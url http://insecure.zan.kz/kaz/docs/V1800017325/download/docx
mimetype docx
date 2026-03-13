--- v0 (2025-10-12)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bc75c15" w14:textId="bc75c15">
+    <w:p w14:paraId="3d17564" w14:textId="3d17564">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,51 +152,156 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы бұйрық 23.09.2018 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Кіріспе жаңа редакцияда көзделген - ҚР Әділет министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Авторлық құқық және сабақтас құқықтар туралы" 1996 жылғы 10 маусымдағы Қазақстан Республикасы Заңының 9-1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -241,521 +346,520 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Әділет министрінің 19.03.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 104</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мыналар бекітілсін:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...81 lines deleted...]
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Авторлық құқықпен қорғалатын объектілерге құқықтардың мемлекеттік тізіліміне мәліметтерді және оларға өзгерістерді енгізу қағидалары осы бұйрықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Авторлық құқықпен қорғалатын объектілерге құқықтардың мемлекеттік тізіліміне ақпарат енгізу туралы куәліктің нысаны.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармаққа өзгеріс енгізілді – ҚР Әділет министрінің 19.03.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 104</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Әділет министрлігінің Зияткерлік меншік құқығы департаменті:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелген күннен бастап күнтізбелік он күн ішінде ресми жариялануы үшін және Қазақстан Республикасының нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрықты Қазақстан Республикасы Әділет министрлігінің ресми интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармаққа өзгеріс енгізілді – ҚР Әділет министрінің 19.03.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 104</w:t>
+        <w:t xml:space="preserve">      4) алып тасталды - ҚР Әділет министрінің 15.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...76 lines deleted...]
-      3) осы бұйрықты Қазақстан Республикасы Әділет министрлігінің ресми интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Әділет министрінің 30.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 819</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасы Әділет Вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:p>
-[...141 lines deleted...]
-      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасы Әділет Вице-министріне жүктелсін.</w:t>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрық 2018 жылғы 23 қыркүйектен бастап қолданысқа енгізіледі және ресми жариялануға жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -999,125 +1103,229 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 1315 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидалар жаңа редакцияда көзделген - ҚР Әділет министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Авторлық құқықпен қорғалатын объектілерге құқықтардың мемлекеттік тізіліміне мәліметтерді және олардың өзгерістерін енгізу қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағида жаңа редакцияда – ҚР Әділет министрінің 19.03.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="11"/>
+    <w:bookmarkStart w:name="z63" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Авторлық құқықпен қорғалатын объектілерге құқықтардың мемлекеттік тізіліміне мәліметтерді және оларға өзгерістерді енгізу қағидаттары (бұдан әрі - Қағидаттар) "Авторлық құқық және сабақтас құқықтар туралы" 1996 жылғы 10 маусымдағы Қазақстан Республикасы Заңының (бұдан әрі - Заң) 9-1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1152,439 +1360,439 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленген және Авторлық құқықпен қорғалатын объектілерге құқықтардың мемлекеттік тізіліміне (бұдан әрі - Тізілім) мәліметтерді және оларға өзгерістерді енгізу тәртібін белгілейді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда пайдаланылатын негізгі ұғымдар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) автор – шығармашылық еңбегімен ғылым, әдебиет, өнер туындысын жасаған жеке тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) алып тасталды - ҚР Әділет министрінің 15.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік көрсетілетін қызмет – көрсетілетін қызметті алушылардың өтініш жасауы бойынша немесе өтініш жасауынсыз жеке тәртіппен жүзеге асырылатын және олардың құқықтарын, бостандықтары мен заңды мүдделерін іске асыруға, оларға тиісті материалдық немесе материалдық емес игіліктер беруге бағытталған жекелеген мемлекеттік функцияларды іске асыру нысандарының бірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жеке кабинет – көрсетілетін қызметті алушының Авторлық құқықпен қорғалатын объектілерге құқықтардың мемлекеттік тізіліміне мәліметтерді және оларға өзгерістерді енгізу үшін өтініш беруге арналған электрондық кабинеті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Тізілім – авторлардың өтініштері негізінде енгізілген авторлық құқықпен қорғалатын объектілерге құқықтар туралы мәліметтерді қамтитын ақпараттық жүйе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) куәлік – Авторлық құқықпен қорғалатын объектілерге құқықтардың мемлекеттік тізіліміне мәліметтердің енгізілуін растайтын құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) көрсетілетін қызметті беруші – өз қызметінде уәкілетті органға ведомстволық бағынысты, Қазақстан Республикасы Үкіметінің шешімі бойынша шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорынның ұйымдық құқықтық нысанында құрылған ұйым;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) электрондық цифрлық қолтаңба (бұдан әрі – ЭЦҚ) – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың дұрыстығын, оның тиесiлiлiгi мен мазмұнының өзгерместігін растайтын электрондық цифрлық символдардың жинағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Әділет министрінің 30.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 819</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Әділет министрінің 15.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызмет көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
-[...15 lines deleted...]
-      2. Осы Қағидаларда пайдаланылатын негізгі ұғымдар:</w:t>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттік қызметті Қазақстан Республикасы Әділет министрлігінің "Ұлттық зияткерлік меншік институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:p>
-[...307 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Тізілімге мәліметтер енгізу үшін негіз ретінде автордың жеке өзі немесе нотариат куәландырған сенімхаттың электрондық көшірмесін ұсына отырып өзге өкілінің (бұдан әрі – көрсетілетін қызметті беруші) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Авторлық құқықпен қорғалатын объектілерге құқықтардың мемлекеттік тізіліміне мәліметтерді енгізу туралы өтініш беруі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы көрсетілетін қызметті берушіге "электрондық үкімет" веб-порталы (бұдан әрі – веб-портал) арқылы төмендегілерді жібереді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1751,90 +1959,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Процесс сипаттамаларын, қызмет көрсету нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктері есебімен өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптары осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Авторлық құқықпен қорғалатын объектілерге құқықтардың мемлекеттік тізіліміне мәліметтерді және олардың өзгерістерін енгізу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінде келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1853,108 +2061,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Мемлекеттік қызмет көрсету барысында басқарма басшысы және (немесе) басқарма басшысының орынбасары өтінішті және құжаттарды басқарма қызметкеріне өтініш берілгеннен кейін 2 (екі) жұмыс сағаты ішінде жазып тапсырады. Көрсетілетін қызметті беруші басқармасының қызметкері 7 (жеті) жұмыс сағаты ішінде өтініш пен құжаттарды қарайды және мемлекеттік қызмет көрсету нәтижесін ресімдейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарма басшысы немесе көрсетілетін қызметті беруші басшысының орынбасары мемлекеттік қызмет көрсету нәтижесін келіседі. Көрсетілетін қызметтті берушінің басшысы 1 (бір) сағат ішінде мемлекеттік қызмет көрсету нәтижесіне қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Мәліметтерді Тізілімге енгізгені үшін көрсетілетін қызметті беруші уәкілетті органның www.adilet.gov.kz және көрсетілетін қызметті берушінің www.kazpatent.kz ресми сайттарында орналастырылатын Авторлық құқықпен қорғалатын объектілерге құқықтардың мемлекеттік тізіліміне мәліметтерді енгізу бөлігінде көрсетілетін қызметтерге арналған бағаларға (бұдан әрі-Бағалар) сәйкес веб – порталдың жеке кабинеті арқылы жүзеге асыратын көрсетілетін қызметті алушыдан ақы алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қажет болған жағдайда өтініш беруші ақы мөлшерін азайтудың негізін растайтын құжаттың көшірмесін ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2533,110 +2741,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Заңның 9-1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бөлек тең авторлықпен шығарылған туындыларға авторлық құқықтар туралы мәліметтер тең авторлардың кез келгені оны өзінің өтінішінде көрсеткен жағдайда Тізілімге бөлек енгізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z69" w:id="22"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z69" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-1. Осы Қағидаларға өзгерістер және (немесе) толықтырулар енгізілген кезде уәкілетті орган "электрондық үкіметтің" ақпараттық - коммуникациялық инфрақұрылым операторына, Бірыңғай байланыс орталығына, көрсетілетін қызметті берушіге тиісті нормативтік құқықтық актіні әділет органдарында мемлекеттік тіркеуден өткізгеннен кейін үш жұмыс күні ішінде осындай өзгерістер және (немесе) толықтырулар туралы ақпаратты жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2655,456 +2863,456 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Заңның 9-1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Тізілімге бір жеке немесе заңды тұлғалардың тауарларын (көрсететін қызметтерін) басқа жеке немесе заңды тұлғалардың біртектес тауарларынан (көрсететін қызметтерінен) ажыратуға қызмет ететін (арналған) туындыларға құқықтар туралы мәліметтер енгізілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Заңның 9-1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес құжаттардың көшірмелері, тиісті туындының бір данасы және (немесе) оның сипаттамасы Қазақстан Республикасының заңдарында белгіленген жағдайларды қоспағанда, үшінші тұлғаларға автордың келісімімен беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Мәліметтер Тізілімге автор өтінішті алған күннен кейінгі келесі 1 (бір) жұмыс күні ішінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Тізілімге енгізілген мәліметтердің негізінде 7 (жеті) жұмыс сағаты ішінде осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Тізілімге мәліметтердің енгізілгені туралы куәлік беріледі. Куәлік мемлекеттік және орыс тілдерінде толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынбаған және Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-1-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптары сақталмаған жағдайда көрсетілетін қызметті беруші 7 (жеті) жұмыс сағаты ішінде Тізілімге мәліметтерді енгізуден уәжді бас тартуды жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Тізілімде өтініш берушінің өтініші алынған күннен бастап бір жұмыс күні ішінде енгізілген мәліметтердің тиесілігін, сипатын немесе мазмұнын өзгертпейтін техникалық сипаттағы қателерді түзетуге болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте техникалық сипаттағы қателерді түзетумен байланысты өзгерістерді Тізілімге енгізу көрсетілетін қызметті беруші осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Тізілімге мәліметтерді енгізу туралы өтінішті немесе заңды күшіне енген сот шешімін алған күннен кейінгі келесі 1 (бір) жұмыс күні ішінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="29"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының мемлекеттік қызмет көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының мемлекеттік қызмет көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану көрсетілетін қызметті берушінің басшысы атына уәкілетті органның www.adilet.gov.kz (телефон: 8 (7172) 55-87-35) және көрсетілетін қызметті берушінің www.kazpatent.kz (телефон: 8 (7172) 55-16-37) интернет-ресурстарында электрондық форматта, сондай-ақ Нұр-Сұлтан қаласы, Мәңгілік Ел даңғылы, 57А мекенжайы бойынша көрсетілетін қызметті берушінің және Нұр-Сұлтан қаласы, Мәңгілік Ел даңғылы, 8, Министрліктер үйі 13-кіреберіс мекенжайы бойынша Қазақстан Республикасы Әділет министрлігінің кеңсесі арқылы поштамен не қолма-қол жазбаша нысанда шағым жасау арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті берушінің кеңсесінде шағымды қабылдаған адамның тегі мен аты-жөнін көрсетіп, оны тіркеу (мөртабан, кіріс нөмірі мен күні) шағымды қабылдауды растау болып табылады. Шағымға көрсетілетін қызметті алушы қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Веб-портал арқылы шағымдану тәртібі туралы ақпаратты Бірыңғай байланыс-орталығының 1414, 8-800-080-7777 телефондары арқылы алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы ол тіркелген күннен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады. Шағымды қарау нәтижелері туралы уәжді жауап көрсетілетін қызметті алушыға пошта арқылы жіберіледі не көрсетілетін қызметті берушінің кеңсесінде қолма-қол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет көрсету нәтижелерімен келіспеген жағдайда көрсетілетін қызметті алушы көрсетілетін қызметті берушіге және (немесе) Қазақстан Республикасының Әділет министрлігіне, сондай-ақ мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға шағымымен жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушылардың шағымдары тіркелген күннен бастап 15 (он бес) жұмыс күні ішінде қаралады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Мемлекеттік көрсетілген қызметтің нәтижелерімен келіспеген жағдайларда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z35" w:id="30"/>
-[...128 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3443,68 +3651,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тел._________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Авторлық құқықпен қорғалатын объектілерге құқықтардың мемлекеттік тізіліміне мәліметтерді енгізу туралы Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мен (Біз) __________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3897,68 +4105,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өзгерістерді енгізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Авторлық құқықпен қорғалатын объектілерге құқықтардың мемлекеттік тізіліміне мәліметтер мен олардың өзгерістерін енгізу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тақырыбы жаңа редакцияда - ҚР Әділет министрінің 30.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5913,68 +6121,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Авторлық құқықпен қорғалатын объектілерге құқықтардың мемлекеттік тізілімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -6893,68 +7101,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тел._________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Авторлық құқықпен қорғалатын объектілерге құқықтардың мемлекеттік тізіліміндегі мәліметтерге өзгерістерді енгізу туралы Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мен (Біз) _________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7377,68 +7585,172 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z62" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Куәлік нысаны жаңа редакцияда көзделген - ҚР Әділет министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Авторлық құқықпен қорғалатын объектілерге құқықтардың мемлекеттік тізілімге мәліметтерді енгізу туралы  КУӘЛІК</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Нысан жаңа редакцияда – ҚР Әділет министрінің 19.03.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7764,55 +8076,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -8138,31 +8450,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>