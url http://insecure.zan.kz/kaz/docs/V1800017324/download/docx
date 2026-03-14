--- v0 (2025-10-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ab62dff" w14:textId="ab62dff">
+    <w:p w14:paraId="edc2b30" w14:textId="edc2b30">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -929,51 +929,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Апелляциялық кеңес – Қазақстан Республикасы Әділет министрлігінің жанындағы алқалы орган;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) қорғау құжаттары – Қазақстан Республикасының зияткерлік меншік саласындағы заңдарына сәйкес берілетін құжаттар (өнертабыстарға патент, өнеркәсіптік үлгілерге, пайдалы модельдерге, тауар таңбаларына, қызмет көрсету таңбаларына, тауар шығарылған жердің атауына куәліктер, селекциялық жетістіктерге патенттер);</w:t>
+      2) қорғау құжаттары – Қазақстан Республикасының зияткерлік меншік саласындағы заңдарына сәйкес берілетін құжаттар (өнертабыстарға, өнеркәсіптік үлгілерге, пайдалы модельдерге патенттер, селекциялық жетістіктерге патенттер, тауар белгілеріне, қызмет көрсету белгілеріне куәліктер, географиялық нұсқамаларды, тауарлар шығарылған жерлердің атауларын пайдалану құқығына куәліктер);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Мадрид келісімі – 1891 жылғы 14 сәуірдегі Таңбаларды халықаралық тіркеу туралы Мадрид келісімі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -983,143 +983,123 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Мадрид келісіміне хаттама – 1989 жылғы 28 маусымдағы Таңбаларды халықаралық тіркеу туралы Мадрид келісіміне хаттама;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) өнеркәсіптік меншік объектілері – өнертабыстар, пайдалы модельдер, өнеркәсіптік үлгілер, тауар таңбалары мен қызмет көрсету таңбалары, тауар шығарылған жердің атаулары, селекциялық жетістіктер;</w:t>
+      5) өнеркәсіптік меншік объектілері – өнертабыстар, пайдалы модельдер, өнеркәсіптік үлгілер, тауар белгілері мен қызмет көрсету белгілері, географиялық нұсқамалар, тауарлар шығарылған жерлердің атаулары, селекциялық жетістіктер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) өтініш беруші - Апелляциялық кеңес қарсылық берген тұлға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) патенттік сенім білдірілген өкіл – Қазақстан Республикасының аумағында тұрақты тұратын, жоғары білімі, зияткерлік меншік құқықтарын сақтау және қорғау саласында кемінде төрт жыл жұмыс тәжірибесі бар немесе патенттік сенім білдірілген өкілдер палатасында кемінде бір жыл тағылымдамадан өткен, аттестаттаудан өткен және патенттік сенім білдірілген өкілдер тізілімінде тіркелген, әрекетке қабілетті азаматы.</w:t>
-[...55 lines deleted...]
-      9) тараптар – Апелляциялық кеңесте қарсылықтарды қарауға қатысатын жеке және (немесе) заңды тұлғалар;</w:t>
+      7) патенттік сенім білдірілген өкіл – Қазақстан Республикасының заңнамасына сәйкес уәкiлеттi орган мен сараптама ұйымы алдында жеке және заңды тұлғалардың өкiлi болу құқығы берiлген Қазақстан Республикасының азаматы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) сараптама ұйымы – Қазақстан Республикасы Әділет министрлігі Зияткерлік меншік құқықтары комитетінің "Ұлттық зияткерлік меншік институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) тараптар – Апелляциялық кеңесте қарсылықтарды қарауға қатысатын жеке және (немесе) заңды тұлғалар, оның ішінде патенттік сенім білдірілген өкілдер, заң консультанттары, адвокаттар немесе сенімхат бойынша өзге де өкілдер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) уәкілетті орган – Қазақстан Республикасының Әділет министрлігі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -1132,50 +1112,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Әділет министрінің 31.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 736</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1808,54 +1808,116 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z36" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Қарсылық Апелляциялық кеңеске еркін жазбаша нысанда қазақ және орыс тілдерінде уәкілетті органның кеңсесі арқылы жіберіледі. Қарсылыққа қоса тіркелген құжаттар қазақша және орыс тілдерде ұсынылады.</w:t>
+      7. Қарсылық және оған қоса берілетін материалдар Апелляциялық кеңеске уәкілетті органның кеңсесі арқылы қазақ немесе орыс тілдерінде қағаз немесе электрондық форматта еркін жазбаша нысанда ұсынылады. Қарсылық әрбір өнеркәсіптік меншік объектісі бойынша жеке беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z37" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қарсылықта қарсылық берген жеке тұлғаның тегі, аты, әкесінің аты (болған жағдайда) және заңды тұлғаның атауы, олардың тұратын немесе орналасқан жері, байланыс телефоны, электрондық мекен-жайы, сондай-ақ хат алысу үшін мекен-жайы көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z38" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1888,110 +1950,234 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қарсылықтың мәтінінде сілтеме жасалатын материалдар қоса беріледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z40" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) қарсылықты патенттік сенім білдірілген өкіл немесе өзге өкіл арқылы берген жағдайда сенімхат. Сенімхат мемлекеттік және орыс тілдерінде беріледі, егер сенімхат шет ел тілінде берілсе, онда оның нотариус растаған қазақ және орыс тілдеріндегі аудармасы ұсынылуға тиіс. Сенімхаттың көшірмесін ұсынған жағдайда, өтініш беруші Апелляциялық кеңеске келген кезде сенімхаттың түпнұсқасын ұсынады (түпнұсқалылығы расталғаннан кейін сенімхаттың түпнұсқасы қайтарылуға жатады);</w:t>
+      2) қарсылық патенттік сенім білдірілген өкіл, заң консультанты, адвокат немесе өзге де өкіл арқылы берілген жағдайда, заңнамада белгіленген тәртіппен берілген сенімхат. Сенімхатта қарсылықты, толықтыруларды, оның ішінде қарсылықты қарау мерзімін ұзарту, Апелляциялық кеңестің отырыс өткізу күнін ауыстыру және қарсылықты кері қайтарып алу туралы өтінішхаттар мен өтініштерді беру, сондай-ақ Апелляциялық кеңестің отырысына қатысу өкілеттіктері көрсетіледі. Сенімхат қазақ немесе орыс тілінде ұсынылады, ал сенімхат шет ел тілінде берілген жағдайда, оның қазақ немесе орыс тіліндегі нотариаттық куәландырылған аудармасы ұсынылады. Сенімхаттың көшірмесі ұсынылған жағдайда, өтініш беруші Апелляциялық кеңеске келген кезде сенімхаттың түпнұсқасын ұсынады (түпнұсқалық расталғаннан кейін сенімхаттың түпнұсқасы қайтарылуға жатады);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z41" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) иесі (құқық иеленуші) үшін құжаттармен қарсылықтың көшірмесі қоса берілген қоса тіркеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармаққа өзгеріс енгізілді - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z42" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Қарсылыққа қарсылық беруші тұлға қол қояды. Заңды тұлға атынан қарсылыққа ұйым басшысы немесе лауазымын көрсете отырып уәкілетті тұлға қол қояды.</w:t>
+      10. Қарсылыққа қарсылық білдірген тұлға қол қояды және қол қойылған күні көрсетіледі. Заңды тұлға атынан қарсылыққа лауазымын көрсете отырып ұйымның басшысы немесе уәкілетті тұлға қол қояды. Қарсылыққа мұндай тұлғаның лауазымы мен өкілеттіктерін растайтын құжаттардың көшірмелері де қоса беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қарсылық патенттік сенім білдірілген өкіл немесе өзге өкіл арқылы берілген жағдайда қарсылыққа тиісінше патенттік сенім білдіруші немесе өкіл қол қояды.</w:t>
+      Қарсылық патенттік сенім білдірілген өкіл, заң консультанты, адвокат немесе сенімхат бойынша өзге де өкіл арқылы берілсе қарсылыққа тиісінше патенттік сенім білдірілген өкіл, заң консультанты, адвокат немесе сенімхат бойынша өзге де өкіл қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z43" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Қарсылықтарды тіркеу және қабылдау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z44" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2878,126 +3064,144 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті органның және сараптама жасау ұйымының қызметкерлері аталған тұлғалардың өкілдері бола алмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z58" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Апелляциялық кеңес отырыс өткізілетін күнді мынадай:</w:t>
+      19. Апелляциялық кеңес отырыс өткізілетін күнді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) тараптар, қарсылықты өзінің қатысуынсыз қарау туралы өтінішхатын берген жағдайды қоспағанда, келмеген;</w:t>
-[...17 lines deleted...]
-      2) өтініш беруші қосымша дәлелдемелерді ұсыну үшін уақыттың қажеттігі туралы өтінішхат берген.</w:t>
+      1) қарсылықты өздерінің қатысуынсыз қарау туралы өтінішхаттарды берген жағдайды қоспағанда тараптар келмеген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тараптардың қосымша дәлелдемелерді ұсынуы қажет екені туралы өтінішхат берген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тараптардың дәлелдерін және (немесе) қарсылыққа байланысты мән-жайларды қосымша зерделеу қажет болған жағдайларда ауыстырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда - ҚР Әділет министрінің 31.08.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 736</w:t>
+        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -3594,54 +3798,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Апелляциялық кеңес қарсылықты мәлімдеушінің өтінішхаты бойынша қарсылықты қараусыз қалдырады. Қарсылықты қараусыз қалдыру туралы шешім апелляциялық кеңес отырысының хаттамасымен ресімделеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z67" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27. Қабылданған шешімге Қазақстан Республикасының азаматтық заңнамасына сәйкес сотқа шағым жасалуы мүмкін.</w:t>
+      27. Қабылданған шешімге сотқа шағым жасалуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 27-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z68" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Апелляциялық кеңес, егер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4249,55 +4515,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4623,31 +4889,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>