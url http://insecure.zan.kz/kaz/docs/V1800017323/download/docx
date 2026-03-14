--- v0 (2025-10-05)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6884039" w14:textId="6884039">
+    <w:p w14:paraId="03e85ff" w14:textId="03e85ff">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -772,280 +772,344 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Тауар белгісін Қазақстан Республикасында жалпыға бірдей белгілі деп тану жөніндегі комиссия Қазақстан Республикасы Әділет министрлігінің алқалы органы болып табылады</w:t>
+      2. Тауар белгісін Қазақстан Республикасында жалпыға бірдей белгілі деп тану жөніндегі комиссия Қазақстан Республикасы Әділет министрлігінің жанындағы алқалы орган болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t>, сондай-ақ осы Ережені басшылыққа алады.</w:t>
+        <w:t>
+      3. Тауар белгісін Қазақстан Республикасында жалпыға бірдей белгілі деп тану жөніндегі комиссия өз қызметінде Қазақстан Республикасының Конституциясын, Қазақстан Республикасының заңдары мен халықаралық шарттарын, өзге де нормативтік құқықтық актілерді, сондай-ақ осы Ережені басшылыққа алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Ережеде мынадай ұғымдар қолданылады:</w:t>
+      4. Ережеде келесі ұғымдар қолданылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) Тауар белгісін Қазақстан Республикасында жалпыға бірдей белгілі деп тану жөніндегі комиссия (бұдан әрі – Комиссия) – Қазақстан Республикасы Әділет министрлігінің алқалы органы;</w:t>
-[...91 lines deleted...]
-      5) уәкілетті орган - Қазақстан Республикасының Әділет министрлігі (бұдан әрі – Министрлік).</w:t>
+      1) өтініш беруші – тауар белгісін немесе тауар белгісі ретінде пайдаланылатын белгілемені Қазақстан Республикасында жалпыға бірдей белгілі тауар белгісі ретінде тану туралы Комиссияға өтініш берген жеке немесе заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) патенттік сенім білдірілген өкіл – Қазақстан Республикасының заңнамасына сәйкес уәкiлеттi орган мен сараптама ұйымы алдында жеке және заңды тұлғалардың өкiлi болу құқығы берiлген Қазақстан Республикасының азаматы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сараптама ұйымы – Қазақстан Республикасы Әділет министрлігі Зияткерлік меншік құқықтары комитетінің "Ұлттық зияткерлік меншік институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тауар белгісін Қазақстан Республикасында жалпыға бірдей белгілі деп тану жөніндегі комиссия (бұдан әрі – Комиссия) – тауар белгісін немесе тауар белгісі ретінде пайдаланылатын белгілемені Қазақстан Республикасында жалпыға бірдей белгілі тауар белгісі ретінде тану туралы өтініштерді қарау жөніндегі уәкілетті орган жанындағы алқалы орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) уәкілетті орган – Қазақстан Республикасының Әділет министрлігі (бұдан әрі – Министрлік).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Әділет министрінің 31.08.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 736</w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1066,482 +1130,586 @@
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Комиссияның қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Комиссия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
-[...15 lines deleted...]
-      1) жеке және заңды тұлғалардың тауар белгісін Қазақстан Республикасында жалпыға бірдей белгілі деп тану туралы Министрлікке түсетін өтініштерін қарайды;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жеке немесе заңды тұлғалардың тауар белгісін немесе тауар белгісі ретінде пайдаланылатын белгілемені Қазақстан Республикасында жалпыға бірдей белгілі тауар белгісі ретінде тану туралы Министрлікке түсетін өтініштерін қарайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) дауларды қарау үшін мемлекеттік органдардың тиісті бейіндегі мамандарын және сараптама ұйымның қызметкерлерін тартады, сондай-ақ қажет болған жағдайда жұмыс кездесулерін ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Комиссия отырыстарында өтініш беруші және (немесе) оның өкілдерін тыңдайды, сондай-ақ оларға сұрақтар қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тауар белгісін немесе тауар белгісі ретінде пайдаланылатын белгілемені жалпыға бірдей белгілі деп тану туралы шешім немесе мұндай танудан бас тарту туралы шешім қабылдайды, ол өтініш берушіге мұндай шешім қабылданған кезден бастап он жұмыс күні ішінде жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Комиссияның құрамы Қазақстан Республикасы Әділет министрінің (не оның орнын алмастыратын тұлғаның) бұйрығымен бекітіледі және Министрліктің Зияткерлік меншік құқығы комитетінің және сараптама ұйымының кемінде бес қызметкерлерінен тұрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
-[...15 lines deleted...]
-      2) дауларды қарау үшін мемлекеттік органдардың және сараптама жасау ұйымның тиісті бейіндегі мамандарын тартады, сондай-ақ қажет болған жағдайда жұмыс кездесулерін ұйымдастырады;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Комиссияның төрағасы Қазақстан Республикасының Әділет Вице-министрі болып табылады. Төраға болмаған кезде оның функцияларын төрағаның орынбасары атқарады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
-[...15 lines deleted...]
-      3) Комиссия отырыстарында тараптардың өкілдерін тыңдайды және оларға сұрақтар қояды;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Комиссияның төрағасы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
-[...15 lines deleted...]
-      4) тауар белгісін жалпыға бірдей белгiлi деп тану туралы шешім не мұндай танудан бас тарту туралы шешiм қабылдайды, ол мұндай шешiм қабылданған кезден бастап он жұмыс күнi iшiнде тауар белгісінің иесiне (құқық иеленушіге) жiберiледi.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оның қызметін басқарады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
-[...15 lines deleted...]
-      6. Комиссияның құрамы Қазақстан Республикасы Әділет министрінің (не оның орнын алмастыратын тұлғаның) бұйрығымен бекітіледі және ол Министрліктің Зияткерлік меншік құқығы департаменті мен сараптама ұйымының кемінде бес қызметкерлерінен құралады.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Комиссия отырысының кестесін, сондай-ақ Комиссияның отырыстары өткізілетін орны мен уақытын белгілейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
-[...15 lines deleted...]
-      7. Комиссияның төрағасы Қазақстан Республикасының Әділет Вице-министрі болып табылады. Төраға болмаған кезде оның функцияларын төрағаның орынбасары атқарады.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Комиссияның отырыстарын шақырады және оларға төрағалық етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
-[...15 lines deleted...]
-      8. Комиссияның төрағасы:</w:t>
+    <w:bookmarkStart w:name="z33" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Отырыстардың материалдары Комиссия төрағасымен келісілгеннен кейін отырысты өткізген күнге дейін бес жұмыс күнінен кешіктірілмей Комиссияның әрбір мүшесіне жеткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
-[...15 lines deleted...]
-      1) оның қызметін басқарады;</w:t>
+    <w:bookmarkStart w:name="z34" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Комиссияның жұмыс органының функциялары Министрліктің Зияткерлік меншік құқығы комитетінің Өнеркәсіптік меншік саласындағы дауларды сотқа дейін қарастыру басқармасына жүктеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
-[...15 lines deleted...]
-      2) Комиссия отырысының кестесін, сондай-ақ Комиссияның отырыстары өткізілетін орны мен уақытын белгілейді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Комиссияның отырыстары оған оның кемінде 2/3 мүшелері қатысса, заңды болып саналады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
-[...15 lines deleted...]
-      3) Комиссияның отырыстарын шақырады және оларға төрағалық етеді.</w:t>
+    <w:bookmarkStart w:name="z36" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Комиссияның шешімдері ашық дауыс беру арқылы басым дауыспен қабылданады және егер оған отырысқа қатысушы Комиссия мүшелерінің жалпы санының көпшілік дауысы берілсе, қабылданған болып саналады. Дауыстар тең болған жағдайда, төрағалық етушінің дауысы шешуші болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Комиссияның шешіміне сотқа шағым жасалуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Әділет министрінің 31.08.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 736</w:t>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...130 lines deleted...]
-      Уәкілетті орган комиссиясының шешіміне сотқа шағым жасалуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -1549,55 +1717,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1923,31 +2091,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>