--- v0 (2025-10-11)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="da00fc7" w14:textId="da00fc7">
+    <w:p w14:paraId="ab92949" w14:textId="ab92949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,96 +76,96 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттаудан өткізу, патенттік сенім білдірілген өкілдердің тізілімінде тіркеу және оған өзерістер енгізу қағидаларын бекіту туралы</w:t>
+        <w:t>Патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттаудан өткізу, патенттік сенім білдірілген өкілдердің тізілімдерінде тіркеу және оларға өзгерістер енгізу қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Әділет министрінің 2018 жылғы 28 тамыздағы № 1316 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 29 тамызда № 17322 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тақырыбы жаңа редакцияда - ҚР Әділет министрінің 31.08.2022 </w:t>
+      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 727</w:t>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -322,90 +322,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Қоса беріліп отырған Патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттаудан өткізу, патенттік сенім білдірілген өкілдердің тізілімінде тіркеу және оған өзерістер енгізу қағидалары бекітілсін.</w:t>
+      1. Қоса беріліп отырған Патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттаудан өткізу, патенттік сенім білдірілген өкілдердің тізілімдерінде тіркеу және оларға өзгерістер енгізу қағидалары бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Әділет министрінің 31.08.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 727</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -809,80 +809,80 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттаудан өткізу, патенттік сенім білдірілген өкілдердің тізілімінде тіркеу және оған өзерістер енгізу қағидаларын бекіту</w:t>
+        <w:t xml:space="preserve"> Патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттаудан өткізу, патенттік сенім білдірілген өкілдердің тізілімдерінде тіркеу және оларға өзгерістер енгізу қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тақырыбы жаңа редакцияда - ҚР Әділет министрінің 31.08.2022 </w:t>
+      Ескерту. Тақырып жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 727</w:t>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -923,71 +923,71 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттаудан өткізу, патенттік сенім білдірілген өкілдердің тізілімінде тіркеу және оған өзерістер енгізу қағидалары (бұдан әрі – Қағидалар) "Селекциялық жетістіктерді қорғау туралы" Қазақстан Республикасының </w:t>
+      1. Патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттаудан өткізу, патенттік сенім білдірілген өкілдердің тізілімдерінде тіркеу және оларға өзгерістер енгізу қағидалары (бұдан әрі – Қағидалар) "Селекциялық жетістіктерді қорғау туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, "Қазақстан Республикасының Патент заңы" Қазақстан Республикасының </w:t>
+        <w:t xml:space="preserve">, "Қазақстан Республикасының Патент Заңы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Тауар белгілері, қызмет көрсету белгілері, географиялық нұсқамалар және тауарлар шығарылған жерлердің атаулары туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1003,2386 +1003,2792 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Интегралдық микросхемалар топологияларын құқықтық қорғау туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының </w:t>
+        <w:t xml:space="preserve">, "Мемлекеттік және әлеуметтік жауапкершілігі бар көрсетілетін қызметтер туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес әзірленді және патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттаудан өткізу, патенттік сенім білдірілген өкілдердің тізілімінде тіркеу және оған өзерістер енгізу тәртiбiн белгiлейдi.</w:t>
+        <w:t xml:space="preserve"> сәйкес әзірленді және патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттаудан өткізу, патенттік сенім білдірілген өкілдердің тізілімдерінде тіркеу және оларға өзгерістер енгізу тәртiбiн белгiлейдi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Әділет министрінің 31.08.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 727</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай негізгі ұғымдар мен терминдер қолданылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z60" w:id="12"/>
-[...15 lines deleted...]
-      1) Аттестаттау комиссиясы – Қазақстан Республикасы Әділет министрлігінің Аттестаттау комиссиясы;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кандидат – патенттік сенім білдірілген өкіл қызметімен айналысуға үміттену құқығы бар тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Комиссия – Патенттік сенім білдірілген өкілдердің қызметі мәселелері жөніндегі комиссия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) көрсетiлетiн қызметтi алушы – жеке тұлға, патенттік сенім білдірілген өкілге кандидат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) патенттiк сенiм бiлдiрiлген өкiл – Қазақстан Республикасының заңнамасына сәйкес уәкiлеттi орган мен сараптама ұйымы алдында жеке және заңды тұлғалардың өкiлi болу құқығы берiлген Қазақстан Республикасының азаматы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Тізілімдер – Тауар белгілері, географиялық нұсқамалар, тауар шығарылған жердің атаулары саласындағы Қазақстан Республикасының патенттік сенім білдірілген өкілдердің тізілімі және Өнертабыстар, пайдалы модельдер, өнеркәсіптік үлгілер, селекциялық жетістіктер саласындағы Қазақстан Республикасының патенттік сенім білдірілген өкілдердің тізілімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттаудан өткізу" және "Патенттік сенім білдірілген өкіл куәлігін беру" мемлекеттік қызметтері Қазақстан Республикасы Әділет министрлігінің Зияткерлік меншік құқығы комитетімен көрсетіледі (бұдан әрі – көрсетілетін қызметті беруші).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Қағидаларға өзгерістер немесе (және) толықтырулар енгізу кезінде, уәкілетті орган "электрондық үкімет" ақпараттық-коммуникацялық инфрақұрылымының операторына, Бірыңғай байланыс орталығына, көрсетілген қызметті берушіге тиісті нормативтік құқықтық акт әділет органдарына мемлекеттік тіркелгеннен кейін 10 (он) жұмыс күні ішінде осындай өзгерістер және (немесе) толықтырулар туралы ақпаратты жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Мемлекеттік және әлеуметтік жауапкершілігі бар көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 5-бабы 2-тармағының 11) тармақшасына сәйкес көрсетілетін қызметті беруші Қазақстан Республикасы Көлік және коммуникациялар министрі міндетін атқарушының 2013 жылғы 14 маусымдағы № 452 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген "Мемлекеттік көрсетілетін қызметтерді көрсету мониторингінің ақпараттық жүйесіне мемлекеттік көрсетілетін қызметті көрсету сатысы туралы деректер енгізу қағидаларын бекіту туралы" қағидаларда белгіленген тәртіппен мемлекеттік қызмет көрсету кезеңі туралы деректерді мемлекеттік қызметтер көрсетудің мониторингі ақпараттық жүйесіне енгізуді қамтамасыз етеді (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8555 болып тіркелген).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Патенттік сенім білдірілген өкілдің қызметімен айналысуға үміткер адамдарды аттестаттаудан өткізу, патенттік сенім білдірілген өкілдердің тізілімдеріне тіркеу және оларға өзгерістер енгізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z61" w:id="13"/>
-[...15 lines deleted...]
-      2) кандидат – патенттік сенім білдірілген өкіл қызметімен айналысуға үміттену құқығы бар тұлға;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-тараудың тақырыбы жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-параграф. Құжаттарды қабылдау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z62" w:id="14"/>
-[...15 lines deleted...]
-      3) көрсетiлетiн қызметтi алушы – жеке тұлға, патенттік сенім білдірілген өкілге кандидат;</w:t>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. "Патенттік сенім білдірілген өкілдерді аттестаттау" мемлекеттік қызметі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z63" w:id="15"/>
-[...15 lines deleted...]
-      4) патенттiк сенiм білдірілген өкiл – Қазақстан Республикасының аумағында тұрақты тұратын, жоғары бiлiмi және кемінде төрт жыл еңбек өтілі бар, аттестаттаудан өткен және патенттiк сенiм білдірілген өкiлдердің тізілімінде тіркелген Қазақстан Республикасының әрекетке қабiлеттi азаматы;</w:t>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Зияткерлік меншік құқықтарын сақтау және қорғау саласында кемінде төрт жыл жұмыс тәжірибесі бар немесе патенттік сенім білдірілген өкілдер палатасында кемінде бір жыл тағылымдамадан өткен адамдар аттестаттауға жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z64" w:id="16"/>
-[...15 lines deleted...]
-      5) Тізілім – Қазақстан Республикасының патенттік сенім білдірілген өкілдерінің тізілімі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттау Қазақстан Республикасының заңнамасын және зияткерлік меншік саласындағы Қазақстан Республикасы ратификациялаған халықаралық шарттарды білуге арналған тестілеу нысанында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патенттік сенім білдірілген өкіл патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдардың аттестаттаудан өткізу және оларға патенттік сенім білдірілген өкіл куәлігін беру нәтижелері бойынша қызметін келесі саладағы мамандануына сәйкес жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тауар белгілері, географиялық нұсқамалар, тауар шығарылған жердің атаулары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өнертабыстар, пайдалы модельдер, өнеркәсіптік үлгілер, селекциялық жетістіктер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Аттестаттаудан өту үшін көрсетілетін қызметті алушы "электрондық үкімет" веб-порталы арқылы мынадай құжаттарды жібереді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттаудан өткізу" және "Патенттік сенім білдірілген өкіл куәлігін беру" мемлекеттік қызметтер Қазақстан Республикасы Әділет министрлігімен көрсетіледі (бұдан әрі – көрсетілетін қызметті беруші).</w:t>
-[...17 lines deleted...]
-      Осы Қағидаларға өзгерістер немесе (және) толықтырулар енгізу кезінде, уәкілетті орган "электрондық үкімет" ақпараттық-коммуникацялық инфрақұрылымының операторына, Бірыңғай байланыс орталығына, көрсетілген қызметті берушіге тиісті нормативтік құқықтық акт әділет органдарына мемлекеттік тіркелгеннен кейін 10 (он) жұмыс күні ішінде осындай өзгерістер және (немесе) толықтырулар туралы ақпаратты жібереді.</w:t>
+      1) осы Қағидалардың 1, 1-1 қосымшаларына сәйкес нысан бойынша қазақ немесе орыс тілдерінде электрондық цифрлық қолтаңбамен (бұдан әрі – ЭЦҚ) куәландырылған патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттауға жіберу туралы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) зияткерлік меншік құқықтарын сақтау және қорғау саласында кемінде төрт жыл жұмыс өтілі бар немесе патенттік сенім білдірілген өкілдер палатасында кемінде бір жыл тағылымдамадан өткен еңбек қызметін растайтын құжаттың электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы Қағидалардың 2-қосымшасына сәйкес нысан бойынша патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттаудан өткізуге арналған мәліметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Қағидалардың 2-қосымшадағы көрсетiлген мәлiметтер аттестаттау емтиханына келген кезде көрсетілетін қызметті алушымен ұсынатын құжаттардың түпнұсқаларымен салыстырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Әділет министрінің м.а. 21.10.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 876</w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="17"/>
-[...443 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="22"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Патенттік сенім білдірілген өкілдерді аттестаттау" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптар осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көрсетілген.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Әділет министрінің 31.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 727</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Көрсетiлетiн қызметтi алушы барлық қажеттi құжаттарды тапсырған кезде көрсетiлетiн қызметтi алушының "жеке кабинетiнде" мемлекеттiк қызмет көрсету үшiн сұрау салудың қабылданғаны туралы мәртебе жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жауапты орындаушы ұсынылған құжаттардың толықтығын және сәйкестiгiн тексередi. "Электрондық үкiмет" веб-порталы арқылы тиiстi түрде ресiмделмеген немесе құжаттар топтамасы толығымен ұсынылмаған жағдайда уәкiлеттi орган олардың түскен күннен бастап екi жұмыс күнi iшiнде өтiнiштi әрi қарай қараудан дәлелдi бас тарту туралы жазбаша түрiнде жауап бередi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттауға рұқсат беруден бас тарту сот тәртібінде шағымдалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Аттестаттауға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының заңдарына сәйкес кәсiпкерлiк қызметпен айналысуға тыйым салынған адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қылмыс жасағаны үшiн заң тәртiбiнде белгiленген өтелмеген немесе алынбаған соттылығы бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы Заңға сәйкес патенттiк сенiм бiлдiрiлген өкiлдердiң тiзiлiмдерінен шығарылған адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) уәкiлеттi органның және оның ведомстволық бағыныстағы ұйымдарының қызметкерлерi, сондай-ақ олардың жақын туыстары, жұбайы (зайыбы) болып табылатын адамдар жiберiлмейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Уәкілетті орган құжаттардың түскен күні оны қабылдауды және туркеуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызмет алушы жұмыс уақыты аяқталғаннан кейiн жүгiнген болса, Қазақстан Республикасының еңбек заңына сәйкес демалыс және мереке күндерi өтiнiштердi қабылдау және мемлекеттiк қызмет көрсетiлуiнiң нәтижесiн алу, келесi жұмыс күнi жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының жеке басын куәландыратын құжат туралы мәліметтерді, ЭҮТШ арқылы мемлекеттік баж төлемі туралы ақпаратты көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. Аттестаттауды өткізу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Аттестаттауға рұқсат берiлген кандидаттардың тiзiмi уәкiлеттi органның интернет-ресурсына орналастырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттауға рұқсат берiлген кандидат үш жұмыс күнi бұрын тестiлеуден өту орны, күнi, уақыты туралы "электрондық үкiмет" веб-порталы арқылы электрондық нысанда хабарланады және көрсетiлетiн қызметтi берушiнiң интернет-ресурсында орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кандидат жеке басын куәландыратын құжат ұсынған кезде бір жұмыс күні ішінде емтихан тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Кандидат өз қалауы бойынша аттестатты қазақ немесе орыс тiлiнде өтедi. Аттестацияның басталуына дейiн кандидат өз тiл қалауын жазбаша түрде растайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Тестiлеуге енгiзiлуi тиiстi сұрақтар тiзбесiн аттестаттау комиссиясымен бекiтедi. Кандидаттардың бiлiмiн бағалауға арналған сұрақтар патенттiк сенiм бiлдiрiлген өкiлдерге қызметтi жүзеге асыру үшiн бiлудi қажет ететiн құқық пәндерiнiң тақырыптарына ("Селекциялық жетiстiктердi қорғау туралы", "Қазақстан Республикасының Патент заңы", "Тауар белгілері, қызмет көрсету белгілері, географиялық нұсқамалар және тауарлар шығарылған жерлердің атаулары туралы", "Интегралдық микросхемалар топологияларын құқықтық қорғау туралы" Қазақстан Республикасының Заңдары), сондай-ақ зияткерлік меншік саласындағы ратификацияланған халықаралық шарттарға сәйкес келуi және бiреуi дұрыс болатын жауаптардың кемiнде төрт нұсқасын қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестiлеу компьютерлiк техниканы пайдалана отырып өткiзiледi. Тестiлеуге бөлiнген уақыт тоқсан минутты құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тест құпия ақпарат болып табылады және еркiн жариялауға жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттауды өткiзер алдында көрсетілетін қызметті беруші кандидатты аттестаттауды өткiзу тәртiбi, ұзақтығы және iрiктеу рәсiмiнiң мазмұны туралы хабардар етедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Әділет министрінің 31.08.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 727</w:t>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="23"/>
-[...146 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Көрсетілетін қызметті беруші аттестаттау күнi, уақыты мен орны, аттестаттаудан өтушiнiң тегi, аты, әкесiнiң аты (бар болған жағдайда), тестiлеу нәтижесi көрсетiлетiн хаттама жүргiзiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Әділет министрінің 31.08.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 727</w:t>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="25"/>
-[...55 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="26"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Тестiлеуден шеттетiлген кандидат келесi аттестаттауға жiберу туралы өтiнiштi қайта беру құқығынан айырылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Тестiлеудiң дұрыс жауаптарын есептеу қолданылатын компьютерлiк бағдарламаның көмегiмен автоматты түрде жүргiзiледi. Тестiлеу нәтижелерi принтерде екi данада басылып шығарылады және аяқтала салысымен бiрден үмiткерге жеке қол қойдыру арқылы танысу үшiн ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестiлеу нәтижелерi бар парақтың бiр данасы үмiткерге тапсырылады, екiншiсi көрсетілетін қызметті берушіге берiледi.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Егер дұрыс жауаптардың саны ұсынылған сұрақтардың жалпы санының 70 % және одан жоғары құраса, кандидат тестiлеуден өттi деп саналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жауапты орындаушы тестiлеу нәтижесi бойынша хаттама дайындайды және екі жұмыс күні ішінде оны құрылымдық бөлiмшенiң басшысы мен көрсетiлетiн қызметтi берушiнiң уәкiлеттi тұлғасына қол қоюға жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хаттамаға көрсетілетін қызметті берушінің басшысы немесе оның міндетін атқарушы тұлға тарапынан қол қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хаттама көрсетiлетiн қызметтi алушының "жеке кабинетiне" электрондық құжат нысанында көрсетiлетiн қызметтi берушiнiң уәкiлеттi тұлғасының ЭЦҚ жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Аттестаттау аттестацияға жіберу туралы өтініш түскен күннен бастап атқарылатын қызмет көрсетушінің орналасқан жері бойынша 10 жұмыс күні ішінде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Көрсетiлетiн қызметтi алушының қалауы бойынша мемлекеттік қызмет патенттік сенім білдірілген өкілдерді аттестаттауға рұқсат беру және патенттік сенім білдірілген өкіл куәлігін алу туралы өтініш негізінде осы Қағидалардың 5, 5-1 қосымшаларына сәйкес нысан бойынша "бір өтініш" қағидаты бойынша "Патенттік сенім білдірілген өкіл куәлігін беру" мемлекеттік қызметінің жиынтығымен көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-параграф. Аттестаттауды өткізу</w:t>
-[...230 lines deleted...]
-      Аттестаттауды өткiзер алдында Аттестаттау комиссиясы кандидатты аттестаттауды өткiзу тәртiбi, ұзақтығы және iрiктеу рәсiмiнiң мазмұны туралы хабардар етедi.</w:t>
+        <w:t xml:space="preserve"> 3-параграф. Патенттiк сенiм бiлдiрiлген өкiлдiң куәлiгiн беру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. "Патенттік сенім білдірілген өкіл куәлігін беру" мемлекеттік қызметі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Патенттік сенім білдірілген өкілдің куәлігін алу үшін кандидат "электрондық үкімет" веб-порталы арқылы осы Қағидалардың 6 және 6-1-қосымшаларына сәйкес нысан бойынша мемлекеттік немесе орыс тілдерінде кандидаттың ЭЦҚ-мен куәландырылған электрондық құжат нысанында патенттік сенім білдірілген өкілдің куәлігін беру туралы өтініш жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының жеке басын куәландыратын құжат туралы мәліметтерді мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетiлетiн қызметтi алушы өтінішті "жеке кабинетiнде" берген кезде мемлекеттiк қызмет көрсету үшiн сұрау салудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патенттiк сенiм бiлдiрiлген өкiлдiң куәлiгi үш жұмыс күнi iшiнде беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 12-тармаққа өзгеріс енгізілді - ҚР Әділет министрінің 31.08.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 727</w:t>
+        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="30"/>
-[...397 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="39"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. "Патенттік сенім білдірілген өкіл куәлігін беру" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптар осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көрсетілген.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда - ҚР Әділет министрінің 31.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 727</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Уәкілетті орган құжаттардың түскен күні оны қабылдауды және тіркеуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Еңбек заңнамасына сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері өтініш беруші жүгінген жағдайда, өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы өтініштің осы Қағидалардың 6, 6-1-тармақтарындағы насандағы сәйкес келмеген жағдайда, көрсетілетін қызметті беруші көрсетілетін қызметті алушыға өтініш қандай талаптарға сәйкес келмейтінін көрсете отырып, хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінішті сәйкестендіру мерзімі бір жұмыс күнін құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы хабарламаны алған күннен бастап бір жұмыс күні ішінде оны талаптарға сәйкес келтірмеген жағдайда, көрсетілетін қызметті беруші өтінішті одан әрі қараудан бас тарту жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті беруші өтінішті қарау нәтижелері бойынша осы Қағидалардың 8 және 8-1-қосымшаларына сәйкес нысан бойынша патенттік сенім білдірілген өкілдің куәлігін ресімдейді және оны бір жұмыс күні ішінде құрылымдық бөлімшенің басшысына келісуге жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Мемлекеттік қызмет көрсетудің нәтижесі көрсетiлетiн қызмет берушiнiң уәкiлеттi тұлғаның қолы қойылғаннан кейін көрсетiлетiн қызметтi алушының жеке кабинетiне бір жұмыс күні ішінде жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-параграф. Патенттiк сенiм бiлдiрiлген өкiлдердiң тiзiлiмдеріне және оларға өзгерiстер енгiзудi тiркеу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-параграфтың тақырыбы жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Тiзiлiмдерге куәлiк алған патенттiк сенiм бiлдiрiлген өкiлдердiң және олардың алдағы уақыттағы өзгерiстерi туралы мәлiметтерi енгiзiледi. Тiзiлiмдер уәкiлеттi органмен жүргiзiледi және уәкiлеттi органның интернет-ресурсында орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Тiзiлiмдерге келесi мәлiметтер көрiнiс табады:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) куәлiк нөмiрi болып табылатын реттiк тiркеу нөмiрi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) патенттiк сенiм бiлдiрiлген өкiлдi тiркеу күнi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) патенттiк сенiм бiлдiрiлген өкiлдiң тегi, аты, әкесiнiң аты (бар болған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тұрақты тұрғылықты жерi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) хат алмасу үшiн мекенжайы, сондай-ақ телефон, электрондық почта мекенжайы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жұмыс орны, лауазымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) куәлiктi беру немесе жiберу туралы мәлiметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) тоқтата тұру туралы мәлiметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Тiзiлiмдерден алып тастау жөнiндегi мәлiметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда - ҚР Әділет министрінің 31.08.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 727</w:t>
+        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="40"/>
-[...15 lines deleted...]
-      22. Уәкілетті орган құжаттардың түскен күні оны қабылдауды және тіркеуді жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Осы Қағидалардың 25-тармағында көрсетiлген патенттiк сенiм бiлдiрiлген өкiлдердiң мәлiметтерi өзгерген жағдайда, патенттiк сенiм бiлдiрiлген өкiл бiр ай мерзiмде осындай мәлiметтер өзгерген сәттен бастап ол туралы уәкiлеттi органға хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:p>
-[...89 lines deleted...]
-      23. Мемлекеттік қызмет көрсетудің нәтижесі көрсетiлетiн қызмет берушiнiң уәкiлеттi тұлғаның қолы қойылғаннан кейін көрсетiлетiн қызметтi алушының жеке кабинетiне бір жұмыс күні ішінде жолданады.</w:t>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Мемлекеттiк көрсетiлетiн қызметтердi көрсету мәселелерi бойынша көрсетiлетiн қызметтi берушiнiң және (немесе) оның лауазымды адамдарының шешiмдерiне, әрекетiне (әрекетсiздiгiне) шағымдану тәртiбi</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z39" w:id="42"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 4-параграф. Патенттiк сенiм бiлдiрiлген өкiлдердiң тiзiлiмiнде және оған өзгерiстер енгiзудi тiркеу</w:t>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Уәкілетті органның құрылымдық бөлімшенің қызметкерлерінің әрекеттеріне (әрекетсіздігіне) шағымдану көрсетілетін қызметті берушінің басшысының және (немесе) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына беруге болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z40" w:id="43"/>
-[...276 lines deleted...]
-    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті берушінің мекенжайына келiп түскен көрсетiлетiн қызметтi алушының шағымы оны тiркеген күннен бастап "Мемлекеттiк көрсетiлетiн қызметтер туралы" Қазақстан Республикасы Заңының 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3395,70 +3801,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2) тармақшасына сәйкес 5 (бес) жұмыс күнi iшiнде қаралуға жатады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның мекенжайына келiп түскен көрсетілетін қызметті алушының шағымы оны тiркеген күннен бастап 15 (он бес) жұмыс күнi iшiнде қаралуға жатады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="48"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Көрсетiлген мемлекеттiк қызмет нәтижелерiмен келiспеген жағдайларда, көрсетiлетiн қызметтi алушы Қазақстан Республикасының заңнамасында белгiленген тәртiппен сотқа жүгiнедi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3492,183 +3898,586 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Патенттік сенім білдірілген </w:t>
-[...77 lines deleted...]
-              <w:t xml:space="preserve">өзерістер енгізу қағидаларына </w:t>
+              <w:t>Патенттік сенім білдірілген</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өкіл қызметімен айналысуға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үміткер адамдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аттестаттаудан өткізу, патенттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сенім білдірілген өкілдердің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізілімдеріне тіркеу және оларға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзгерістер енгізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әділет министрлігі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Зияткерлік меншік құқығы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>комитетінің төрағасына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(азаматтың тегi, аты, әкесiнiң</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аты (бар болған кезде), жеке</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкестендiру нөмiрi)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжайы__________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(почталық индексi, облысы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қаласы, ауданы, елдi мекенi,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көше атауы, үй/ғимараттың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нөмiрi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z47" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының патенттік сенім білдірілген өкілінің қызметімен айналысуға үміткер адамды тауар белгілері, географиялық нұсқамалар, тауар шығарылған жердің атаулары саласындағы мамандандыру бойынша аттестаттауға жіберу туралы өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Оң жақ жоғары бұрыш жаңа редакцияда - ҚР Әділет министрінің 31.08.2022 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 727</w:t>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мені тауар белгілері, географиялық нұсқамалар, тауар шығарылған жердің атаулары салаласындағы мамандандыру бойынша Қазақстан Республикасының патенттік сенім білдірілген өкіліне аттесттауға өтуге рұқсат беруді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шынайы мәліметтер ұсынғаным үшін дербес жауап беремін, сондай-ақ аталған мемлекеттік қызметті көрсету кезінде ақпараттық жүйелердегі Заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон нөмірі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      E-mail:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Факс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Талап етілетін құжат топтамасы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдардың аттестаттаудан өтуі үшін мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - зияткерлік меншік құқықтарын сақтау және қорғау саласында кемінде төрт жыл жұмыс өтілі бар немесе патенттік сенім білдірілген өкілдер палатасында кемінде бір жыл тағылымдамадан өткен еңбек қызметін растайтын құжаттың электрондық көшірмесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қосымша _____ парақта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Азамат _______________________________________ күні:__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы) (тегі, аты, әкесінің аты (бар болған кезде)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3704,155 +4513,194 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
-[...55 lines deleted...]
-            </w:pPr>
+              <w:t>Патенттік сенім білдірілген</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өкіл қызметімен айналысуға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үміткер адамдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аттестаттаудан өткізу, патенттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сенім білдірілген өкілдердің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізілімдеріне тіркеу және оларға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзгерістер енгізу қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-1 қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Әділет министрлігі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Аттестаттау комиссиясының</w:t>
-[...12 lines deleted...]
-              <w:t>төрағасына</w:t>
+              <w:t>Зияткерлік меншік құқығы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>комитетінің төрағасына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3873,282 +4721,260 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сәйкестендiру нөмiрi)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мекен-жайы </w:t>
+              <w:t>мекен-жайы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
-          </w:p>
-[...127 lines deleted...]
-              <w:t>елдi мекенi, көше атауы, үй/ғимараттың нөмiрi)</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(пошталық индексi, облысы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қаласы, ауданы, елдi мекенi,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көше атауы, үй/ғимараттың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нөмiрi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="49"/>
+    <w:bookmarkStart w:name="z61" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Патенттік сенім білдірілген өкілдерді аттестаттауға рұқсат беру туралы өтініш</w:t>
-[...18 lines deleted...]
-      Мені Қазақстан Республикасы патенттік сенім білдірілген өкілге аттесттауға өтуге рұқсат беруіңізді сұраймын.</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасының патенттік сенім білдірілген өкілінің қызметімен айналысуға үміткер адамды өнертабыстар, пайдалы модельдер, өнеркәсіптік үлгілер, селекциялық жетістіктер саласындағы мамандандыру бойынша аттестаттауға жіберу туралы өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 1-1-қосымшамен толықтырылды - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мені өнертабыстар, пайдалы модельдер, өнеркәсіптік үлгілер, селекциялық жетістіктер салалары бойынша Қазақстан Республикасының патенттік сенім білдірілген өкіліне аттесттауға өтуге рұқсат беруді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мені өнертабыстар, пайдалы модельдер, өнеркәсіптік үлгілер, селекциялық жетістіктер салалары бойынша Қазақстан Республикасы патенттік сенім білдірілген өкілге аттесттауға өтуге рұқсат беруді сұраймын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шынайы мәліметтер ұсынғаным үшін дербес жауап беремін, сондай-ақ аталған мемлекеттік қызметті көрсету кезінде ақпараттық жүйелердегі Заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Телефонның нөмірі:</w:t>
+      Телефон нөмірі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       E-mail:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4176,159 +5002,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Талап етілетін құжат топтамасы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - патенттік сенім білдірілген өкілдерге кандидаттардың аттестаттаудан өтуі үшін мәліметтер;</w:t>
-[...71 lines deleted...]
-      Азамат ___________________________________________ күні:________</w:t>
+      - патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдардың аттестаттаудан өтуі үшін мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - зияткерлік меншік құқықтарын сақтау және қорғау саласында кемінде төрт жыл жұмыс өтілі бар немесе патенттік сенім білдірілген өкілдер палатасында кемінде бір жыл тағылымдамадан өткен еңбек қызметін растайтын құжаттың электрондық көшірмесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қосымша ___ парақта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Азамат ______________________________________ күні:__________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (қолы) (тегі, аты, әкесінің аты (бар болған кезде)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін</w:t>
+      Ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4499,68 +5307,68 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Оң жақ жоғары бұрыш жаңа редакцияда - ҚР Әділет министрінің 31.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 727</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="50"/>
+    <w:bookmarkStart w:name="z49" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Патенттік сенім білдірілген өкілдерді аттестаттаудан өту үшін мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4943,268 +5751,104 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">өзерістер енгізу қағидаларына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік баж төлеу үшін қажетті банк деректемелері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Оң жақ жоғары бұрыш жаңа редакцияда - ҚР Әділет министрінің 31.08.2022 </w:t>
+      Ескерту. 3-қосымша алып тасталды - ҚР Әділет министрінің 29.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 727</w:t>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-      </w:r>
-[...180 lines deleted...]
-      Бюджеттік сыныптама коды (БСК) - 108125</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5240,207 +5884,204 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Патенттік сенім білдірілген өкіл </w:t>
-[...77 lines deleted...]
-              <w:t>өзерістер енгізу қағидаларын</w:t>
+              <w:t>Патенттік сенім білдірілген өкіл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметімен айналысуға үміткер</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>адамдарды аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу, патенттік сенім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білдірілген өкілдердің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізілімдеріне тіркеу және оларға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзгерістер енгізу қағидаларын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттаудан өткізу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 4-қосымша жаңа редакцияда - ҚР Әділет министрінің 31.08.2022 </w:t>
+      Ескерту. 4-қосымша жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 727</w:t>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -5537,51 +6178,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Әділет министрлігі</w:t>
+Қазақстан Республикасы Әділет министрлігінің Зияткерлік меншік құқығы комитеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5763,51 +6404,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аттестаттау емтиханы тиісті жартыжылдықтың соңғы айының 7 (жеті) жұмыс күні ішінде жүргізіледі</w:t>
+Өтініш қабылданған бастап 7 (жеті) жұмыс күні ішінде жүргізіледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5876,51 +6517,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронды (толық автоматтандырылған)/"бір өтініш" қағидаты бойынша көрсетілетін</w:t>
+Электронды (ішінара автоматтандырылған)/"бір өтініш" қағидаты бойынша көрсетілетін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6007,51 +6648,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аттестаттау емтиханын тапсыру қорытындысы бойынша оң немесе теріс шешім немесе осы қосымшаның 9-тармағында көзделген жағдайларда және негіздер бойынша мемлекеттік көрсетілетін қызметтен бас тарту туралы дәлелді жауап.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету нәтижесінің ұсыну нысаны: электронды (толық автоматтандырылған)/"бір өтініш" қағидаты бойынша көрсетілетін</w:t>
+Мемлекеттік қызмет көрсету нәтижесінің ұсыну нысаны: электронды/"бір өтініш" қағидаты бойынша көрсетіледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6119,126 +6760,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-              </w:rPr>
               <w:t>
-патенттiк сенiм бiлдiрiлген өкiлдердi аттестаттағаны үшiн – 15 (он бес) айлық есептік көрсеткіш.</w:t>
-[...35 lines deleted...]
-Мемлекеттік баж төлеу үшін қажетті банк деректемелері Қағидалардың 3-қосымшасында көрсетілген.</w:t>
+Тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6307,71 +6874,71 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Көрсетілетін қызметті беруші Қазақстан Республикасының Еңбек </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерін қоспағанда, белгіленген жұмыс кестесіне сәйкес дүйсенбіден бастап жұманы қоса алғанда сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін жұмыс істейді.</w:t>
+Көрсетілетін қызметті беруші Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерін қоспағанда, белгіленген жұмыс кестесіне сәйкес дүйсенбіден бастап жұманы қоса алғанда сағат 12.00-ден 13.30-ға дейінгі түскі үзіліспен сағат 8.00-ден 17.30-ға дейін жұмыс істейді.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Портал жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы жұмыс істейді (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде, өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру Қазақстан Республикасының еңбек заңнамасына сәйкес келесі жұмыс күні жүзеге асырылады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6458,123 +7025,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) осы Қағидалардың 1-қосымшасына сәйкес нысан бойынша мемлекеттік немесе орыс тілдерінде электрондық цифрлық қолтаңбамен (бұдан әрі – ЭЦҚ) куәландырылған патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттауға жіберу туралы өтініш;</w:t>
+1) осы Қағидалардың 1, 1-1 қосымшасына сәйкес нысан бойынша қазақ немесе орыс тілдерінде электрондық цифрлық қолтаңбамен (бұдан әрі – ЭЦҚ) куәландырылған патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттауға жіберу туралы өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) осы Қағидалардың 2-қосымшасына сәйкес нысан бойынша патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттаудан өткізуге арналған мәліметтер;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) зияткерлік меншік құқықтарын сақтау және қорғау саласында кемінде төрт жыл жұмыс өтілі бар немесе патенттік сенім білдірілген өкілдер палатасында кемінде бір жыл тағылымдамадан өткен еңбек қызметін растайтын құжаттың электрондық көшірмесі;</w:t>
+3) зияткерлік меншік құқықтарын сақтау және қорғау саласында кемінде төрт жыл жұмыс өтілі бар немесе патенттік сенім білдірілген өкілдер палатасында кемінде бір жыл тағылымдамадан өткен еңбек қызметін растайтын құжаттың электрондық көшірмесі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) патенттiк сенiм бiлдiрiлген өкiлдердi аттестаттауға мемлекеттiк баж төлемiн растайтын құжат.</w:t>
+Осы Қағидалардың 2-қосымшасында көрсетілген мәліметтер аттестаттау емтиханына келген кезде көрсетілетін қызметті алушы ұсынатын құжаттардың түпнұсқаларымен салыстырылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Осы Қағидалардың 2-қосымшасында көрсетiлген мәлiметтер аттестаттау емтиханына келген кезде көрсетілетін қызметті алушымен ұсынатын құжаттардың түпнұсқаларымен салыстырылады.</w:t>
+Жеке тұлғаның жеке басын куәландыратын құжат туралы мәліметтерді, сондай-ақ заңды тұлғаның мемлекеттік тіркелуі (қайта тіркелуі) туралы мәліметтерді қызмет алушы "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6607,51 +7174,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+Қазақстан Республикасының заңында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6679,51 +7246,89 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы.</w:t>
+3) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес ұсынылатын көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмаған жағдайда жол берілмейді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6792,141 +7397,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету орындарының мекенжайлары уәкілетті органның www.adilet.gov.kz интернет-ресурсының "Мемлекеттік қызметтер" бөлігінде орналастырылған.</w:t>
+"Бір өтініш" қағидаты бойынша көрсетілетін қызметті алушы "Патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттаудан өткізу" мемлекеттік қызметін алады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметтті алушы ЭЦҚ болған жағдайда мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алу мүмкіндігі бар.</w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары уәкілетті органның www.gov.kz/memleket/entities/adilet-kis, а также</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметтті алушының мемлекеттік қызмет көрсетудің тәртібі мен мәртебесі туралы ақпаратты "жеке кабинет" порталда қашықтықтан қолжетімділік режим арқылы, сондай-ақ бірыңғай байланыс орталығы арқылы алу мүмкіндігі бар.</w:t>
+www.gov.kz/memleket/entities/adilet.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетiлетiн қызметтi алушының қалауы бойынша мемлекеттік қызмет осы Қағидалардың 5-қосымшасына сәйкес нысан бойынша бір өтініш негізінде "бір терезе" қағидаты бойынша "Патенттік сенім білдірілген өкіл куәлігін беру" мемлекеттік қызметінің жиынтығымен көрсетіледі.</w:t>
+интернет-ресурсының "Мемлекеттік қызметтер" бөлігінде орналастырылған.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мәселелері бойынша анықтама қызметінің байланыс телефондары: 8 (7172) 74-09-69, 55-88-21.</w:t>
+Көрсетілетін қызметтті алушы ЭЦҚ болған жағдайда мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алу мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бірыңғай байланыс-орталығы - 1414, 8 800 080 7777.</w:t>
+Көрсетілетін қызметтті алушының мемлекеттік қызмет көрсетудің тәртібі мен мәртебесі туралы ақпаратты "жеке кабинет" порталда қашықтықтан қолжетімділік режим арқылы, сондай-ақ бірыңғай байланыс орталығы арқылы алу мүмкіндігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетiлетiн қызметтi алушының қалауы бойынша мемлекеттік қызмет осы Қағидалардың 5, 5-1 қоысмшаларына сәйкес нысан бойынша бір өтініш негізінде "бір терезе" қағидаты бойынша "Патенттік сенім білдірілген өкіл куәлігін беру" мемлекеттік қызметінің жиынтығымен көрсетіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету мәселелері бойынша анықтама қызметінің байланыс телефондары: 8 (7172) 74-09-93, 74-76-85. Единый контакт-центр: 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6965,183 +7606,617 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Патенттік сенім білдірілген </w:t>
-[...77 lines deleted...]
-              <w:t xml:space="preserve">өзерістер енгізу қағидаларына </w:t>
+              <w:t>Патенттік сенім білдірілген</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өкіл қызметімен айналысуға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үміткер адамдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аттестаттаудан өткізу, патенттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сенім білдірілген өкілдердің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізілімдеріне тіркеу және оларға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзгерістер енгізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әділет министрлігі Зияткерлік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>меншік құқығы комитетінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>төрағасына__________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(азаматтың тегi, аты, әкесiнiң</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аты (бар болған кезде), жеке</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкестендiру нөмiрi)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(почталық индексi, облысы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қаласы, ауданы, елдi мекенi,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көше атауы, үй/ғимараттың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нөмiрi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының патенттік сенім білдірілген өкілінің қызметімен айналысуға үміткер адамды тауар белгілері, географиялық нұсқамалар, тауар шығарылған жердің атаулары саласындағы мамандандыру бойынша аттестаттауға рұқсат беру және патенттік сенім білдірілген өкіл куәлігін беру туралы өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Оң жақ жоғары бұрыш жаңа редакцияда - ҚР Әділет министрінің 31.08.2022 </w:t>
+      Ескерту. 5-қосымша жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 727</w:t>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мені тауар белгілері, географиялық нұсқамалар, тауар шығарылған жердің атаулары саласындағы мамандандыру бойынша Қазақстан Республикасының патенттік сенім білдірілген өкілге аттесттауға өтуге рұқсат беруді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шынайы мәліметтер ұсынғаным үшін дербес жауап беремін, сондай-ақ аталған мемлекеттік қызметті көрсету кезінде ақпараттық жүйелердегі Заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттау емтиханын тапсыру қорытындысы бойынша оң шешімнен кейін Қазақстан Республикасының патенттік сенім білдірілген өкіл куәлігін беруіңізді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон нөмірі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      E-mail:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Факс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Талап етілетін құжат топтамасы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдардың аттестаттаудан өтуі үшін мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - зияткерлік меншік құқықтарын сақтау және қорғау саласында кемінде төрт жыл жұмыс өтілі бар немесе патенттік сенім білдірілген өкілдер палатасында кемінде бір жыл тағылымдамадан өткен еңбек қызметін растайтын құжаттың электрондық көшірмесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қосымша _____ парақта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Азамат__________________________________________күні:________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (қолы) (тегі, аты, әкесінің аты (бар болған кезде)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7177,391 +8252,442 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Патенттік сенім білдірілген</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өкіл қызметімен айналысуға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үміткер адамдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аттестаттаудан өткізу, патенттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сенім білдірілген өкілдердің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізілімдеріне тіркеу және оларға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзгерістер енгізу қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-1 қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Әділет министрлігі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Аттестаттау комиссиясының </w:t>
-[...12 lines deleted...]
-              <w:t>төрағасына</w:t>
+              <w:t>Зияткерлік меншік құқығы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>комитетінің төрағасына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(азаматтың тегi, аты, әкесiнiң</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">аты (бар болған кезде), жеке </w:t>
-[...103 lines deleted...]
-              <w:t>үй/ғимараттың нөмiрi)</w:t>
+              <w:t>аты (бар болған кезде), жеке</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкестендiру нөмiрi) мекенжайы__________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(почталық индексi, облысы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қаласы, ауданы, елдi мекенi,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көше атауы, үй/ғимараттың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нөмiрi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:bookmarkStart w:name="z64" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Патенттік сенім білдірілген өкілдерді аттестаттауғарұқсат беру және патенттік сенім білдірілген өкіл куәлігін алу туралы өтініш</w:t>
-[...18 lines deleted...]
-      Мені Қазақстан Республикасы патенттік сенім білдірілген өкілге аттесттауға өтуге рұқсат беруіңізді сұраймын.</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасының патенттік сенім білдірілген өкілінің қызметімен айналысуға үміткер адамды өнертабыстар, пайдалы модельдер, өнеркәсіптік үлгілер, селекциялық жетістіктер саласындағы мамандандыру бойынша аттестаттауға рұқсат беру және патенттік сенім білдірілген өкіл куәлігін беру туралы өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 5-1-қосымшамен толықтырылды - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мені өнертабыстар, пайдалы модельдер, өнеркәсіптік үлгілер, селекциялық жетістіктер саласындағы мамандандыру бойынша Қазақстан Республикасының патенттік сенім білдірілген өкілге аттесттауға өтуге рұқсат беруді сұраймын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шынайы мәліметтер ұсынғаным үшін дербес жауап беремін, сондай-ақ аталған мемлекеттік қызметті көрсету кезінде ақпараттық жүйелердегі Заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      Телефонның нөмірі: </w:t>
+        <w:t>
+      Аттестаттау емтиханын тапсыру қорытындысы бойынша оң шешімнен кейін Қазақстан Республикасының патенттік сенім білдірілген өкіл куәлігін беруіңізді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон нөмірі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       E-mail:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7589,159 +8715,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Талап етілетін құжат топтамасы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - патенттік сенім білдірілген өкілдерге кандидаттардың аттестаттаудан өтуі үшін мәліметтер;</w:t>
-[...35 lines deleted...]
-      - патенттік сенім білдірілген өкілдерді аттестаттағаны үшін және патенттiк сенiм бiлдiрiлген өкiл ретiнде тiркегенi үшiн мемлекеттік баж төлемдерін растайтын құжат</w:t>
+      - патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдардың аттестаттаудан өтуі үшін мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - зияткерлік меншік құқықтарын сақтау және қорғау саласында кемінде төрт жыл жұмыс өтілі бар немесе патенттік сенім білдірілген өкілдер палатасында кемінде бір жыл тағылымдамадан өткен еңбек қызметін растайтын құжаттың электрондық көшірмесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қосымша _____ парақта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Азамат ___________________________________________ күні:________</w:t>
+      Азамат__________________________________________күні:________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (қолы) (тегі, аты, әкесінің аты (бар болған кезде)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін</w:t>
+      Ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7777,201 +8885,504 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Патенттік сенім білдірілген </w:t>
-[...77 lines deleted...]
-              <w:t xml:space="preserve">өзерістер енгізу қағидаларына </w:t>
+              <w:t>Патенттік сенім білдірілген</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өкіл қызметімен айналысуға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үміткер адамдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аттестаттаудан өткізу, патенттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сенім білдірілген өкілдердің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізілімдеріне тіркеу және оларға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзгерістер енгізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әділет министрлігі Зияткерлік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>меншік құқығы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>комитетінің төрағасына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кiмнен______________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(азаматтың тегi, аты, әкесiнiң</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аты (бар болған кезде),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жеке сәйкестендiру нөмiрi)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(почталық индексi, облысы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қаласы, ауданы, елдi мекенi,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көше атауы, үй/ғимараттың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нөмiрi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тауар белгілері, географиялық нұсқамалар, тауар шығарылған жердің атаулары саласындағы мамандандыру бойынша Қазақстан Республикасының патенттік сенім білдірілген өкіл куәлігін беру туралы өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Оң жақ жоғары бұрыш жаңа редакцияда - ҚР Әділет министрінің 31.08.2022 </w:t>
+      Ескерту. 6-қосымша жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 727</w:t>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      нысан</w:t>
+      Маған тауар белгілері, географиялық нұсқамалар, тауар шығарылған жердің атаулары саласындағы мамандандыру бойынша Қазақстан Республикасының патенттік сенім білдірілген өкіл куәлігін беруді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шынайы мәліметтер ұсынғаным үшін дербес жауап беремін, сондай-ақ аталған мемлекеттік қызметті көрсету кезінде ақпараттық жүйелердегі Заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қосымша: ___ парақта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Азамат ___________________________________________ күні: ______</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы) (тегі, аты, әкесінің аты (бар болған кезде)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8007,181 +9418,259 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Патенттік сенім білдірілген</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өкіл қызметімен айналысуға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үміткер адамдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аттестаттаудан өткізу, патенттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сенім білдірілген өкілдердің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізілімдеріне тіркеу және оларға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзгерістер енгізу қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6-1 қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Әділет министрлігі</w:t>
-[...90 lines deleted...]
-              <w:t>сәйкестендiру нөмiрi)</w:t>
+              <w:t>Әділет министрлігі Зияткерлік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>меншік құқығы комитетінің төрағасына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кiмнен ______________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(азаматтың тегi, аты,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әкесiнiң аты (бар болған кезде),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жеке сәйкестендiру нөмiрi)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мекен-жайы</w:t>
-            </w:r>
-[...11 lines deleted...]
-              <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -8208,84 +9697,122 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>көше атауы, үй/ғимараттың</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нөмiрi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="53"/>
+    <w:bookmarkStart w:name="z66" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Патенттік сенім білдірілген өкіл куәлігін алу үшін өтініш</w:t>
-[...18 lines deleted...]
-      Патенттік сенім білдірілген өкіл куәлігін маған беруіңізді сұраймын.</w:t>
+        <w:t xml:space="preserve"> Өнертабыстар, пайдалы модельдер, өнеркәсіптік үлгілер, селекциялық жетістіктер салсындағы мамандандыру бойынша Қазақстан Республикасының патенттік сенім білдірілген өкіл куәлігін беру туралы өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 6-1-қосымшамен толықтырылды - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Маған өнертабыстар, пайдалы модельдер, өнеркәсіптік үлгілер, селекциялық жетістіктер саласындағы мамандандыру бойынша Қазақстан Республикасының патенттік сенім білдірілген өкіл куәлігін беруіңізді сұраймын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шынайы мәліметтер ұсынғаным үшін дербес жауап беремін, сондай-ақ аталған мемлекеттік қызметті көрсету кезінде ақпараттық жүйелердегі Заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -8411,207 +9938,256 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Патенттік сенім білдірілген өкіл </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">қызметімен айналысуға үміткер </w:t>
+              <w:t>Патенттік сенім білдірілген өкіл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметімен айналысуға үміткер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>адамдарды аттестаттаудан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">өткізу, патенттік сенім </w:t>
+              <w:t>өткізу, патенттік сенім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білдірілген өкілдердің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">тізілімінде тіркеу және оған </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">өзерістер енгізу қағидаларын </w:t>
+              <w:t>тізілімдеріне тіркеу және оларға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзгерістер енгізу қағидаларын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Патенттік сенім білдірілген</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өкіл куәлігін беру" мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет көрсетуге қойылатын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негізгі талаптардың тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Патенттік сенім білдірілген өкіл куәлігін беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 7-қосымша жаңа редакцияда - ҚР Әділет министрінің 31.08.2022 </w:t>
+      Ескерту. 7-қосымша жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 727</w:t>
+        <w:t>№ 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -8636,51 +10212,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8708,92 +10284,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Әділет министрлігі</w:t>
+Қазақстан Республикасы Әділет министрлігінің Зияткерлік меншік құқығы комитеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8862,51 +10438,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8933,93 +10509,93 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-3 жұмыс күні ішінде </w:t>
+              <w:t>
+Өтініш тіркелген күннен бастап 3 жұмыс күні ішінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9046,93 +10622,93 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Электронды (толық автоматтандырылған)/"бір өтініш" қағидаты бойынша көрсетілетін </w:t>
+              <w:t>
+Электронды (ішінара автоматтандырылған)/ "бір өтініш" қағидаты бойынша көрсетіледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9160,110 +10736,110 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Патенттік сенім білдірілген өкіл куәлігі осы Қағидалардың 6-қосымшасына сәйкес нысан бойынша көрсетілетін қызметті алушының "жеке кабинетіне" электрондық құжат нысанында көрсетілетін қызметті берушінің уәкілетті тұлғасының электрондық цифрлық қолымен (бұдан әрi – ЭЦҚ) жолданады.</w:t>
+Патенттік сенім білдірілген өкіл куәлігі осы Қағидалардың 8-қосымшасына және 8-1 қосымшасына сәйкес нысан бойынша көрсетілетін қызметті алушының "жеке кабинетіне" электрондық құжат нысанында көрсетілетін қызметті берушінің уәкілетті тұлғасының электрондық цифрлық қолымен (бұдан әрi – ЭЦҚ) жолданады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету нәтижесінің ұсыну нысаны: электронды (толық автоматтандырылған)/"бір өтініш" қағидаты бойынша көрсетілетін</w:t>
+Мемлекеттік қызмет көрсету нәтижесінің ұсыну нысаны: электронды/"бір өтініш" қағидаты бойынша көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9290,167 +10866,93 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-              </w:rPr>
               <w:t>
-патенттік сенім білдірілген өкіл ретінде тіркелгені үшін - 1 (бір) айлық есептік көрсеткіш.</w:t>
-[...35 lines deleted...]
-Мемлекеттік баж төлеу үшін қажетті банк деректемелері Қағидалардың 3-қосымшасында көрсетілген.</w:t>
+Тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9478,71 +10980,71 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Көрсетілетін қызметті беруші Қазақстан Республикасының Еңбек </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерін қоспағанда, белгіленген жұмыс кестесіне сәйкес дүйсенбіден бастап жұманы қоса алғанда сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін жұмыс істейді.</w:t>
+Көрсетілетін қызметті беруші Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерін қоспағанда, белгіленген жұмыс кестесіне сәйкес дүйсенбіден бастап жұманы қоса алғанда сағат 12.00-ден 13.30-ға дейінгі түскі үзіліспен сағат 8.00-ден 17.30-ға дейін жұмыс істейді.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Портал жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы жұмыс істейді (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде, өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру Қазақстан Республикасының еңбек заңнамасына сәйкес келесі жұмыс күні жүзеге асырылады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9557,51 +11059,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9629,277 +11131,315 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) кандидаттың ЭЦҚ куәландырылған электрондық құжат түріндегі мемлекеттік немесе орыс тілдерінде патенттік сенім білдірілген өкіл куәлігін алу үшін осы Қағидалардың 7-қосымшасына сәйкес нысан бойынша өтініш;</w:t>
+Патенттік сенім білдірілген өкіл куәлігін беру туралы өтініш осы Қағидалардың 6, 6-1 қосымшаларына сәйкес нысан бойынша кандидаттың ЭЦҚ куәландырылған электрондық құжат нысанында қазақ немесе орыс тілдерінде ұсынылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) патенттік сенім білдірілген өкіл куәлігін алу үшін мемлекеттік баж төлемін растайтын электрондық құжат.</w:t>
+Осы Қағидалардың 2-қосымшасында көрсетілген мәліметтер аттестаттау емтиханына келген кезде көрсетілетін қызметті алушы ұсынатын құжаттардың түпнұсқаларымен салыстырылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушының жеке басын куәландыратын құжат туралы мәліметтерді, ЭҮТШ арқылы мемлекеттік баж төлемі туралы ақпаратты көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+Жеке тұлғаның жеке басын куәландыратын құжат туралы мәліметтерді, сондай-ақ заңды тұлғаның мемлекеттік тіркелуі (қайта тіркелуі) туралы мәліметтерді қызмет алушы "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+Қазақстан Республикасының заңында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы осы қосымшаның 8-тармағына сәйкес құжаттардың толық емес топтамасын және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда, көрсетілетін қызметті беруші көрсетілетін қызметті алушыға құжаттар топтамасы қандай талаптарға сәйкес келмейтінін көрсете отырып, хабарлама жібереді.</w:t>
+1) Көрсетілетін қызметті алушы өтініштің осы Қосымшаның 8-тармағына сәйкес келмеген жағдайда, көрсетілетін қызметті беруші көрсетілетін қызметті алушыға өтініш қандай талаптарға сәйкес келмейтінін көрсете отырып, хабарлама жібереді.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Хабарламада көрсетілген құжаттарды сәйкестендіру мерзімі бір жұмыс күнін құрайды.</w:t>
+Өтінішті сәйкестендіру мерзімі бір жұмыс күнін құрайды.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті алушы хабарламаны алған күннен бастап бір жұмыс күні ішінде оны талаптарға сәйкес келтірмеген жағдайда, көрсетілетін қызметті беруші өтінішті одан әрі қараудан бас тарту жолдайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес ұсынылатын көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісім бермеген жағдайда.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9927,141 +11467,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті "бір өтініш" қағидаты бойынша көрсетілген кезде мемлекеттік қызметті көрсету мерзімі патенттiк сенiм бiлдiрiлген өкiл ретiнде тiркелген мемлекеттiк баж төленгенiн растайтын құжат ұсынылған күннен бастап есептеледі.</w:t>
+"Бір өтініш" қағидаты бойынша көрсетілетін қызметті алушы "Патенттік сенім білдірілген өкіл куәлігін беру" мемлекеттік қызметін алады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету орындарының мекенжайлары уәкілетті органның www.adilet.gov.kz интернет-ресурсында және көрсетілетін қызметті берушінің www.kazpatent.kz сайтында орналастырылған.</w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары уәкілетті органның www.gov.kz/memleket/entities/adilet-kis, а также</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Портал арқылы мемлекеттік көрсетілетін қызметті алу үшін ЭЦҚ болуы қажет.</w:t>
+www.gov.kz/memleket/entities/adilet.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметтті алушының мемлекеттік қызмет көрсетудің тәртібі мен мәртебесі туралы ақпаратты "жеке кабинет" порталда қашықтықтан қолжетімділік режим арқылы, сондай-ақ бірыңғай байланыс орталығы арқылы алу мүмкіндігі бар.</w:t>
+интернет-ресурсының "Мемлекеттік қызметтер" бөлігінде орналастырылған.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мәселелері бойынша анықтама қызметінің байланыс телефондары: 8 (7172) 74-09-69, 55-88-21.</w:t>
+Көрсетілетін қызметтті алушы ЭЦҚ болған жағдайда мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алу мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бірыңғай байланыс-орталығы - 1414, 8 800 080 7777.</w:t>
+Көрсетілетін қызметтті алушының мемлекеттік қызмет көрсетудің тәртібі мен мәртебесі туралы ақпаратты "жеке кабинет" порталда қашықтықтан қолжетімділік режим арқылы, сондай-ақ бірыңғай байланыс орталығы арқылы алу мүмкіндігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетiлетiн қызметтi алушының қалауы бойынша мемлекеттік қызмет осы Қағидалардың 5, 5-1 қосымшаларына сәйкес нысан бойынша бір өтініш негізінде "бір терезе" қағидаты бойынша "Патенттік сенім білдірілген өкіл куәлігін беру" мемлекеттік қызметінің жиынтығымен көрсетіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету мәселелері бойынша анықтама қызметінің байланыс телефондары: 8 (7172) 74-09-93, 74-76-85. Единый контакт-центр: 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10126,159 +11702,107 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өкілдерге кандидаттарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">аттестаттаудан өткізу, патенттік </w:t>
+              <w:t>аттестаттаудан өткізу, патенттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сенім білдірілген өкілдердің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тізілімінде тіркеу және оған</w:t>
+              <w:t>тізілімдеріне тіркеу және оларға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өзгерістер енгізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-қосымша</w:t>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
@@ -10305,51 +11829,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ ӘДIЛЕТ МИНИСТРЛIГI</w:t>
+ҚАЗАҚСТАН РЕСПУБЛИКАСЫ ӘДІЛЕТ МИНИСТРЛІГІНІҢ ЗИЯТКЕРЛІК МЕНШІК ҚҰҚЫҒЫ КОМИТЕТІ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10373,128 +11897,397 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МИНИСТЕРСТВО ЮСТИЦИИ РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+КОМИТЕТ ПО ПРАВАМ ИНТЕЛЛЕКТУАЛЬНОЙ СОБСТВЕННОСТИ МИНИСТЕРСТВА ЮСТИЦИИ РЕСПУБЛИКИ КАЗАХСТАН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z59" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ ПАТЕНТТIК СЕНIМ БIЛДIРIЛГЕН ӨКIЛДIҢ КУӘЛIГI</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 8-қосымша жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауар белгілері, географиялық нұсқамалар, тауар шығарылған жердің атаулары саласындағы мамандандыру бойынша Қазақстан Республикасының Патенттiк сенiм бiлдiрiлген өкiлi ретiнде тiркелген [Тегi] [Аты] [Әкесiнiң аты (болған жағдайда)] берiлдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тiркеу туралы жазба ___ жылғы "___" _______ №____ Қазақстан Республикасының тауар белгілері, географиялық нұсқамалар, тауар шығарылған жердің атаулары саласындағы патенттік сенім білдірілген өкілдерінің тізіліміне енгiзiлген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      [Қол қоюшының лауазымы] [Қол қоюшының тегi, аты, әкесiнiң аты (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Патенттік сенім білдірілген</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өкілдерге кандидаттарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аттестаттаудан өткізу, патенттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сенім білдірілген өкілдердің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізілімдеріне тіркеу және оларға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзгерістер енгізу қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-1 қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-[УО мемлекеттiк тiлдегi деректемелер]</w:t>
-[...35 lines deleted...]
-Берiлген күнi: [Дата выдачи]</w:t>
+ҚАЗАҚСТАН РЕСПУБЛИКАСЫ ӘДІЛЕТ МИНИСТРЛІГІНІҢ ЗИЯТКЕРЛІК МЕНШІК ҚҰҚЫҒЫ КОМИТЕТІ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10518,142 +12311,158 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-[УО орыс тiлдегi</w:t>
-[...17 lines deleted...]
-деректемелер]</w:t>
+КОМИТЕТ ПО ПРАВАМ ИНТЕЛЛЕКТУАЛЬНОЙ СОБСТВЕННОСТИ МИНИСТЕРСТВА ЮСТИЦИИ РЕСПУБЛИКИ КАЗАХСТАН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="54"/>
+    <w:bookmarkStart w:name="z69" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ПАТЕНТТIК СЕНIМ БIЛДIРIЛГЕН ӨКIЛДIҢ КУӘЛIГI</w:t>
-[...36 lines deleted...]
-      Тiркеу туралы жазба ___ жылғы "___" _______ №____ патенттiк сенiм бiлдiрiлген өкiлдердiң тiзiлiмiне енгiзiлген.</w:t>
+        <w:t xml:space="preserve"> ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ ПАТЕНТТIК СЕНIМ БIЛДIРIЛГЕН ӨКIЛДIҢ КУӘЛIГI</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өнертабыстар, пайдалы модельдер, өнеркәсіптік үлгілер, селекциялық жетістіктер саласындағы мамандандыру бойынша Қазақстан Республикасның Патенттiк сенiм бiлдiрiлген өкiлi ретiнде тiркелген [Тегi] [Аты] [Әкесiнiң аты (болған жағдайда)] берiлдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тiркеу туралы жазба ___ жылғы "___" _______ №____ Қазақстан Республикасының өнертабыстар, пайдалы модельдер, өнеркәсіптік үлгілер, селекциялық жетістіктер саласындағы патенттік сенім білдірілген өкілдерінің тізіліміне енгiзiлген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      [Қол қоюшының лауазымы] [Қол қоюшының тегi, аты, әкесiнiң аты (болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> [Қол қоюшының лауазымы] [Қол қоюшының тегi, аты, әкесiнiң аты (болған жағдайда)] </w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -10661,55 +12470,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>