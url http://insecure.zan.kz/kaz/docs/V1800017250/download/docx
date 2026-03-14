--- v0 (2025-10-05)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ac204dd" w14:textId="ac204dd">
+    <w:p w14:paraId="4fcd32e" w14:textId="4fcd32e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,110 +112,120 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 29 маусымдағы № 140 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 31 шілдеде № 17250 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасының кейбір заңнамалық актілеріне азаматтық, банктік заңнаманы жетілдіру және кәсіпкерлік қызмет үшін жағдайды жақсарту мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> іске асыру мақсатында Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
+      "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-тармағына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 25.06.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 24</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -867,156 +877,218 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Іскерлік қатынастар қашықтықтан орнатылған жағдайда қаржы мониторингі субъектілерінің клиенттерді тиісінше тексеруіне қойылатын талаптар (бұдан әрі – Талаптар) "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңы (бұдан әрі – КЖТҚҚ туралы заң) 5-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және КЖТҚҚ туралы заңның 3-бабы 1-тармағының 1) (қызметін Қазақстан Республикасы Ұлттық Банкінің қолма-қол шетел валютасымен айырбастау операцияларына лицензиясы негізінде айырбастау пункттері арқылы ғана жүзеге асыратын заңды тұлғаларды және айрықша қызметі банкноттарды, монеталар мен құндылықтарды инкассациялау болып табылатын заңды тұлғаларды қоспағанда), 2) (тауар биржаларын қоспағанда), 3), 4), 5) және 11) тармақшаларында көрсетілген қаржы мониторингі субъектілеріне (бұдан әрі – қаржы мониторингі субъектілері) қолданылады.</w:t>
+      1. Осы Іскерлік қатынастар қашықтықтан орнатылған жағдайда қаржы мониторингі субъектілерінің клиенттерді тиісінше тексеруіне қойылатын талаптар (бұдан әрі – Талаптар) "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңы (бұдан әрі – КЖ/ТҚҚ туралы заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-тармағына сәйкес әзірленді және КЖ/ТҚҚ туралы заңның 3-бабы 1-тармағының 1) (қызметін Қазақстан Республикасы Ұлттық Банкінің қолма-қол шетел валютасымен айырбастау операцияларына лицензиясы негізінде айырбастау пункттері арқылы ғана жүзеге асыратын заңды тұлғаларды және айрықша қызметі банкноттарды, монеталар мен құндылықтарды инкассациялау болып табылатын заңды тұлғаларды қоспағанда), 2) (тауар биржаларын, өз қызметін тауар биржасында жүзеге асыратын және биржалық тауарлармен мәмілелер жасайтын биржалық брокерлер және тауар биржаларының клирингтік орталықтары қоспағанда), 3), 4), 5) және 11) тармақшаларында көрсетілген қаржы мониторингі субъектілеріне (бұдан әрі – қаржы мониторингі субъектілері) қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 25.06.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 24</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Қаржы мониторингі субъектісі клиенттермен іскерлік қатынастарды қашықтықтан орнату туралы шешімді қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру (бұдан әрі – КЖТҚ) тәуекелі дәрежесінің бағасын клиенттердің типтері бойынша, елдік (географиялық) тәуекелді, қызметтер (өнім) және (немесе) оны беру тәсілі тәуекелін ескере отырып, дербес қабылдайды.</w:t>
+      2. Қаржы мониторингі субъектісі клиенттермен іскерлік қатынастарды қашықтықтан орнату туралы шешімді қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату), терроризмді қаржыландыру және жаппай қырып-жою қаруын таратуды қаржыландыру (бұдан әрі – КЖ/ТҚ) тәуекелі дәрежесінің бағасын клиенттердің типтері бойынша, елдік (географиялық) тәуекелді, қызметтер (өнім) және (немесе) оны беру тәсілі тәуекелін ескере отырып, дербес қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қаржы мониторингі субъектілері мынадай талаптарға сәйкес келетін клиенттермен ғана іскерлік қатынастарды қашықтықтан орнату тәсілімен орнатады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2292,71 +2364,91 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қаржы мониторингi субъектiсінде клиенттің КЖТҚ мақсатында операция жүргізуі туралы күдік болған кезде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (Салық кодексі) Қазақстан Республикасының Кодексінде, КЖТҚҚ туралы заңда, "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасының Заңында көзделген өзге де негіздер бойынша іскерлік қатынастарды қашықтан орнатудан және (немесе) операцияларды жүргізуден бас тартады.".</w:t>
+      4) Қазақстан Республикасының Салық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, КЖ/ТҚҚ туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасының Заңында көзделген өзге де негіздер бойынша.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қаржы мониторингi субъектiсі клиентке іскерлік қатынастарды қашықтықтан орнату тәсілмен орнатудан бас тартқан кезде клиентті іскерлік қатынастарды келу тәртібімен орнату мүмкіндігі туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -2369,50 +2461,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 25.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2444,55 +2556,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>