--- v0 (2025-10-10)
+++ v1 (2026-01-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="54d6057" w14:textId="54d6057">
+    <w:p w14:paraId="6492474" w14:textId="6492474">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,206 +77,388 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Теңізде, Қазақстан Республикасының ішкі су айдындарында және сақтық аймағында мұнай төгілуі салдарын жоюға арналған дайындықты және іс-қимылдарды қамтамасыз етудің ұлттық жоспарын бекіту туралы</w:t>
+        <w:t>Теңізде және Қазақстан Республикасының сақтық аймағында мұнайдың төгілуі салдарын жоюға арналған дайындықты және іс-қимылдарды қамтамасыз етудің ұлттық жоспарын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Энергетика министрінің 2018 жылғы 15 мамырдағы № 182, Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 24 мамырдағы № 376 және Қазақстан Республикасы Ішкі істер министрінің 2018 жылғы 19 мамырдағы № 374 бірлескен бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2018 жылы 27 маусымда № 17128 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Тақырып жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>      РҚАО-ның ескертпесі!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы бұйрық 29.06.2018 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Жер қойнауы және жер қойнауын пайдалану туралы" 2017 жылғы 27 желтоқсандағы Қазақстан Республикасының Кодексі 62-бабының </w:t>
+      "Жер қойнауы және жер қойнауын пайдалану туралы" Қазақстан Республикасы Кодексінің 62-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫЗ:</w:t>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫЗ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған Теңізде, Қазақстан Республикасының ішкі су айдындарында және сақтық аймағында мұнай төгілуі салдарын жоюға арналған дайындықты және іс-қимылдарды қамтамасыз етудің ұлттық </w:t>
-[...9 lines deleted...]
-        <w:t>жоспары</w:t>
+      1. Қоса беріліп отырған Теңізде және Қазақстан Республикасының және сақтық аймағында мұнайдың төгілуі салдарын жоюға арналған дайындықты және іс-қимылдарды қамтамасыз етудің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұлттық жоспары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Теңізде және Қазақстан Республикасының ішкі су айдындарында мұнай төгілуінің алдын алу және оларға ден қою жөніндегі ұлттық жоспарды бекіту туралы" Қазақстан Республикасының Энергетика министрінің 2015 жылғы 23 ақпандағы № 134 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1836,198 +2018,360 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z53" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Теңізде, Қазақстан Республикасының ішкі су айдындарында және сақтық аймағында мұнай төгілуі салдарын жоюға арналған дайындықты және іс-қимылдарды қамтамасыз етудің ұлттық жоспары</w:t>
+        <w:t xml:space="preserve"> Теңізде және Қазақстан Республикасының сақтық аймағында мұнайдың төгілуі салдарын жоюға арналған дайындықты және іс-қимылдарды қамтамасыз етудің ұлттық жоспары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z54" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z55" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Теңізде, Қазақстан Республикасының ішкі су айдындарында және сақтық аймағында мұнай төгілуі салдарын жоюға арналған дайындықты және іс-қимылдарды қамтамасыз етудің ұлттық жоспары (бұдан әрі – Ұлттық жоспар) "Жер қойнауы және жер қойнауын пайдалану туралы" 2017 жылғы 27 желтоқсандағы Қазақстан Республикасының Кодексі (бұдан әрі – Кодекс) 62-бабының </w:t>
+      1. Осы Теңізде және Қазақстан Республикасының сақтық аймағында мұнайдың төгілуі салдарын жоюға арналған дайындықты және іс-қимылдарды қамтамасыз етудің ұлттық жоспары (бұдан әрі – Ұлттық жоспар) "Жер қойнауы және жер қойнауын пайдалану туралы" Қазақстан Республикасы Кодексінің (бұдан әрі – Кодекс) 62-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z56" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы Ұлттық жоспар су қабатының бетін қоса алғанда Қазақстан Республикасының барлық аумақтарында, сондай-ақ Каспий мен Арал теңіздерінің қазақстандық бөлігі шегіндегі түбінде, ішкі су айдындары мен сақтық аймақтарына қолданылады.</w:t>
+      2. Осы Ұлттық жоспар су қабатының бетін қоса алғанда, Қазақстан Республикасының барлық аумақтарында, сондай-ақ Каспий мен Арал теңіздерінің Қазақстан бөлігі шегіндегі түбінде, ішкі су айдындарында және сақтық аймағында қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z57" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Осы Ұлттық жоспардың талаптары мұнайдың төгілу тәуекелі бар объектілерінің меншік иелеріне, Қазақстан Республикасының орталық мемлекеттік және жергілікті атқарушы органдарына және мұнайдың төгілуін жою жөніндегі мамандандырылған ұйымдарға, 1973 жылғы Кемелерден ластанудың алдын алу жөніндегі 1978 жылғы хаттамамен өзгертілген түзетулері бар халықаралық конвенцияның күші қолданылатын тұлғаларды қоспағанда, теңізге мұнайдың төгілу тәуекелімен байланысты қызметті жүзеге асыратын жеке және заңды тұлғаларға қатысты қолданылады.</w:t>
+      3. Осы Ұлттық жоспардың талаптары мұнайдың төгілу қаупі бар объектілерінің меншік иелеріне, Қазақстан Республикасының орталық мемлекеттік және жергілікті атқарушы органдарына және мұнайдың төгілуі салдарын жою жөніндегі мамандандырылған ұйымдарға, 1973 жылғы Кемелерден ластанудың алдын алу жөніндегі 1978 жылғы хаттамамен өзгертілген түзетулері бар халықаралық конвенцияның күші қолданылатын объектілері бар тұлғаларды қоспағанда, теңізге мұнайдың төгілу қауіпімен байланысты қызметті жүзеге асыратын жеке және заңды тұлғаларға қатысты қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Энергетика министрінің 20.05.2021 </w:t>
-[...19 lines deleted...]
-        <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z62" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2056,51 +2400,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Осы Ұлттық жоспарда мынадай терминдер мен анықтамалар қолданылады: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z431" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) аумақтық жоспарлар – Ұлттық жоспар негізінде азаматтық қорғау саласындағы уәкілетті органның аумақтық бөлімшелері әзірлейтін және тиісті облыстардың жергілікті атқарушы органдары бекітетін облыстардың теңізде, ішкі су айдындарында және сақтық аймағында мұнайдың төгілуін жою бойынша әзірлікті және іс-қимылдарды қамтамасыз етудің аумақтық жоспарлары (бұдан әрі – аумақтық жоспарлар);</w:t>
+      1) аумақтық жоспарлар – Ұлттық жоспар негізінде азаматтық қорғау саласындағы уәкілетті органның аумақтық бөлімшелері әзірлейтін және тиісті облыстардың жергілікті атқарушы органдары бекітетін теңізде және облыстардың сақтандыру аймағында мұнайдың төгілуі салдарын жоюға арналған дайындықты және іс-қимылдарды қамтамасыз етудің аумақтық жоспарлары (бұдан әрі – аумақтық жоспарлар);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z432" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бірінші деңгей – мұнайдың төгілу қаупі бар объектідегі ресурстар арқылы жойылатын мұнайдың шамалы төгілуі (он тонна мұнайдан аспайтын);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z433" w:id="20"/>
     <w:p>
@@ -2176,184 +2520,204 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) мұнай төгілуі – мұнайдың тасталуына, төгілуіне әкелетін немесе әкелуі мүмкін, теңіз ортасына қауіп төндіретін немесе төндіруі мүмкін және жедел шараларды талап ететін мұнаймен және (немесе) мұнай өнімдерімен ластануды туғызатын оқыс оқиға немесе авария;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z437" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) мұнайдың төгілуіне қарсы күрес бойынша кеме жиынтығы – суға құйылған мұнайды оқшалауға және жинауға арналған жабдық және материалдар жиынтығы;</w:t>
+      7) мұнайдың төгілуіне қарсы күрес бойынша кеме жиынтығы – суға құйылған мұнайды оқшалауға және жинауға арналған жабдықтардың және материалдардың жиынтығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z438" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>8) объектілік жоспарлар – кемелердің меншік иелерін қоспағанда, мұнайдың төгілу тәуекелі бар объектілердің меншік иелері азаматтық қорғау саласындағы уәкілетті органның тиісті аумақтық бөлімшесімен келісілетін, Ұлттық және тиісті облыстардың аумақтық жоспарлары негізінде, сондай-ақ мұнайдың төгілу тәуекелін бағалау және жиынтық экологиялық пайданы талдау негізінде әзірлейтін теңізде, ішкі су айдындарында және сақтық аймағында мұнайдың төгілуін жою бойынша әзірлікті және іс-қимылдарды қамтамасыз ету жөніндегі жоспарлар;9) сақтық аймағы – теңіздің жағалау сызығынан құрлыққа қарай бес километрге созылып жатқан, теңізге және ішкі су қоймалары мұнайдың төгілуі салдарынан ластануы немесе теңіздің ластану көзі болуы мүмкін құрлық аймағы;</w:t>
+        <w:t>8) объектілік жоспарлар – тиісті облыстардың Ұлттық және аумақтық жоспарлары негізінде, сондай-ақ мұнайдың төгілу қаупін бағалау және экологиялық жиынтық пайданы талдау негізінде кеме иелерін қоспағанда, мұнайдың төгілу қаупі бар объектілердің меншік иелері әзірлейтін, теңізге және сақтық аймағында мұнайдың төгілуі салдарын жоюға арналған дайындықты және іс-қимылды қамтамасыз ету жөніндегі жоспарлар, азаматтық қорғау саласындағы уәкілетті органның тиісті аумақтық бөлімшесімен келісіледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z440" w:id="26"/>
-[...15 lines deleted...]
-      10) теңізде, ішкі су айдындарында және сақтық аймағында мұнайдың төгілуін жоюға арналған дайындықты және іс-қимылдарды қамтамасыз етудің ұлттық жүйесі (бұдан әрі – ұлттық жүйе) – орталық және жергілікті мемлекеттік органдардың, авариялық-құтқару қызметтерінің, мұнайдың төгілу қаупі бар объектілері меншік иелерінің, теңізде мұнайдың төгілуін жою жөніндегі мамандырылған ұйымдардың және теңізде, ішкі су айдындарында және сақтық аймағындағы мұнайдың төгілуі кезіндегі басқа да мүдделі тараптардың өзара іс-қимыл жүйесі;</w:t>
+    <w:bookmarkStart w:name="z460" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) сақтық аймағы – теңіздің жағалау сызығынан құрлыққа қарай бес километрге созылып жатқан, теңізге мұнайдың төгілуі салдарынан ластануы немесе теңіздің ластану көзі болуы мүмкін құрлық аймағы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z441" w:id="27"/>
+    <w:bookmarkStart w:name="z440" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) теңізде және сақтық аймағында мұнайдың төгілуі салдарын жоюға арналған дайындықты және іс-қимылдарды қамтамасыз етудің ұлттық жүйесі (бұдан әрі – Ұлттық жүйе) – теңізде, сақтық аймағында мұнайдың төгілуі салдарын жою кезінде орталық және жергілікті мемлекеттік органдардың, авариялық-құтқару қызметтерінің, мұнайдың төгілу қаупі бар объектілері меншік иелерінің, теңізде мұнайдың төгілуі салдарын жою жөніндегі мамандандырылған ұйымдардың және басқа да мүдделі тараптардың өзара іс-қимыл жүйесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z441" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) төтенше жағдай – адам шығынына, адамдардың денсаулығына немесе қоршаған ортаға зиян келтіруге, елеулі материалдық нұқсанға және адамдардың тыныс-тіршілігі жағдайларының бұзылуына әкеп соғуы мүмкін немесе әкеп соққан аварияның, өрттің, қауіпті өндірістік факторлардың зиянды әсерінің, қауіпті табиғи құбылыстың, апаттың, дүлей немесе өзге де зілзаланың салдарынан қалыптасқан белгілі бір аумақтағы жағдай;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z442" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z442" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) үшінші деңгей – мұнайдың төгілу қаупі бар объект ресурстарына және жағалау ресурстарына қосымша елдегі ресурстар мен халықаралық ресурстар тартыла отырып жойылатын мұнайдың көп көлемде төгілуі (екі жүз елу және одан да көп тонна);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z443" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z443" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) шығарылған жері белгісіз мұнайдың төгілуі – белгісіз кемеден немесе қандай да бір келісімшарттық аумақтан тыс мұнай дағы болған жағдайда мұнайдың төгілуі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z444" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z444" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Ұлттық жоспарда қолданылатын өзге де ұғымдар мен терминдер Қазақстан Республикасының заңнамасына сәйкес қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2375,1466 +2739,2250 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">. қараңыз) бірлескен бұйрығымен. </w:t>
+        <w:t xml:space="preserve">. қараңыз); өзгеріс енгізілді - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="31"/>
+    <w:bookmarkStart w:name="z78" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Теңізде, Қазақстан Республикасының ішкі су айдындарында және сақтық аймағында мұнай төгілуі салдарын жоюға арналған дайындықты және іс-қимылдарды қамтамасыз етудің ұлттық жоспарының мақсаты мен міндеттері</w:t>
-[...19 lines deleted...]
-      6. Ұлттық жоспардың мақсаты экологиялық сипаттағы ластануға әкеліп соғатын теңізде, Қазақстан Республикасының ішкі су айдындарында және сақтық аймағында мұнайдың төгілуіне (бұдан әрі – мұнайдың төгілуі) жедел, тиімді және білікті ден қоюды және олардың зардаптарын жою жөніндегі тиісті операцияларды орындауды қамтамасыз ету болып табылады.</w:t>
+        <w:t xml:space="preserve"> 2-тарау. Теңізде және Қазақстан Республикасының сақтық аймағында мұнайдың төгілуі салдарын жоюға арналған дайындықты және іс-қимылдарды қамтамасыз етудің ұлттық жоспарының мақсаттары мен міндеттері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z80" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-тараудың тақырыбы жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ұлттық жоспардың мақсаты экологиялық сипаттағы ластануға әкеліп соғатын теңізде және Қазақстан Республикасының сақтық аймағында мұнайдың төгілуіне (бұдан әрі – мұнайдың төгілуі) жедел, тиімді және білікті ден қоюды және олардың зардаптарын жою жөніндегі тиісті операцияларды орындауды қамтамасыз ету болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Ұлттық жоспардың негізгі міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z82" w:id="35"/>
+    <w:bookmarkStart w:name="z81" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тәуекелдерді бағалау және экологиялық жиынтық пайданы талдау негізінде қоршаған ортаға және әлеуметтік-экономикалық объектілерге зиянын тигізуге әкеп соқтыратын немесе әкеп соқтырған мұнайдың төгілуіне ден қою және даярлықтың уақытылы, кешенді және тиімді алдын алу шараларын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z82" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) орталық және жергілікті атқарушы органдар, өзге де мүдделі ұйымдар мен мекемелер, сондай-ақ мұнайдың төгілу қаупіне әкелетін объектілердің меншік иелері, авариялық-құтқару қызметтері, теңізде мұнайдың төгілуін жою жөніндегі мамандандырылған ұйымдардың арасындағы өзара іс-қимыл тәртібін және өкілеттігін айқындау болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгеріс енгізілді - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Мұнайдың төгілуі салдарын жоюға арналған дайындықты және іс-қимылдарды қамтамасыз ету:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z461" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тұрғындардың, сондай-ақ мұнайдың төгілуі салдарын жоюға арналған дайындықты және іс-қимылдарды қамтамасыз етуге тартылған адамдардың қауіпсіздігі мен денсаулығын қорғау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z462" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тәуекелдерді бағалау және экологиялық жиынтық пайданы талдау (бұдан әрі – ЭЖПТ);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z463" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасына және мұнайдың төгілуі салдарын жоюға арналған дайындықты және іс-қимылдарды қамтамасыз ету жөніндегі ең үздік тәжірибеге сәйкестік қағидаттары негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) орталық және жергілікті атқарушы органдар, өзге де мүдделі ұйымдар мен мекемелер, сондай-ақ мұнайдың төгілу тәуекеліне әкелетін объектілердің меншік иелері, авариялық-құтқару қызметтері, теңізде мұнайдың төгілуін жою жөніндегі мамандандырылған ұйымдардың арасындағы өзара іс-қимыл тәртібін және өкілеттігін айқындау. </w:t>
-[...99 lines deleted...]
-      9. Теңізде, ішкі су айдындарында және сақтық аймағында мұнайдың төгілуін жою бойынша әзірлікті және іс-қимылдарды қамтамасыз ету осы Ұлттық жоспарға </w:t>
+      9. Теңізде, және сақтық аймағында мұнайдың төгілуі салдарын жоюға арналған дайындықты және іс-қимылдарды қамтамасыз етудің осы Ұлттық жоспарға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес бекітілетін жоспарларға сай ұлттық, аумақтық, объектілік деңгейде жүзеге асырылады.</w:t>
-[...19 lines deleted...]
-      10. Ұлттық, аумақтық және объектілік жоспарларға мынадай тиісті өзгерістер мен толықтырулар енгізіледі:</w:t>
+        <w:t xml:space="preserve"> сәйкес бекітілетін жоспарлар бойынша ұлттық, аумақтық, объектілік деңгейде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z89" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Ұлттық, аумақтық және объектілік жоспарларға мынадай тиісті өзгерістер мен толықтырулар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының заңнамасы өзгерген жағдайда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z90" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оқу-жаттығуларды және жаттығуларды жүргізу нәтижесі бойынша;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мұнайдың төгілуін жою кезінде іс-қимылдарды бағалау мен іс-шараларды жүргізу нәтижесі бойынша енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Ұлттық жоспар мынадай жағдайларда:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z91" w:id="44"/>
-[...15 lines deleted...]
-      3) мұнайдың төгілуін жою кезінде іс-қимылдарды бағалау мен іс-шараларды жүргізу нәтижесі бойынша.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мұнайдың төгілуі үшінші деңгейге жеткенде және мұнайдың төгілуі салдарын жою үшін халықаралық ресурстардың келуін ұйымдастыруға жәрдемдесу қажет болғанда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мұнайдың төгілуі үшінші деңгейге жетпегенде, бірақ Каспий теңізінің қорық аймағының ластануына қатер төндіргенде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мұнайдың төгілуі шектес мемлекеттің аумағына тарала бастаған жағдайда қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-параграф. Аумақтық жоспар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z92" w:id="45"/>
-[...15 lines deleted...]
-      11. Ұлттық жоспар мына жағдайларда:</w:t>
+    <w:bookmarkStart w:name="z97" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Аумақтық жоспарлар жергілікті атқарушы органның, орталық мемлекеттік органдардың аумақтық бөлімшелерінің, авариялық-құтқару қызметтерінің, мұнайдың төгілу қаупіне әкелетін объектілердің меншік иелерінің, сондай-ақ мұнайдың төгілуін жою жөніндегі мамандандырылған ұйымдардың, 1973 жылғы Кемелерден ластанудың алдын алу жөніндегі 1978 жылғы хаттамамен өзгертілген түзетулері бар халықаралық конвенцияның күші қолданылатын объектілері бар тұлғаларды қоспағанда, теңізде мұнайдың төгілу қаупімен байланысты қызметті жүзеге асыратын жеке және заңды тұлғалардың тиісті облыс аумағында авария нәтижесінде туындаған мұнайдың төгілуіне уақытылы ден қою және оның зардаптарын жою саласында басқа да ұйымдардың өзара іс-қимылы мен ресурстары интеграциясының тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z93" w:id="46"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z96" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Энергетика министрінің 20.05.2021 </w:t>
-[...19 lines deleted...]
-        <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="51"/>
+    <w:bookmarkStart w:name="z98" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Аумақтық жоспарларды осы Ұлттық жоспарға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-қосымшаға</w:t>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="51"/>
+        <w:t xml:space="preserve">2-қосымшаға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес нысан бойынша Атырау, Маңғыстау, Батыс Қазақстан, Қызылорда, Шығыс Қазақстан, Павлодар, Алматы, Жамбыл және Қарағанды облыстарының азаматтық қорғау саласындағы уәкілетті органының аумақтық бөлімшелері әзірлейді және жергілікті атқарушы органдары бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2003 жылғы 20 маусымдағы Қазақстан Республикасы Жер кодексінің 14-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-4) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес жер ресурстарын басқару жөніндегі орталық уәкілетті орган айқындайтын Аумақтық сулар алып жатқан жер учаскелерін жасанды ғимараттар салу үшін беру қағидаларына сәйкес Каспий теңізіндегі Қазақстан Республикасының аумақтық сулар шегіндегі облыстардың шекаралары Атырау және Маңғыстау облыстарының Каспий теңізі жағалауы құрлығындағы әкімшілік шекараларының түйіскен нүктесін ескере отырып, солтүстік ендіктің 46 градус сызығына параллель сызық ретінде анықталады.</w:t>
+        <w:t xml:space="preserve"> сәйкес жер ресурстарын басқару жөніндегі орталық уәкілетті орган айқындайтын Аумақтық сулар алып жатқан жер учаскелерін жасанды ғимараттар салу үшін беру қағидаларына сәйкес Каспий теңізіндегі Қазақстан Республикасының аумақтық және ішкі сулар шегіндегі облыстардың шекаралары Атырау және Маңғыстау облыстарының Каспий теңізі жағалауы құрлығындағы әкімшілік шекараларының түйіскен нүктесін ескере отырып, солтүстік ендіктің 46 градус сызығына параллель сызық ретінде анықталады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Энергетика министрінің 20.05.2021 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен. </w:t>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="52"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z101" w:id="53"/>
+    <w:bookmarkStart w:name="z100" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Аумақтық жоспар бойынша ұсыныстар әзірлеу үшін қоршаған ортаны қорғау саласындағы уәкілетті органдары аумақтық бөлімшелерінің, сондай-ақ авариялық-құтқару қызметтерінің, мұнай төгілу қаупі бар объектілері меншік иелерінің, мұнайдың төгілуі салдарын жою бойынша мамандандырылған ұйымдардың және өзге де мүдделі тараптардың өкілдері тартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Аумақтық жоспарды әзірлеу кезінде жергілікті атқарушы органдардан, уәкілетті органның тиісті аумақтық бөлімшелерінен тиісті облыс аумағында орналасқан мұнайдың төгілу қаупі бар объектілер, теңізде және сақтық аймағында өздігінен ағып жататын иесіз ұңғымалар туралы ақпарат сұратылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z102" w:id="54"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z102" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Аумақтық жоспарға өзгерістер мен толықтырулар осы Ұлттық жоспардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес енгізіледі және жергілікті атқарушы органмен бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z103" w:id="55"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z103" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Аумақтық жоспар мына жағдайларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z104" w:id="56"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z104" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мұнайдың төгілуі екінші деңгейге жеткенде және оны жою үшін жер қойнауын пайдаланушының, теңіз объектінің, теңіз портының және (немесе) ол тартып отырған теңізде мұнайдың төгілуін жою жөніндегі мамандандырылған ұйымның ресурстары жеткіліксіз болса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z105" w:id="57"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z105" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мұнай кемеден төгілген немесе кемедегі мұнайдың төгілу қатері болса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z106" w:id="58"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z106" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) шығарылған жері белгісіз мұнайдың төгілуі анықталса; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z107" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мұнайдың төгілуі Каспий теңізінің қорық аймағының ластануына қатер төндіргенде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z108" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мұнайдың төгілуі шектес облыстың аумағына тарала бастаған жағдайда қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z109" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. Объектілік жоспар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z110" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Объектілік жоспарларды азаматтық қорғау саласындағы уәкілетті органның аумақтық бөлімшесімен келісілгеннен кейін теңіз объектілері мен теңіз порттарының меншік иелері бекітеді және бекітілген күннен бастап он жұмыс күні ішінде хабарлама тәртібімен көмірсутектер саласындағы уәкілетті органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - ҚР Энергетика министрінің 20.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 174</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен (01.07.2021 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z111" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Объектілік жоспарды қоршаған ортаны қорғау саласындағы және азаматтық қорғау саласындағы уәкілетті органдардың аумақтық бөлімшелерімен келісу мерзімі жүгінген күннен бастап күнтізбелік отыз күннен аспайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z107" w:id="59"/>
-[...15 lines deleted...]
-      4) мұнайдың төгілуі Каспий теңізінің қорық аймағының ластануына қатер төндіргенде;</w:t>
+    <w:bookmarkStart w:name="z112" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Егер меншік иесінде бірнеше теңіз объектілері мен теңіз порттары бар болса, онда объектілік жоспарлар біріктіріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z108" w:id="60"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z113" w:id="65"/>
+    <w:bookmarkStart w:name="z113" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Объектілік жоспарды Ұлттық және тиісті облыстық аумақтық жоспарлар, сондай-ақ мұнай төгілуі тәуекелдерін бағалау негізінде осы Ұлттық жоспардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша әзірлейді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z114" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Объектілік жоспар, оған түзету енгізілген жағдайда, көмірсутектер, қоршаған ортаны қорғау және азаматтық қорғау саласындағы уәкілетті органдарға хабарландыру тәртібімен жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z115" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Теңіз объектілері мен теңіз порттарының меншік иелері объектілік жоспарларды әзірлеу мақсатында мұнай төгілу тәуекелдерін бағалау мен экологиялық жиынтық пайданы талдау өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұнайдың төгілуі тәуекелдерін бағалау өткізу кезінде Халықаралық теңіз ұйымы (IMO), Мұнай-газ өнеркәсібі өкілдерінің экология және әлеуметтік мәселелер жөніндегі халықаралық қауымдастығы (IPIECA), Теңізде мұнайдың, химиялық өнімдердің және өзге де зиян заттардың төгілуін жою жөніндегі танкерлік флот иелерінің федерациясы (ITOPF), Материалдар және оларды сынау бойынша америкалық қоғамдастық (ASTM), Стандарттау жөніндегі халықаралық ұйым (ISO) әзірлеген халықаралық тәжірибелер мен стандарттарды пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z118" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Теңіз объектілері мен теңіз порттарының меншік иелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кодекстің 156-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес көмірсутектер саласындағы уәкілетті орган айқындайтын теңізде және сақтық аймағында мұнайдың төгілуі салдарын жою үшін қажетті ресурстарға қойылатын ең төменгі нормативтер мен талаптарда белгіленгеннен кем болмайтын бірінші және екінші деңгейдегі мұнайдың төгілуі салдарын жоюға арналған ресурстардың болуын (бұдан әрі – ең төменгі нормативтер мен талаптар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      теңіздегі бірінші деңгейдегі мұнайдың төгілуі салдарын жою үшін – теңіз объектісінде және теңіз портында не отыз минуттық қол жеткізу шегінде мұнайдың мұндай төгілу салдарын толық жою үшін қажетті ресурстардың болуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      теңізге екінші деңгейдегі мұнайдың төгілуі салдарын жою үшін – теңіз объектісінде не осы тармақтың үшінші абзацында көрсетілген отыз минуттық қол жеткізу шегінде жергілікті жағалау қызметтерінің ресурстары келгенге дейінгі кезеңге жеткілікті көлемде ресурстардың болуын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z122" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Кемелерді қоспағанда, мұнайдың төгілу қаупі бар объектілердің меншік иелері мұнайдың бірінші және екінші деңгейдегі төгілуі салдарын жою үшін өздерінің жеке ресурстары болмаған кезде теңізде мұнайдың төгілуі салдарын жою жөніндегі мамандандырылған ұйымдармен шарт жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z123" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Кемелерді қоспағанда, мұнайдың төгілу қаупі бар объектілердің меншік иелері мұнайдың үшінші деңгейдегі төгілуі салдарын жою үшін ресурстармен қамтамасыз ету мақсатында халықаралық деңгейде танылған, білікті персоналы және тиісті жабдығы бар, теңізде мұнайдың төгілуі салдарын жою жөніндегі мамандандырылған ұйыммен шарт жасайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z114" w:id="66"/>
-[...15 lines deleted...]
-      22. Объектілік жоспар, оған түзету енгізілген жағдайда, көмірсутектер, қоршаған ортаны қорғау және азаматтық қорғау саласындағы уәкілетті органдарға хабарландыру тәртібімен жіберіледі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z124" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Қажет болған жағдайда, мұнайдың төгілу қаупі бар объектілердің меншік иелері мұнайдың төгілуі салдарын жою кезінде ынтымақтастық және өзара көмек туралы келісімдер шеңберінде ресурстарды тартады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z115" w:id="67"/>
-[...15 lines deleted...]
-      23. Теңіз объектілері мен теңіз порттарының меншік иелері объектілік жоспарларды әзірлеу мақсатында мұнай төгілу қаупін бағалау мен экологиялық жиынтық пайданы талдау өткізеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 27-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z125" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-параграф. Кеме жоспарлары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z126" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. 1978 жылғы хаттамамен өзгертілген түзетулері бар 1973 жылғы Кемелерден ластанудың алдын алу жөніндегі халықаралық конвенцияның 1-қосымшасының 5-тарауы 37-ережесінің 1-тармағына сәйкес кемелерге қатысты кеме иесі жалпы сыйымдылығы 150 регистрлік тонна және одан да көп әр мұнай танкерінің бортында және жалпы сыйымдылығы 400 регистрлік тонна және одан да көп мұнай танкері болып табылмайтын әр кеменің мұнаймен ластануға қарсы күрес бойынша төтенше шаралардың кеме жоспарының болуын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Энергетика министрінің 20.05.2021 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен. </w:t>
+        <w:t xml:space="preserve">      Ескерту. 28-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="68"/>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес теңізде, ішкі су айдындарында және сақтық аймағында мұнайдың төгілуін жою үшін қажетті ресурстарға қойылатын ең төменгі нормативтер мен талаптарда көмірсутектер саласындағы уәкілетті орган белгілегеннен кем емес болуын;</w:t>
+    <w:bookmarkStart w:name="z127" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Қазақстан Республикасының Мемлекеттік жалауы астында жүзетін кемелерге қатысты кеме иесі теңіздегі мұнайдың екінші деңгейдегі төгілуі cалдарын жою үшін қажет болған жағдайда жағадан келетін ресурстарды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z120" w:id="70"/>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z125" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 28-тармақ жаңа редакцияда - ҚР Энергетика министрінің 20.05.2021 </w:t>
-[...19 lines deleted...]
-        <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="77"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z128" w:id="78"/>
+    <w:bookmarkStart w:name="z128" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Жүккөтерімділігі 2000 тоннадан жоғары өздігінен жүретін мұнай құюға арналған кемелерде мұнайдың төгілуіне қарсы күрес бойынша кеме жиынтығы – мұнай төгілуін оқшаулауға арналған құрал көзделеді. Мұнайдың төгілуіне қарсы күрес бойынша кеме жиынтығына қойылатын талаптар Қазақстан Республикасы Көлік және коммуникациялар министрінің міндетін атқарушының 2011 жылғы 21 сәуірдегі № 216 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6991 болып тіркелген) Пайдаланылатын кемелерді куәландыру қағидаларының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3849,51 +4997,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>577 тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3912,513 +5060,657 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z129" w:id="79"/>
+    <w:bookmarkStart w:name="z129" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3- тарау. Мұнай төгілуін жою кезіндегі ұлттық басқару құрылымы</w:t>
-[...15 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> 3-тарау. Мұнайдың төгілуі cалдарын жою кезіндегі ұлттық басқару құрылымы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      31. Мұнайдың үшінші деңгейдегі төгілуін жою кезіндегі басқару құрылымы осы Ұлттық жоспарға </w:t>
+      Ескерту. 3-тараудың тақырыбы жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z130" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      31. Мұнайдың үшінші деңгейдегі төгілуі салдарын жою кезіндегі басқару құрылымы осы Ұлттық жоспарға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда - ҚР Энергетика министрінің 20.05.2021 </w:t>
-[...19 lines deleted...]
-        <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 31-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z132" w:id="82"/>
+    <w:bookmarkStart w:name="z131" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Консультациялық-кеңесші органның функциялары мұнайдың үшінші деңгейдегі төгілуі салдарын жою кезінде ұлттық жоспар шеңберінде төтенше жағдайлардың алдын алу және оларды жою жөніндегі ведомствоаралық мемлекеттік комиссияға жүктеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z132" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      33. Төтенше жағдайлардың алдын алу және оларды жою жөніндегі ведомствоаралық мемлекеттік комиссия өкілеттігін "Азаматтық қорғау туралы" 201 жылғы 11 сәуірдегі Қазақстан Республикасы Заңының (бұдан әрі – Заң) </w:t>
+      33. Төтенше жағдайлардың алдын алу және оларды жою жөніндегі ведомствоаралық мемлекеттік комиссия өкілеттігін "Азаматтық қорғау туралы" 2014 жылғы 11 сәуірдегі Қазақстан Республикасы Заңының (бұдан әрі – Заң) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 33-тармақ жаңа редакцияда - ҚР Энергетика министрінің 20.05.2021 </w:t>
-[...19 lines deleted...]
-        <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 33-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="83"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z135" w:id="85"/>
+    <w:bookmarkStart w:name="z133" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Мұнайдың төгілуі салдарын жою жөніндегі іс-қимылдың басшысы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мұнайдың бірінші деңгейдегі төгілуі кезінде - мұнайдың төгілу қауіпі бар объектінің меншік иесі немесе теңізде мұнайдың төгілуі салдарын жою жөніндегі ол тартқан мамандандырылған ұйымдар;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мұнайдың екінші деңгейдегі төгілуі кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z136" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      тиісті облыстың аумақтық жоспары қолданысқа енгізілгенге дейін - мұнайдың төгілу тәуекелі бар объектінің меншік иесі немесе теңізде мұнайдың төгілуін жою жөніндегі ол тартқан мамандандырылған ұйымдар; </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z137" w:id="87"/>
+      тиісті облыстың аумақтық жоспары қолданысқа енгізілгенге дейін - мұнайдың төгілу қаупі бар объектінің меншік иесі немесе теңізде мұнайдың төгілуі салдарын жою жөніндегі ол тартқан мамандандырылған ұйымдар; </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тиісті облыстың аумақтық жоспары қолданысқа енгізілгеннен кейін - облыс әкімі тағайындайтын лауазымды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z138" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мұнайдың үшінші деңгейдегі төгілуі кезінде - Қазақстан Республикасының Премьер-Министрі тағайындайтын азаматтық қорғаныс саласындағы уәкілетті органның лауазымды тұлғасы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z142" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 34-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z139" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Мұнай өнімдерінің төгілуі салдарын жою жөніндегі іс-қимылдардың басшысы мынадай өкілеттіктерді жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) авариялық-құтқару және жедел жұмыстарын ұйымдастыру және басшылық ету, мұнайдың төгілуі салдарын жоюға тартылған күштер мен құралдарды басқарады, олардың өзара іс-қимылын ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мүдделі мемлекеттік органдарды және ұйымдарды олар қабылданған шешімдер туралы дереу ақпараттандыру бойынша шаралар қабылдайды;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) авариялық-құтқару және жедел жұмыстарын жүргізу мүмкіндігі болмаған жағдайда, бірінші кезекте төтенше жағдай аймағында қалған адамдарды құтқару бойынша барлық мүмкіндіктерді қолдана отырып, жұмыстың толық немесе бөлігінің тоқтатылуы туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z143" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мұнай төгілуін жою жөніндегі жедел штабты (бұдан әрі – Жедел штаб) құру туралы шешім қабылдайды және жедел топтарының қажетті санын құруды келіседі және олардың төтенше жағдай аймағындағы жұмысын үлестіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z144" w:id="94"/>
+    <w:bookmarkStart w:name="z144" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) Заңның 50-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4430,3318 +5722,4082 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көзделген тәртіппен өкілеттікті жүзеге асырады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="94"/>
+        <w:t xml:space="preserve"> көзделген тәртіппен өкілеттікті жүзеге асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 35-тармаққа өзгеріс енгізілді - ҚР Энергетика министрінің 20.05.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 35-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z145" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Жедел штаб:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мұнайдың төгілу сипатын бағалауды, мұнайдың төгілуін жою жөніндегі іс-қимылдардың басшысына мұнайды оқшаулау және жою бойынша ұсыныстарды әзірлеуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) орталық және жергiлiктi атқарушы органдардың және басқа да мүдделi ұйымдар мен мекемелердiң, сондай-ақ мұнайдың төгілу қаупі бар объектінің меншік иелерінің, теңізде мұнайдың төгілуі салдарын жою жөніндегі мамандандырылған ұйымдардың iс-әрекеттерiн үйлестiредi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 36-тармақ жаңа редакцияда - ҚР Энергетика министрінің 20.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 174</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve">, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрықтарымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z145" w:id="95"/>
-[...136 lines deleted...]
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z464" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Жедел штабтың бастығы мұнайдың төгілуі салдарын жою жөніндегі іс-қимылдар басшысының орынбасары болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z465" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жедел штабтың бастығы мынадай функциялар және міндеттерді жүзеге асырады:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z466" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Жедел штаб мүшелерінің жұмысын ұйымдастырады және үйлестіреді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z467" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) топтарды ұйымдастырады; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z468" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жедел топтардың қажетті санын құрайды және олардың мұнай төгілуінің төтенше жағдай аймағындағы жұмысын бөледі;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z469" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) мұнайдың төгілуі салдарын жою жөніндегі іс-қимылдар басшысына жедел жағдай және мұнай төгілуі салдарын жою бойынша атқарылып жатқан авариялық-құтқару жұмыстарының барысы туралы баяндайды; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z470" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) орталық және жергілікті атқарушы органдарының және басқа да мүдделі ұйымдар мен мекемелердің, сондай-ақ мұнайдың төгілу қаупі бар объектілердің меншік иелерінің, теңізде мұнайдың төгілуі салдарын жою жөніндегі мамандандырылған ұйымдарының өзара іс-қимылын ұйымдастырады және қызметін үйлестіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z471" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жедел штаб мынадай топтардан тұрады:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z472" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ақпаратты өңдеу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z473" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) шешімдерді дайындау және күштер мен құралдарды есептеу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z474" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өзара іс-қимыл;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z475" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ақпараттандыру және байланыс;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z476" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мониторинг және болжау;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z477" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) баспасөз қызметі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z478" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жедел штабтың құрамы осы Ұлттық жоспарға 5-қосымшада берілген.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z479" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мұнайдың үшінші деңгейдегі төгілуі кезіндегі Жедел штабтың бастығы болып азаматтық қорғаныс саласындағы уәкілетті органның лауазымды адамы тағайындалады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 37-тармақ жаңа редакцияда - ҚР Энергетика министрінің 20.05.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 37-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z164" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Ақпарат өңдеу тобы төтенше жағдай және қабылданып жатқан шаралар туралы ақпаратты жинауды және дайындауды, кен орнынан толық және уақытылы хабар жеткізілуін бақылауды жүзеге асырады. Жоғары тұрған органдарға хабарламалар мен жиынтық мәліметтерді дайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 38-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z165" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Шешімдерді дайындау және күштер мен құралдарды есептеу тобы келіп түскен ақпаратты жинақтайды және жағдайды талдайды, қажетті есептерді дайындайды, қалыптасқан жағдайды ескере отырып төтенше жағдайларды жою жөнінде ұсыныстар әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 39-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z166" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Өзара іс-қимыл тобы орталық және жергілікті атқарушы органдармен, өзге де мүдделі ұйымдар және мекемелермен, сондай-ақ мұнай төгілуінің қаупі бар объектілері меншік иелерімен, сондай-ақ авариялық-құтқару қызметтерімен, мұнайдың төгілуі салдарын жою жөніндегі мамандандырылған ұйымдармен және өзге де мүдделі тараптармен өзара іс-қимылды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 40-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z167" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Ақпараттандыру және байланыс тобы Жедел штабтың байланысын, ақпараттық-техникалық қолдауын қамтамасыз етеді, байланыс ұйымдастыру туралы өкімдер мен хабарламалар әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 41-тармақ жаңа редакцияда - ҚР Энергетика министрінің 20.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 174</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен. </w:t>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z164" w:id="97"/>
-[...55 lines deleted...]
-      40. Өзара іс-қимыл тобы орталық және жергілікті атқарушы органдармен, өзге де мүдделі ұйымдар және мекемелермен, сондай-ақ мұнай төгілуінің қаупі бар объектілері меншік иелерімен, сондай-ақ авариялық-құтқару қызметтерімен, мұнайдың төгілуін жою жөніндегі мамандандырылған ұйымдармен және өзге де мүдделі тараптармен өзара іс-қимылды жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z168" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Мониторинг және болжау тобы жағдайдың даму болжамын жүзеге асырады, шешімдер қабылдау үшін бастапқы деректерді дайындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z167" w:id="100"/>
-[...15 lines deleted...]
-      41. Ақпараттандыру және байланыс тобы Жедел штабтың байланысын, ақпараттық-техникалық қолдауын қамтамасыз етеді, байланыс ұйымдастыру туралы өкімдер мен хабарламалар әзірлейді.</w:t>
+    <w:bookmarkStart w:name="z169" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Баспасөз қызметі бұқаралық ақпарат құралдарымен өзара іс-қимыл жасайды, баспасөз хабарламаларын, мақалалар мен басқа материалдарды дайындайды, веб-сайттарда және бұқаралық ақпарат құралдарында ақпарат орналастырады, Жедел штабқа ақпараттық қолдауды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 41-тармақ жаңа редакцияда - ҚР Энергетика министрінің 20.05.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 43-тармақ жаңа редакцияда - ҚР Энергетика министрінің 20.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 174</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z168" w:id="101"/>
-[...101 lines deleted...]
-    <w:bookmarkStart w:name="z170" w:id="103"/>
+    <w:bookmarkStart w:name="z170" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. Азаматтық қорғау саласындағы уәкілетті орган: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z171" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мұнайдың төгілуі туралы ақпарат алуды және жіберуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z172" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оқулар мен жаттығулар өткізеді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z171" w:id="104"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z173" w:id="106"/>
+    <w:bookmarkStart w:name="z173" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) мұнайдың үшінші деңгейдегі төгілуін жою жөніндегі жедел іс-қимылдарды ұйымдастырады; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z174" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) халықаралық көмек алуға бағытталған және тиісті сұраныс болған жағдайда басқа елдерге көмек көрсету бойынша іс-қимылдарды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z175" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) іргелес мемлекеттерді хабарландыру бойынша іс-шараларды ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z174" w:id="107"/>
-[...15 lines deleted...]
-      4) халықаралық көмек алуға бағытталған және тиісті сұраныс болған жағдайда басқа елдерге көмек көрсету бойынша іс-қимылдарды ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z176" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Қазақстан Республикасының көлік, көлік кешенінің қызметін үйлестіру және реттеу саласында мемлекеттік саясатты іске асыруды жүзеге асыратын уәкілетті орган:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z175" w:id="108"/>
-[...15 lines deleted...]
-      5) іргелес мемлекеттерді хабарландыру бойынша іс-шараларды ұйымдастырады.</w:t>
+    <w:bookmarkStart w:name="z177" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мұнайдың төгілуі салдарынн және оның зардаптарын жою үшін қажетті көлікті қамтамасыз етуге байланысты барлық іс-қимылдарды үйлестіреді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z178" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мұнайдың төгілуі салдарын және оның зардаптарын жою, эвакуациялық іс-шараларды өткізу үшін қажетті персонал және жабдықтардың, материалдар мен техникалық ресурстардың тасымалдауын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...54 lines deleted...]
-      2) мұнайдың төгілуін және оның зардаптарын жою, эвакуациялық іс-шараларды өткізу үшін қажетті персонал және жабдықтардың, материалдар мен техникалық ресурстардың тасымалдауын қамтамасыз етеді.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 45-тармаққа өзгеріс енгізілді - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z179" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Порттың теңіз әкімшілігі кеме жоспарларының болуын тексереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z179" w:id="111"/>
-[...15 lines deleted...]
-      46. Порттың теңіз әкімшілігі кеме жоспарларының болуын тексереді.</w:t>
+    <w:bookmarkStart w:name="z180" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Кедендік іс саласындағы уәкілетті орган Еуразиялық экономикалық одақтың және (немесе) Қазақстан Республикасының кеден заңнамасына сәйкес кедендік баждарды, салықты төлемей, сондай-ақ тарифтік реттеу шараларын қолданбай, бірінші кезектегі тәртіппен мұнайдың төгілуі салдарын жою үшін қажетті тауарларға қатысты кедендік операцияларды жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z180" w:id="112"/>
-[...15 lines deleted...]
-      47. Кедендік іс саласындағы уәкілетті орган Еуразиялық экономикалық одақтың және (немесе) Қазақстан Республикасының кеден заңнамасына сәйкес кедендік баждарды, салықты төлемей, сондай-ақ тарифтік реттеу шараларын қолданбай, бірінші кезектегі тәртіппен мұнайдың төгілуін жою үшін қажетті тауарларға қатысты кедендік операцияларды жүргізеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 47-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z480" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Қоршаған ортаны қорғау саласындағы уәкілетті орган:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z181" w:id="113"/>
-[...15 lines deleted...]
-      48. Қоршаған ортаны қорғау саласындағы уәкілетті орган:</w:t>
+    <w:bookmarkStart w:name="z481" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мұнай төгілген жерде гидрометеорологиялық жағдайларға жедел болжамды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z182" w:id="114"/>
-[...15 lines deleted...]
-      1) мұнай төгілген жерде гидрометеорологиялық жағдайларға жедел болжамды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z482" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қоршаған ортаның жай-күйіне мониторинг жүргізуді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z183" w:id="115"/>
-[...15 lines deleted...]
-      2) қоршаған орта жай-күйіне мониторингті ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z483" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қазіргі заманғы ғарыштық түсірудің жедел деректерін пайдалана отырып, мұнай мен газды өндіру, қайта өңдеу, тасымалдау ауданындағы, мұнаймен ластанған ауданды анықтау, мұнайдың төгілуіне мониторинг жүргізу аумағының экологиялық ахуалына мониторинг жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z184" w:id="116"/>
-[...15 lines deleted...]
-      3) қазіргі заманғы ғарыштық түсірудің жедел деректерін пайдалана отырып, мұнай мен газды өндіру, қайта өңдеу, тасымалдау ауданындағы, мұнаймен ластанған ауданды анықтау, мұнайдың төгілуіне мониторинг жүргізу аумағының экологиялық ахуалына мониторинг жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z484" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жағалау аймағында ластану және (немесе) мұнай төгілуінің таралу сипатын, көзін және ареалын анықтау мақсатында талдау жүргізу үшін қоршаған орта объектілеріне іріктеу сынағын жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z185" w:id="117"/>
-[...15 lines deleted...]
-      4) жағалау аймағында ластану және (немесе) мұнай төгілуінің таралу сипатын, көзін және ареалын анықтау мақсатында талдау жүргізу үшін қоршаған орта объектілеріне іріктеу сынағын жүргізеді.</w:t>
+    <w:bookmarkStart w:name="z485" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) экологиялық жиынтық пайданы талдау өткізілуін және оның негізінде мұнайдың үшінші деңгейдегі төгілуі салдарын жою кезеңінде авариялық мұнай төгілуі салдарын жоюдың оңтайлы әдiстерiн айқындауды ұйымдастыруды үйлестіреді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z186" w:id="118"/>
-[...15 lines deleted...]
-      5) экологиялық жиынтық пайданы талдау өткізілуін және оның негізінде мұнайдың үшінші деңгейдегі төгілуін жою кезеңінде мұнай төгілуін жоюдың оңтайлы әдiстерiн айқындауды ұйымдастыруды үйлестіреді;</w:t>
+    <w:bookmarkStart w:name="z486" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) мұнайдың үшінші деңгейдегі төгілуі салдарын жою кезеңінде экологиялық жиынтық пайданы талдау негiзiнде мұнайдың төгілуін жоюдың оңтайлы әдiстерiн келіседі. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z187" w:id="119"/>
-[...15 lines deleted...]
-      6) мұнайдың үшінші деңгейдегі төгілуін жою кезеңінде экологиялық жиынтық пайданы талдау негiзiнде мұнайдың төгілуін жоюдың оңтайлы әдiстерiн келіседі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 48-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z188" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Сыртқы саясат қызметі саласындағы уәкілетті орган бірінші кезекте заңнамада белгіленген тәртіппен мұнайдың төгілуі салдарын жоюға көмек көрсету мақсатында Қазақстан Республикасының аумағына келетін шетел қызметкерлеріне тиісті визалар ресімдейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 48-тармаққа өзгеріс енгізілді - ҚР Энергетика министрінің 20.05.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 49-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z189" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Қазақстан Республикасы Ұлттық қауіпсіздік комитетінің Шекара қызметі төтенше жағдайлар туындаған кезде Қазақстан Республикасының ратификациялаған халықаралық шарттарында айқындалатын тәртіппен төтенше жағдайларды оқшаулау және жою үшін авариялық-құтқару құралымдарының мемлекеттік шекарасы арқылы өткізуді жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z190" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Қорғаныс саласындағы мемлекеттік саясатты жүзеге асыратын уәкілетті орган, Қазақстан Республикасы Қарулы күштерінің әскери-саяси және әскери экономикалық басқармасы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z191" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) көлік саласындағы мемлекеттік саясатты іске асыруды, Қазақстан Республикасының көлік кешеніндегі қызметті үйлестіруді және реттеуді жүзеге асыратын уәкілетті органның келісімімен ден қою персоналы және жабдығы бар әуе кемелеріне қауіпсіз дәлізді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z192" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) авариялық-құтқару құралымдарының әуе кеңістігіндегі Мемлекеттік шекарасы арқылы төтенше жағдайларды оқшаулау және жою үшін жедел өткізуді жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z193" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) төтенше жағдайларды жою үшін Қазақстан Республикасының заңнамасына сәйкес төтенше жағдайды жою басшысының қарамағына Қазақстан Республикасы Қарулы Күштерінің күштері мен құралдарын береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 51-тармаққа өзгеріс енгізілді - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z487" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы уәкілетті орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z488" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қоршаған ортаны қорғау саласындағы уәкілетті органның аумақтық бөлімшелерімен бірлесіп, мұнайдың төгілуі салдарын жою кезінде экологиялық жиынтық пайданы талдау негiзiнде мұнайдың үшінші деңгейдегі төгілуін жоюдың оңтайлы әдiстерiн келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z489" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жануарлар мен құстарды тазалауға арналған орындарды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z490" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жануарлар мен құстарды тазалағаннан кейiн оларды қалпына келтiруге бақылау жүргізуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z199" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) қажет болған жағдайда зоология, ихтиология, жануарлар дүниесін қорғау және құтқару жөніндегі ұйымдар саласындағы сарапшылар туралы ақпарат ұсынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 52-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z492" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      53. Көмірсутектер саласындағы уәкілетті орган: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z493" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мұнайдың үшінші деңгейдегі төгілуі салдарын жою жөніндегі мамандандырылған ұйымдарды тарту бойынша өзара іс-қимылды үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z494" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мұнай төгілуі салдарын жою жөніндегі мамандандырылған ұйымдардың жабдықтарын есепке алуды жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z495" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Каспий теңізінің теңіз ортасын қорғау жөніндегі негіздемелік конвенцияға Мұнаймен ластануға әкелетін тосын оқиғалар жағдайындағы өңірлік әзірлік, ден қою және ынтымақтастық туралы хаттамасының шеңберінде күнделікті қызмет түрінде ақпаратты табыстау және алмасу бойынша жұмыстарды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z496" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) теңізде және сақтық аймағында мұнайдың төгілуі салдарын жою үшін қажетті ресурстарға қойылатын ең төменгі нормативтер мен талаптарды анықтайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 53-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z205" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Ғарыш қызметі саласындағы уәкілетті орган ғарыштық мониторинг – ғарыштан жерді қашықтықтан зондтау арқылы қоршаған ортаның жағдайын бақылау жүйелерінің жұмысын ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z206" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Жергілікті атқарушы орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z207" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оқулар мен жаттығулардың өткізілуіне қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z208" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ведомствоаралық үйлестіруді жүзеге асыруға, сондай-ақ мұнайдың төгілуі салдарын жою жөніндегі жедел іс-қимылдарды ұйымдастыруға және үйлестіруге қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z209" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) халықаралық көмек алуға бағытталған іс-қимылдарды ұйымдастыру мен үйлестіруге қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z210" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сақтық аймағындағы ластану зардаптарын жою, сондай-ақ облыс аумағындағы қоршаған ортаны қалпына келтіру бойынша қызметті үйлестіруді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z211" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мұнайдың төгілуі нәтижесінде және зардаптарды жою барысында зиян шеккен персоналға көмек көрсету үшін ден қоюдың барлық уақытында жедел медициналық жәрдем көмегінің болуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z212" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) зардап шеккендерді медициналық ұйымдарға эвакуациялауды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z213" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) қалдықтарды, жиналған мұнайды уақытша сақтау және жинау орындарын анықтайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z214" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) аумақтық жоспарды бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z215" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) мұнайдың төгілуі салдарын жоюға дайындықты қамтамасыз ету үшін мұнайдың төгілуі салдарын жою жөніндегі мамандандырылған ұйымдарымен шарт жасасады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z216" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) жұртшылық өкілдерімен өзара іс-қимылды және қажет болған жағдайда ерікті волонтерлердің жұмысын ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 55-тармаққа өзгеріс енгізілді - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z497" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Кемелерді қоспағанда, мұнайдың төгілу қаупіне әкелетін объектілердің меншік иелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z498" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мұнай төгілуін жою кезінде басқа объектілерге көмек көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z499" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өз объектілерінде мұнай төгілуі салдарын жоюды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z500" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының жер қойнауын пайдалану, азаматтық қорғаныс, сауда мақсатында теңізде жүзу саласындағы заңнамасының және Ұлттық жоспар талаптарына сәйкес мұнайдың бірінші, екінші, үшінші деңгейдегі төгілуі салдарын жоюға дайындықты және ескертуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z501" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өз объектілеріндегі барлық қолжетімді тәсілдермен теңіз ластануын жою немесе деңгейін азайту үшін барлық мүмкін шараларды қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z502" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) облыстың төтенше жағдайлар жөніндегі комиссияның, Жедел штабтың жұмысына қатысады, сондай-ақ сараптамалық қолдау көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z223" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) экологиялық жиынтық пайданың талдауын жасайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 56-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z224" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      57. Мұнайдың төгілуі салдарын жою жөніндегі мамандандырылған ұйымдар: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z504" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мұнай төгілуін жою жөніндегі қызметтердің уақытылы көрсетілуін қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z505" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) төтенше жағдайлардың алдын алу және жою жөніндегі комиссияның, Жедел штабтың жұмысына қатысады, сондай-ақ сараптамалық қолдау көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z506" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) кемелерден және шығарылған жері белгісіз мұнай төгілуі салдарын жою кезінде экологиялық жиынтық пайданы талдау жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 57-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z228" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Теңізде және сақтық аймағында мұнайдың төгілуі салдарын жоюға арналған қамтамасыз ету</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-тарау жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z229" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-параграф. Бірлескен оқулар мен жаттығулар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z230" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">58. Оқу мен жаттығулар мынадай мәселелер бойынша жүргізіледі: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z508" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) объектілеріне 1973 жылғы Кемелерден ластанудың алдын алу жөніндегі 1978 жылғы хаттамамен өзгертілген түзетулері бар халықаралық конвенцияның күші қолданылатын объектілері бар тұлғаларды қоспағанда, мемлекеттік органдардың, жергiлiктi атқарушы органдар мен мұнайдың төгілу қаупіне әкелетін объектілердің меншік иелерінің, сондай-ақ мұнайдың төгілуі салдарын жою жөніндегі мамандандырылған ұйымдардың, теңіздегі мұнайдың төгілу қаупіне байланысты қызметті жүзеге асыратын жеке және заңды тұлғалардың өзара іс-қимылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z509" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мұнайдың төгілуіне ден қою және жою;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z510" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) хабарлау мен коммуникация, ақпарат алмасу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z511" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мұнайдың төгілуі салдарын жою кезінде көмек көрсету үшін халықаралық жабдық пен персоналды әкелу және әкету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z512" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жабдықты жұмылдыру және орналастыру тәртiбi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z513" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) экологиялық жиынтық пайдаға талдау жасау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 58-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z237" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Шет мемлекеттердің жалауы астында жүзетін кемелерді қоспағанда, мұнайдың төгілу қаупіне әкелетін объектілердің меншік иелері, 1973 жылғы Кемелерден ластанудың алдын алу жөніндегі 1978 жылғы хаттамамен өзгертілген түзетулері бар халықаралық конвенцияның күші қолданылатын объектілері бар тұлғаларды қоспағанда, мұнайдың төгілуі салдарын жою жөніндегі мамандандырылған ұйымдар уәкілетті органдармен, жергiлiктi атқарушы органдар мен басқа мұнайдың төгілу қаупіне әкелетін объектілердің меншік иелерімен, сондай-ақ мұнайдың төгілуі салдарын жою жөніндегі мамандандырылған ұйымдармен, теңіздегі мұнайдың төгілу қаупіне байланысты қызметті жүзеге асыратын жеке және заңды тұлғалармен бірлескен оқу мен жаттығуларды қоса алғанда, жыл сайынғы оқу мен жаттығулар графигін әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 59-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z238" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. Мұнайдың төгілуі салдарын жою әдістері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-параграфтың тақырыбы жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z239" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      60. Теңізде және Қазақстан Республикасының сақтық аймағында жиынтық экологиялық пайданы талдау негізінде мұнайдың төгілуі салдарын жоюдың оңтайлы әдістерін айқындау, келісу және оларды таңдау туралы шешім қабылдау 2021 жылғы 2 қаңтардағы Қазақстан Республикасының Экологиялық кодексi 398-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қоршаған ортаны қорғау саласындағы уәкiлеттi орган бекітетін тәртiппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 60-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">61. Алып тасталды - ҚР Энергетика министрінің 20.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 174</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (01.07.2021 бастап қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...160 lines deleted...]
-    <w:bookmarkStart w:name="z196" w:id="128"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">62. Алып тасталды - ҚР Энергетика министрінің 20.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 174</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (01.07.2021 бастап қолданысқа енгізіледі) бірлескен бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z514" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) мұнай төгілген кезде олардың жойылуына қауіп төнген жағдайда жануарларға және құстарға көмек көрсетуді және тазалауды ұйымдастырады; </w:t>
-[...62 lines deleted...]
-    <w:bookmarkEnd w:id="131"/>
+      63. Мұнайдың төгілуі салдарын жою стратегиясының негізгі қағидаттары: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z515" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мұнайды жинау және тазарту мұнайдың төгілуі салдарын жоюдың механикалық әдістерімен жүзеге асырылады, егер бұл әдіс іс жүзінде қолданылса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z516" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мұнайды жинау төгілу көзіне мүмкіндігінше жақын жасалады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z517" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мұнайдың жағаға жақын жерге және қауіпсіздік аймағына таратылуына жол бермеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z518" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) егер механикалық жинау және тазалау тиімсіз болса немесе оларды қолдану мүмкін болмаса, химиялық заттардың пайдаланылуы және мұнай дағының жағылуы қарастырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z519" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жағалау ресурстарын және сақтық аймағын қорғау кезінде мұнайдың төгілуіне экологиялық тұрғыдан аса сезімтал аймақтар басым болып табылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z520" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қоршаған ортаға зиян келтiрудiң әсерін азайту және әлеуметтiк-экономикалық зардаптарын кеміту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z521" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) мұнайдың төгілуі және оның зардаптарын жою бойынша барлық шаралар жиынтық экологиялық пайданы талдау негізінде жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 52-тармаққа өзгеріс енгізілді - ҚР Энергетика министрінің 20.05.2021 </w:t>
-[...19 lines deleted...]
-        <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 63-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z200" w:id="132"/>
+    <w:bookmarkStart w:name="z522" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Теңізде және Қазақстан Республикасының сақтық аймағында мұнайдың төгілуі салдарын жою үшін мынадай әдістер қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z523" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қадағалау және бағалау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z524" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) су бетінен мұнайды механикалық тежеу және жинау (сезімтал ресурстардан мұнай дағының ауытқуын қоса алғанда);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z525" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мұнай дағын бақылап жағу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z526" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) химиялық құралдарды қолдану;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z527" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      53. Көмірсүтектер саласындағы уәкілетті орган: </w:t>
-[...82 lines deleted...]
-    <w:bookmarkEnd w:id="136"/>
+      5) сақтық аймағын қорғау және тазарту. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 53-тармаққа өзгеріс енгізілді - ҚР Энергетика министрінің 20.05.2021 </w:t>
-[...19 lines deleted...]
-        <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 64-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z205" w:id="137"/>
-[...378 lines deleted...]
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z258" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Теңізде және сақтық аймағында мұнайдың төгілуіне ден қою және оны жою</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 5-тараудың тақырыбы жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z259" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      65. Теңізде, мұнай төгілу қаупі бар объектілерде мұнай төгілуі немесе кез келген байқалған мұнай дағы туралы ақпарат осы Ұлттық жоспарға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бірізділікпен беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 56-тармаққа өзгеріс енгізілді - ҚР Энергетика министрінің 20.05.2021 </w:t>
-[...19 lines deleted...]
-        <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 65-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z224" w:id="156"/>
-[...1103 lines deleted...]
-    <w:bookmarkStart w:name="z260" w:id="185"/>
+    <w:bookmarkStart w:name="z260" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Сақтық аймағында мұнай төгілген жағдайда ақпаратты жеткізу үшін жағалау аймағындағы басқару пункті ұйымдастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z261" w:id="186"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z261" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Мұнай төгілуі кезінде немесе төгілу қаупі болғанда өзара іс-қимыл және коммуникациялар үшін радиожиіліктердің мынадай номиналдары пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -8235,606 +10291,848 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z262" w:id="187"/>
+    <w:bookmarkStart w:name="z262" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        68. Халықты қауіп дәрежесі, қажетті қауіпсіздік, салдарлар, мұнайдың төгілуінің алдын алу және оларды жою жөніндегі шаралар туралы хабардар ету бұқаралық ақпарат құралдары, атап айтқанда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z263" w:id="188"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z263" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) "Телерадио хабарларын тарату туралы" 2012 жылғы 18 қаңтардағы Қазақстан Республикасы Заңы 27-бабының </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z264" w:id="189"/>
+      1) "Масс-медиа туралы" 2024 жылғы 19 маусымдағы Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>48-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) тармақшасына сәйкес телерадио хабарларын тарату желілері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z264" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сауда мақсатында теңізде жүзу, көмірсутектер, қоршаған ортаны қорғау саласындағы уәкілетті органдардың, азаматтық қорғау саласындағы уәкілетті органның аумақтық бөлімшелерінің интернет-ресурстары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z265" w:id="190"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z265" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) "Байланыс туралы" 2004 жылғы 5 шілдедегі Қазақстан Республикасы Заңының 14-бабының </w:t>
+      3) "Байланыс туралы" 2004 жылғы 5 шілдедегі Қазақстан Республикасының Заңы 14-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ұялы байланыс;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z266" w:id="191"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z266" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мерзімді баспасөз басылымдары арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkEnd w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 68-тармаққа өзгеріс енгізілді - ҚР Энергетика министрінің 20.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 174</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve">, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z267" w:id="192"/>
+    <w:bookmarkStart w:name="z267" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Ұлттық жоспардың 11-тармағына сәйкес мұнайдың үшінші деңгейдегі төгілуі жағдайында теңіз объектісінің және теңіз портының меншік иелері мынадай әрекеттерді жүзеге асырады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-[...15 lines deleted...]
-      объектілік жоспарға сәйкес мұнай төгілуін жою жөніндегі халықаралық ұйымнан үшінші деңгейдегі ден қою ресурстарын жұмылдыруды сұрайды;</w:t>
+    <w:bookmarkEnd w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      объектілік жоспарға сәйкес мұнайдың төгілуі салдарын жою жөніндегі халықаралық ұйымнан үшінші деңгейдегі ден қою ресурстарын жұмылдыруды сұрайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бұл туралы азаматтық қорғау саласындағы уәкілетті органның аумақтық бөлімшесіне хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 69-тармақ жаңа редакцияда - ҚР Энергетика министрінің 20.05.2021 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен. </w:t>
+        <w:t xml:space="preserve">      Ескерту. 69-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z270" w:id="193"/>
+    <w:bookmarkStart w:name="z270" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 6-тарау. Мұнай төгілуін жоюға тартылған персонал мен тұрғындардың денсаулығы мен еңбегін қорғау</w:t>
-[...15 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> 6-тарау. Мұнайдың төгілуі салдарын жоюға тартылған персонал мен тұрғындардың денсаулығы мен еңбегін қорғау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      70. Мұнай төгілуін жоюға тартылған персонал мен тұрғындардың денсаулығы мен еңбегін қорғау мұнай төгілуін жою жөніндегі іс-шараларды іске асыру кезіндегі бірінші кезектегі мәселе болып табылады. </w:t>
-[...19 lines deleted...]
-      Мұнай төгілуін жою жөніндегі іс-шараларды өткізу мұнай төгілуін жоюға тартылған персонал мен тұрғындардың денсаулығы мен еңбегіне төнетін қатерді тиісті бағалағаннан кейін және осындай қатерді төмендету жөніндегі шараларды іске асырғаннан кейін жүзеге асырылады.</w:t>
+      Ескерту. 6-тараудың тақырыбы жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z271" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Мұнайдың төгілуін жоюға тартылған персонал мен тұрғындардың денсаулығы мен еңбегін қорғау мұнайдың төгілуі салдарын жою жөніндегі іс-шараларды іске асыру кезіндегі бірінші кезектегі мәселе болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z273" w:id="196"/>
-[...15 lines deleted...]
-      71. Қатерді төмендету жөніндегі шаралар көлеміне мыналар кіреді:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мұнайдың төгілуі салдарын жою жөніндегі іс-шараларды өткізу мұнайдың төгілуі салдарын жоюға тартылған персонал мен тұрғындардың денсаулығы мен еңбегіне төнетін қаупті тиісті бағалағаннан кейін және осындай қауіпті төмендету жөніндегі шараларды іске асырғаннан кейін жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 70-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z528" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Қауіпті төмендету жөніндегі шаралар көлеміне мыналар кіреді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z274" w:id="197"/>
-[...15 lines deleted...]
-      1) мұнаймен ластану немесе ілеспе газдың шығуы мұнай төгілуін жоюға тартылған персонал мен тұрғындардың денсаулығы үшін қауіп туғызатын аумақтарды оқшаулау;</w:t>
+    <w:bookmarkStart w:name="z529" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мұнаймен ластану немесе ілеспе газдың шығуы мұнай төгілуін жоюға тартылған персонал мен тұрғындардың денсаулығы үшін қатер туғызатын аумақтарды оқшаулау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z275" w:id="198"/>
-[...15 lines deleted...]
-      2) мұнай төгілуін жоюға тартылған бүкіл персонал үшін нұсқамалар өткізу;</w:t>
+    <w:bookmarkStart w:name="z530" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мұнайдың төгілуі салдарын жоюға тартылған бүкіл персонал үшін нұсқамалар өткізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z276" w:id="199"/>
+    <w:bookmarkStart w:name="z531" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) арнайы жабдықтарды немесе химиялық заттарды қолданған кездегі техника қауіпсіздігіне оқыту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z277" w:id="200"/>
+    <w:bookmarkStart w:name="z532" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ластанған заттардан тікелей байланыстан аулақ болу және қоршаған ортаның қауіпті факторларының әсерін бақылау үшін мұнайдың төгілуін жоюға тартылған персоналдың жеке қорғау құралдарын пайдалануы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z278" w:id="201"/>
+    <w:bookmarkStart w:name="z533" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) тиісінше демалыспен қамтамасыз ету үшін персоналдың ауысымды жұмысы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z279" w:id="202"/>
-[...15 lines deleted...]
-      6) персоналдың денсаулық пен еңбекті қорғауға қолданылатын заңнама талаптарын сақтауы. </w:t>
+    <w:bookmarkStart w:name="z534" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) персоналдың денсаулық пен еңбекті қорғауға қолданылатын заңнама талаптарын сақтауы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 71-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z280" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. Жиналған мұнай қалдықтары және оны кәдеге жарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
     <w:bookmarkStart w:name="z281" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      72. Мұнай төгілуін жою кезінде көп мөлшерде қоқыс және су мен жиналған мұнай қалыптасады.</w:t>
+      72. Мұнайдың төгілуі салдарын жою кезінде көп мөлшерде қоқыс және су мен жиналған мұнай қалыптасады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 72-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z282" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. Жиналған мұнайды жинау және орналастыру үшін арнайы тұрақты сақтау резервуарларына одан әрі қотару үшін пластикалық қапшықтарды, бактар мен бөшкелерді қоса алғанда, ауыспалы және жылжымалы сыйымдылықтар пайдаланылады. Жиналған мұнайды көп мөлшерде жинау үшін неғұрлым ірі кемеге одан әрі тиеу және арнайы жағалау объекттеріне тасымалдауға арналған баржалар мен ірі қалқымалы резервуарларға жиналатын мұнайды қотару жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
     <w:bookmarkStart w:name="z283" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -9029,120 +11327,158 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z287" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 8-тарау. Мұнайдың төгілуін жоюды аяқтау және есептілік</w:t>
+        <w:t xml:space="preserve"> 8-тарау. Мұнайдың төгілуі салдарын жоюды аяқтау және есептілік</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 8-тараудың тақырыбы жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z288" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      78. Мұнайдың төгілуін жою жөніндегі операция басталған сәттен бастап ол аяқталғанға дейін Жедел штаб барлық жедел іс-қимылдарға және қадағалауларға құжаттама жүргізеді.</w:t>
+      78. Мұнайдың төгілуі салдарын жою жөніндегі операция басталған сәттен бастап ол аяқталғанға дейін Жедел штаб барлық жедел іс-қимылдарға және қадағалауларға құжаттама жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 78-тармақ жаңа редакцияда - ҚР Энергетика министрінің 20.05.2021 </w:t>
-[...19 lines deleted...]
-        <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 78-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z289" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9295,296 +11631,296 @@
         <w:t>
       7) пайдаланылған ден қою материалдары мен басқа да пайдаланылған материалдар туралы (мысалы, отынның түрі, оның мөлшері, пайдалану мақсаты).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
     <w:bookmarkStart w:name="z297" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80. Аталған құжаттама кейіннен оларды құжаттамалық растау, сондай-ақ мұнайдың төгілуіне ден қою шараларын кейін бағалау мақсатында шығындарды өтеуді есептеу үшін пайдаланылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z298" w:id="221"/>
-[...15 lines deleted...]
-      81. Жергілікті атқарушы органның Жедел штабы мұнайдың төгілуін жою бойынша операция аяқталғаннан кейін мұнайдың төгілуін жою жөніндегі іс-қимыл басшысының келісімі бойынша есеп дайындайды.</w:t>
+    <w:bookmarkStart w:name="z535" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. Жергілікті атқарушы органның Жедел штабы мұнайдың төгілуі салдарын жою бойынша операция аяқталғаннан кейін мұнайдың төгілуі салдарын жою жөніндегі іс-қимыл басшысының келісімі бойынша есеп дайындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z299" w:id="222"/>
+    <w:bookmarkStart w:name="z536" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жергілікті атқарушы органның жедел штабы есепте:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z300" w:id="223"/>
+    <w:bookmarkStart w:name="z537" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мұнайдың төгілуіне әкеп соққан аварияның сипаттамасы және оның дамуын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z301" w:id="224"/>
+    <w:bookmarkStart w:name="z538" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қабылданған ден қою шараларының сипаттамасын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z302" w:id="225"/>
+    <w:bookmarkStart w:name="z539" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) шетел мемлекеттері ұсынған көмекті сипаттау мен бағалауды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z303" w:id="226"/>
+    <w:bookmarkStart w:name="z540" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ден қоюдың барлық операциясын бағалауды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z304" w:id="227"/>
+    <w:bookmarkStart w:name="z541" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ден қою кезінде туындаған проблеманы сипаттау мен талдауды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z305" w:id="228"/>
+    <w:bookmarkStart w:name="z542" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) қазіргі шараларды, атап айтқанда Ұлттық жоспардың ережелерін жақсарту мүмкіндігі туралы ұсынымдарды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z306" w:id="229"/>
+    <w:bookmarkStart w:name="z543" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) мұнайдың төгілуіне ден қою уақытында келтірілген шығындарды есептеуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z307" w:id="230"/>
-[...15 lines deleted...]
-      8) мұнайдың төгілуінен болған экологиялық және экономикалық зиянды бағалауды көрсетеді.</w:t>
+    <w:bookmarkStart w:name="z544" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) мұнайдың төгілуінен болған экологиялық және экономикалық зиянды бағалауды көрсетеді. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 81-тармаққа өзгеріс енгізілді - ҚР Энергетика министрінің 20.05.2021 </w:t>
-[...19 lines deleted...]
-        <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 81-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z308" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9757,188 +12093,214 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z311" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      85. "Сауда мақсатында теңізде жүзу туралы" 2002 жылғы 17 қаңтардағы Қазақстан Республикасы Заңының </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес қауіпті жүктерді тасымалдау кезінде келтірілген зиян үшін және кемелерден мұнаймен ластану үшін кеме иесі жауапты болады.</w:t>
+      85. "Сауда мақсатында теңізде жүзу туралы" 2002 жылғы 17 қаңтардағы Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 171-178-баптарына сәйкес қауіпті жүктерді тасымалдау кезінде келтірілген зиян үшін және кемелерден аққан мұнаймен ластанғаны үшін кеме иесі жауапты болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 85-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z312" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       86. Мұнайдың үшінші деңгейдегі төгілу себептерін тергеп-тексеру, мұнайдың төгілуінен қоршаған ортаға келтірілген ысыраптарды өтеу және қалпына келтіру тәртібі үшін: теңіз объектілерінде мұнай төгілген жағдайда – көмірсутектер саласындағы уәкілетті органның, кемелер мен порттардан мұнай төгілген жағдайда – сауда мақсатында теңізде жүзу саласындағы уәкілетті органның, теңізде және сақтық аймағында өздігінен ағып жататын иесіз және апаттық ұңғымалар болған және шығарылған жері белгісіз мұнайдың төгілуі кезінде – жер қойнауын зерттеу саласындағы уәкілетті органның бастамасы бойынша ведомствоаралық комиссия құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z313" w:id="235"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z313" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87. Қоршаған ортаны қалпына келтіру шаралары мен тәртібі қоршаған ортаны қорғау саласындағы заңнамаға сәйкес анықталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z314" w:id="236"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z314" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9-тарау. Мұнайдың төгілуіне ден қоюдың халықаралық аспектілері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z315" w:id="237"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z315" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       88. Каспий теңізі мұнаймен ластанған жағдайда және Каспий теңізіне мұнайдың төгілуін жоюға дайындық пен іс-қимылды қамтамасыз етуде тараптар арасындағы ынтымақтастық пен өзара көмекті талап ететін табиғи және техногендік сипаттағы төтенше жағдайлар туындаған кезде Каспий теңізінің теңіз ортасын қорғау жөніндегі негіздемелік конвенцияға Мұнаймен ластануға әкелетін тосын оқиғалар жағдайындағы өңірлік әзірлік, ден қою және ынтымақтастық туралы хаттамасын және Каспий теңізінде төтенше жағдайлардың алдын алу және оларды жою саласындағы ынтымақтастық туралы келісімін басшылыққа алу қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkEnd w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9957,90 +12319,152 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z316" w:id="238"/>
+    <w:bookmarkStart w:name="z316" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89. Халықаралық келісімдер шеңберінде көмек көрсету және көмек алуға байланысты шығындарды өтеу осы халықаралық келісімдер талаптарына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z317" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. Сауда мақсатында теңізде жүзу саласындағы уәкілетті орган Мұнайдың төгілуі салдарын жою мәселелері жөніндегі халықаралық теңіз ұйымының қарарларын, шешімдері мен басшылық құжаттарын мүдделі мемлекеттік органдарды, жергілікті атқарушы органдарды, мұнай төгілу тәуекеліне қауіпіне әкелетін объектілердің меншік иелерін және мұнайдың төгілуі салдарын жою жөніндегі мамандандырылған ұйымдарды кейіннен хабардар ету үшін көмірсутектер саласындағы уәкілетті органға жібереді және қадағалайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 90-тармақ жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10074,214 +12498,240 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Теңізде,</w:t>
+              <w:t>Теңізде және Қазақстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Республикасының сақтық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ішкі су айдындарында және</w:t>
+              <w:t>аймағында мұнайдың төгілуі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сақтық аймағында мұнай төгілуі</w:t>
+              <w:t>салдарын жоюға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>салдарын жоюға арналған</w:t>
+              <w:t>дайындықты және іс-қимылдарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дайындықты және</w:t>
-[...38 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>қамтамасыз етудің ұлттық жоспарына 1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z428" w:id="240"/>
+    <w:bookmarkStart w:name="z428" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Теңізде, Қазақстан Республикасының ішкі су айдындарында және сақтық аймағында мұнай төгілуі салдарын жою бойынша дайындықты және іс-қимылдарды қамтамасыз ету</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="240"/>
+        <w:t xml:space="preserve"> Теңізде және Қазақстан Республикасының сақтық аймағында мұнайдың төгілуі салдарын жою бойынша дайындықты және іс-қимылдарды қамтамасыз ету</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - ҚР Энергетика министрінің 20.05.2021 </w:t>
-[...19 lines deleted...]
-        <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -10297,124 +12747,154 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мұнай төгілуінің деңгейі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мұнай төгілуінің деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоспар</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоспар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мұнай төгілуі салдарын жою бойынша іс-қимылдар басшысы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мұнайдың төгілуі салдарын жою бойынша іс-қимылдар басшысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10689,52 +13169,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
- Кеме капитаны </w:t>
+              <w:t>
+Кеме капитаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -11159,155 +13639,116 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Теңізде,</w:t>
+              <w:t>Теңізде және Қазақстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Республикасының сақтық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ішкі су айдындарында және</w:t>
+              <w:t>аймағында мұнайдың төгілуі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сақтық аймағында мұнай төгілуі</w:t>
+              <w:t>салдарын жоюға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>салдарын жоюға арналған</w:t>
+              <w:t>дайындықты және іс-қимылдарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дайындықты және</w:t>
-[...38 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>қамтамасыз етудің ұлттық жоспарына 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -11334,468 +13775,506 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z321" w:id="241"/>
+    <w:bookmarkStart w:name="z321" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Теңізде, ішкі су айдындарында және сақтық аймағында мұнай төгілуі салдарын жоюға арналған дайындықты және іс-қимылдарды қамтамасыз етудің аумақтық жоспарлары</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="241"/>
+        <w:t xml:space="preserve"> Теңізде және сақтық аймағында мұнайдың төгілуі салдарын жоюға арналған дайындықты және іс-қимылдарды қамтамасыз етудің аумақтық жоспарлары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда - ҚР Энергетика министрінің 20.05.2021 </w:t>
-[...28 lines deleted...]
-      </w:pPr>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z545" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...20 lines deleted...]
-      1. Жалпы ережелер</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Кіріспе</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:p>
-[...41 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z546" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жалпы ережелер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z547" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Географиялық қолдану шекаралары.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z548" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Авариялық мұнай төгілуі туындаған кезде ықтимал ортаны бағалау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z549" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...64 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Мұнайдың төгілуі салдарын жою бойынша дайындықты және іс-қимылдарды қамтамасыз ету бойынша аумақтық (облыстық) басқару деңгейі 4. Мұнайдың төгілуі салдарын жою жөніндегі іс-шараларға басшылық жасау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z550" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Мұнайдың төгілуі салдарын жою бойынша дайындықты және іс-қимылдарды қамтамасыз ету бойынша аумақтық (облыстық) басқару деңгейінде функциялар мен міндеттерді бөлу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z551" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Мұнайдың төгілуі туралы ақпаратты беру тәртібі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z552" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...93 lines deleted...]
-    </w:p>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Жедел басқару 7. Мұнайдың төгілу жағдайы туындаған кезде жүргізілетін іс-шаралар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z553" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Авариялық-құтқару және жедел жұмыстарды жүргізуді ұйымдастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z554" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Жедел штаб жұмыстарын ұйымдастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z555" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Мұнай төгілуі салдарын жою кезіндегі негізгі іс-шаралардың күнтізбелік жоспары.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z556" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Мұнайдың төгілуі салдарын жою жөніндегі іс-шараларды тоқтату және есептілік.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z557" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Мұнайдың төгілуін тергеп-тексеру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z558" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      12. Мұнайдың төгілуін тергеп-тексеру </w:t>
-[...8 lines deleted...]
-      </w:pPr>
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...75 lines deleted...]
-    </w:p>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Дайындықты қамтамасыз ету</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z559" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Мұнай төгілуіне дайындықты, уақытылы ден қоюды және тиімді жоюды қамтамасыз ету үшін тартылатын ұйымдармен (меншік нысанына қарамастан) өзара іс-қимыл тәртібі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z560" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Мұнайдың төгілуі салдарын жою үшін тартылатын күштер мен құралдардың есебі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z561" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Жаттығулар мен оқулар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z562" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Ақпараттық деректер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11829,1561 +14308,1740 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Теңізде,</w:t>
+              <w:t>Теңізде және Қазақстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Республикасының сақтық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ішкі су айдындарында және</w:t>
+              <w:t>аймағында мұнайдың төгілуі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сақтық аймағында мұнай төгілуі</w:t>
+              <w:t>салдарын жоюға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>салдарын жоюға арналған</w:t>
+              <w:t>дайындықты және іс-қимылдарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дайындықты және</w:t>
+              <w:t>қамтамасыз етудің ұлттық жоспарына 3-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...89 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z344" w:id="247"/>
+    <w:bookmarkStart w:name="z344" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Теңізде, ішкі су айдындарында және сақтық аймағында мұнай төгiлуi салдарын жою бойынша дайындықты және іс-қимылдарды қамтамасыз етудің объектілік жоспары</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="247"/>
+        <w:t xml:space="preserve"> Теңізде және сақтық аймағында мұнайдың төгiлуi салдарын жою бойынша дайындықты және іс-қимылдарды қамтамасыз етудің объектілік жоспары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 3-қосымша жаңа редакцияда - ҚР Энергетика министрінің 20.05.2021 </w:t>
-[...28 lines deleted...]
-      </w:pPr>
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z563" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...77 lines deleted...]
-    </w:p>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Кіріспе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z564" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жоюдың жалпы басымдықтары мен міндеттері.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z565" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жоспардың қолданылу саласы (операциялар мен тәуекелдердің қысқаша сипаттамасын қоса алғанда).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z566" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Жоспардың географиялық қолдану шекаралары.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z567" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Басқа жоспарлармен өзара іс-қимыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z568" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Құжаттаманы басқару (жоспарды сақтауға жауапты адамды анықтау, таралуы, қаралуы және жаңартылуы туралы жазба жүргізу).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z448" w:id="250"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z569" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...183 lines deleted...]
-    </w:p>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Алдын алу мен жоспарлаудың бастапқы шаралары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z570" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Бастапқы кезеңдегі стратегиялық шешімдерді қабылдау бойынша бастапқы іс-қимылдар және оған басшылық ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z571" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Объектідегі бастапқы қауіпсіздік талаптары және мұнайдың төгілу оқиғасы болған жерді бағалау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z572" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Ден қоюдың бастапқы басымдықтары мен мақсаттары.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z573" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Негізгі қызметкерлерге арналған бастапқы кезеңдегі іс-қимылдар тізбесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z574" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Шұғыл хабарлау және есептілік.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z575" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Мұнайдың төгілуі салдарын жою бойынша басқару командасын іске қосу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z576" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Мұнайдың төгілуіне сезімтал экологиялық аудандар мен әлеуметтік-экономикалық объектілерді анықтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z577" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Бірінші деңгейдегі ресурстар және байланыстар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z578" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Бірінші деңгейдегі ресурстарды іске қосу және өрістету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z579" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Мұнайдың төгілуі салдары бойынша, олардың таралуы жағдайындағы іс-қимыл тәртібі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z580" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Объект туралы негізгі ақпарат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z581" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      16. Объект туралы негізгі ақпарат. </w:t>
-[...8 lines deleted...]
-      </w:pPr>
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="251"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Хабарлама және есептілік</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z582" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Ішкі хабарлама бойынша талаптар мен тәртібі;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z583" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Сыртқы хабарлама бойынша талаптар мен тәртібі;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z584" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Егер талап етілсе, қосымша хабарлама;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z585" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Байланыс деректері және нысандары (жоспарда көрсетілуі немесе жиі жаңартуларды енгізуді жеңілдету үшін қосымшаға жеке құжатпен енгізілуі мүмкін).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z450" w:id="252"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z586" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="252"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Бағалау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z587" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Денсаулықты және объектідегі қауіпсіздікті бағалау;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z588" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Мұнайдың төгілуін қадағалау тәсілдері (әуеден қадағалау, қалқыма белгiлері және тағы басқалары);</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z589" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Мұнайдың төгілуін қадағалау және оны бағалау бойынша басшылық ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z590" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Метеорологиялық және гидродинамикалық болжамдар;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z591" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Төгілулердің траекториясы және оларды үлгілеу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z592" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Төгілу деңгейін және төгілудің таралу қатерін бағалау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z451" w:id="253"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z593" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...21 lines deleted...]
-    </w:p>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Жою үшін ресурстар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z594" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Ресурстар тізбесі және көрсетілетін қызметтер тізімі, қажетті материалдық-техникалық қамтамасыз етуді, байланыс деректерін және өрістету уақытын қоса алғанда (жоспарда көрсетілуі немесе жиі жаңартуларды енгізуді жеңілдету үшін қосымшаға жеке құжатпен енгізілуі мүмкін);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z595" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Ресурстарды бөлу тәртібі;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z596" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Тартылатын кемелер (кемелердің талап етілетін сипаттамасы, мұнай төгілген орындағы кемелер тізбесі және тағы басқалары);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z597" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Жергілікті еңбек ресурстары;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...23 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z598" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Арнайы бағытта мамандандырылған сарапшылар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z599" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="254"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Мұнайдың төгілуін жою жөніндегі басқармасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z600" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Басқарманың ұйымдық құрылымы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z601" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Функциялары мен өкілеттіктері;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z602" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Басқару процестері мен рәсімдері;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z603" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Объектіде мұнайдың төгілуін жою жөніндегі басқарманы іске қосу және оның орналасуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z604" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      35. Объектіде мұнайдың төгілуін жою жөніндегі басқарманы іске қосу және оның орналасуы. </w:t>
-[...8 lines deleted...]
-      </w:pPr>
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="255"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Сезімтал аумақтар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z605" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Жағалаудың, теңіз биоталары мен инфрақұрылым объектілерінің мұнаймен ластануына сезімтал аймақтарын анықтау және оларды картаға түсіру (қауіп картасы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z606" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Қорғау басымдығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z607" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Жағалаудың, теңіз биоталары мен инфрақұрылым объектілерінің мұнаймен ластануына сезімталдық картасы (карталардың көлемдеріне, өлшемдеріне және түрлеріне қарай карталар жоспар мәтінінде немесе қосымшада орналастырылады);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z608" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Операциялық сезімталдық картасы және (немесе) оқиға болған жердегі іс-қимылдар жоспары және (немесе) географиялық жою картасы (карталар мен жоспарлардың көлемдеріне, өлшемдеріне және түрлеріне қарай карталар мен жоспарлар жоспардың мәтінінде немесе қосымшада орналастырылады).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z609" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      36. Жағалаудың, теңіз биоталары мен инфрақұрылым объектілерінің мұнаймен ластануына сезімтал аймақтарын анықтау және оларды картаға түсіру (қауіп картасы); </w:t>
-[...19 lines deleted...]
-    </w:p>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Жою стратегиясы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z610" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Стратегиялық шешімдерді қабылдау бойынша басшылық ету (диаграммалар, ықтимал сценарийлердің матрицасы, экологиялық жиынтық пайданы талдау негізінде шешімдер қабылдау бойынша басшылық ету және тағы басқалары).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z611" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Нақты сценарийлерге қарай мұнайдың төгілуі салдарын жою стратегиялары туралы жиынтық ақпарат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z612" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Қажетіне қарай теңізде, теңіздің жағалау аймағында, жаға бойында және ішкі су жолдарында мұнайдың төгілуінің зардаптарын жою үшін қажетті ресурстар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z613" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Мұнайдың төгілуі салдарын жоюдың қолайлы әдістері.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z614" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Қажетіне қарай жалпы тактикалық жоспарлар (жоспар мәтінінде немесе қосымшада орналастырылады).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z615" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      38. Жағалаудың, теңіз биоталары мен инфрақұрылым объектілерінің мұнаймен ластануына сезімталдық картасы (карталардың көлемдеріне, өлшемдеріне және түрлеріне қарай карталар жоспар мәтінінде немесе қосымшада орналастырылады); </w:t>
-[...26 lines deleted...]
-      </w:pPr>
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...100 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Қалдықтарды басқару</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z616" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Заңнама талаптары.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z617" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Тәртібі (жеке сақтау, көлемін азайту, әкету және тағы басқаларды қосқанда).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z618" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Нақты төгілуге қалдықтарды басқару жоспарын әзірлеу бойынша басшылық ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z619" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Уақытша сақтауға алдын ала белгіленген орындар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z620" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Қалдықтарды өңдеу және түпкілікті жою іс-шаралары немесе қалдықтармен жұмыс істеудің басқа да нұсқалары.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z621" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="257"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Тазарту</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z622" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Денсаулық сақтау және қауіпсіздік талаптары.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z623" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Тәртібі және рұқсат етілген тазарту заттары.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z624" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Тазарту бойынша іс-шараларды жүргізу үшін алдын ала белгіленген орындар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z625" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Нақты төгілуді тазарту жөніндегі жоспарды әзірлеу бойынша басшылық ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z626" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      45. Заңнама талаптары; </w:t>
-[...80 lines deleted...]
-      </w:pPr>
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...82 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. Жұмылдыру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z627" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Жабдықтар мен кемелерді қорытынды тексеру, персоналды әкету, шығыс материалдарды қайтару, жалға алынған мүлікті қайтару тәртібі және тағы басқалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z628" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Нақты төгілу кезінде объектіден техника мен қызметкерлерді әкету жоспарын әзірлеу бойынша басшылық ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z629" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...21 lines deleted...]
-    </w:p>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. Ден қою шараларын аяқтау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z630" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Төгілуді кәдеге жаратудың түпкілікті деңгейін анықтау бойынша басшылық ету және мұнайдың төгілуін жою жөніндегі операциялардың аяқталу өлшемшарттары.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z631" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Аймақты тазарту бойынша жұмыстарды қабылдайтын және мұнай төгілуі салдарын жою жөніндегі операциялардың аяқталуын растайтын жауаптыны анықтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z632" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      55. Нақты төгілу кезінде объектіден техника мен қызметкерлерді әкету жоспарын әзірлеу жөніндегі басшылық. </w:t>
-[...8 lines deleted...]
-      </w:pPr>
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...75 lines deleted...]
-    </w:p>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13. Мұнайдың төгілуін жою жөнінде жүргізілген шаралар мен операциялар туралы есеп</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z633" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Есеп әзірлеуге жауапты адамдар және мұнайдың төгілуі салдарын жою аяқталғаннан кейін талдау жүргізу жөніндегі басшылық ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13417,308 +16075,274 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Теңізде,</w:t>
+              <w:t>Теңізде және Қазақстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Республикасының сақтық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ішкі су айдындарында және</w:t>
+              <w:t>аймағында мұнайдың</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сақтық аймағында мұнай төгілуі</w:t>
+              <w:t>төгілуі салдарын жоюға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>салдарын жоюға арналған</w:t>
+              <w:t>арналған дайындықты және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дайындықты және</w:t>
+              <w:t>іс-қимылдарды қамтамасыз</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>іс-қимылдарды қамтамасыз</w:t>
+              <w:t>етудің ұлттық жоспарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>етудің ұлттық жоспарына</w:t>
+              <w:t>4-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4-қосымша</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z417" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Теңізде, ішкі су айдындарында және сақтық аймағында мұнайдың үшінші деңгейдегі төгілуін жою кезіндегі басқарманың құрылымы</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="262"/>
+        <w:t xml:space="preserve"> Теңізде және сақтық аймағында мұнайдың үшінші деңгейдегі төгілуі салдарын жою кезіндегі басқарманың құрылымы</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 4-қосымша жаңа редакцияда - ҚР Энергетика министрінің 20.05.2021 </w:t>
-[...19 lines deleted...]
-        <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      Ескерту. 4-қосымша жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="12001500"/>
+            <wp:extent cx="7810500" cy="7505700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="12001500"/>
+                      <a:ext cx="7810500" cy="7505700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...16 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -13753,142 +16377,116 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Теңізде,</w:t>
+              <w:t>Теңізде және Қазақстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Республикасының сақтық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ішкі су айдындарында және</w:t>
+              <w:t>аймағында мұнайдың төгілуі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сақтық аймағында мұнай төгілуі</w:t>
+              <w:t>салдарын жоюға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>салдарын жоюға арналған</w:t>
+              <w:t>дайындықты және іс-қимылдарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дайындықты және</w:t>
-[...25 lines deleted...]
-              <w:t>етудің ұлттық жоспарына</w:t>
+              <w:t>қамтамасыз етудің ұлттық жоспарына 5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -13909,128 +16507,128 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5-қосымша</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z429" w:id="263"/>
+    <w:bookmarkStart w:name="z429" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мұнайдың үшінші деңгейдегі төгілуі кезіндегі Жедел штабының құрамы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkEnd w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 5-қосымша жаңа редакцияда - ҚР Энергетика министрінің 20.05.2021 </w:t>
-[...37 lines deleted...]
-      Мұнайдың үшінші деңгейдегі төгілуі кезіндегі Жедел штабының құрамына мына уәкілетті органдардың өкілдері енгізіледі:</w:t>
+      Ескерту. 5-қосымша жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұнайдың үшінші деңгейдегі төгілуі кезіндегі Жедел штабының құрамына мынадай уәкілетті органдардың өкілдері енгізіледі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -14044,87 +16642,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Топтың және уәкілетті органның атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Топтың және уәкілетті органның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14234,51 +16852,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Төтенше жағдайлар министрлігі</w:t>
+Қазақстан Республикасының Төтенше жағдайлар министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14311,51 +16929,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Энергетика министрлігі</w:t>
+Қазақстан Республикасының Энергетика министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14388,51 +17006,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігі</w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14465,51 +17083,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шешімдерді дайындау және күш пен тәсіл есептеу тобы</w:t>
+Шешімдерді дайындау және күштері мен құралдарды есептеу тобы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14542,51 +17160,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Төтенше жағдайлар министрлігі</w:t>
+Қазақстан Республикасының Төтенше жағдайлар министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14619,51 +17237,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Энергетика министрлігі</w:t>
+Қазақстан Республикасының Энергетика министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14696,51 +17314,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігі</w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14773,51 +17391,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігінің Экологиялық реттеу және бақылау комитеті</w:t>
+Қазақстан Республикасының Экология және табиғи ресурстар министрлігінің Экологиялық реттеу және бақылау комитеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14850,51 +17468,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігінің Орман шаруашылығы және жануарлар дүниесі комитеті</w:t>
+Қазақстан Республикасының Экология және табиғи ресурстар министрлігінің Орман шаруашылығы және жануарлар дүниесі комитеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15004,51 +17622,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Төтенше жағдайлар министрлігі</w:t>
+Қазақстан Республикасының Төтенше жағдайлар министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15081,51 +17699,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Энергетика министрлігі</w:t>
+Қазақстан Республикасының Энергетика министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15158,51 +17776,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігі</w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15312,51 +17930,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі</w:t>
+Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15389,51 +18007,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігі</w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15466,51 +18084,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Төтенше жағдайлар министрлігі</w:t>
+Қазақстан Республикасының Төтенше жағдайлар министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15620,51 +18238,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігінің Экологиялық реттеу және бақылау комитеті</w:t>
+Қазақстан Республикасының Экология және табиғи ресурстар министрлігінің Экологиялық реттеу және бақылау комитеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15697,51 +18315,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Энергетика министрлігі</w:t>
+Қазақстан Республикасының Энергетика министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15774,51 +18392,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігінің Орман шаруашылығы және жануарлар дүниесі комитеті</w:t>
+Қазақстан Республикасының Экология және табиғи ресурстар министрлігінің Орман шаруашылығы және жануарлар дүниесі комитеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15928,51 +18546,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі</w:t>
+Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16005,51 +18623,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Энергетика министрлігі</w:t>
+Қазақстан Республикасының Энергетика министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16082,51 +18700,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігі</w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16159,51 +18777,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Төтенше жағдайлар министрлігі</w:t>
+Қазақстан Республикасының Төтенше жағдайлар министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -16242,214 +18860,240 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Теңізде,</w:t>
+              <w:t>Теңізде және Қазақстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Республикасының сақтық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ішкі су айдындарында және</w:t>
+              <w:t>аймағында мұнайдың төгілуі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сақтық аймағында мұнай төгілуі</w:t>
+              <w:t>салдарын жоюға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>салдарын жоюға арналған</w:t>
+              <w:t>дайындықты және іс-қимылдарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дайындықты және</w:t>
-[...38 lines deleted...]
-              <w:t>6-қосымша</w:t>
+              <w:t>қамтамасыз етудің ұлттық жоспарына 6-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z430" w:id="264"/>
+    <w:bookmarkStart w:name="z430" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Теңізде, Қазақстан Республикасының ішкі су айдындарында және сақтық аймағында мұнайдың төгілуі туралы ақпарат</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="264"/>
+        <w:t xml:space="preserve"> Теңізде және Қазақстан Республикасының сақтық аймағында мұнайдың төгілуі туралы ақпарат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 6-қосымша жаңа редакцияда - ҚР Энергетика министрінің 20.05.2021 </w:t>
-[...19 lines deleted...]
-        <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      Ескерту. 6-қосымша жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -16465,69 +19109,61 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-КІМГЕ:</w:t>
-[...17 lines deleted...]
-Ақпарат берудің реттік нөмірі (еселік)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кімге: Ақпарат берудің реттік нөмірі (еселік)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -16638,51 +19274,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(Аты-жөні (болған жағдайда) мен ұйым)</w:t>
+(аты-жөні (болған жағдайда) мен ұйым)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16972,70 +19608,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>
-Факс:</w:t>
+Телефон:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18732,57 +21350,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -19619,51 +22241,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      *1-бөлім мұнай төгілуінің табылуынан кейін толтырылады</w:t>
+      *1-бөлім мұнайдың төгілуі табылғаннан кейін толтырылады</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       **2-бөлім ақпарат жинағы бойынша толтырылады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -19717,269 +22339,334 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Теңізде,</w:t>
+              <w:t>Теңізде және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ішкі су айдындарында және</w:t>
+              <w:t>сақтық аймағында мұнайдың төгілуі салдарын жоюға арналған дайындықты және</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іс-қимылдарды қамтамасыз етудің ұлттық жоспарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сақтық аймағында мұнай төгілуі</w:t>
-[...63 lines deleted...]
-              </w:rPr>
               <w:t>7-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z427" w:id="265"/>
+    <w:bookmarkStart w:name="z427" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Теңізде, Қазақстан Республикасының ішкі су айдындарында және сақтық аймағында мұнайдың төгілуі туралы ақпарат берудің реттілігі</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="265"/>
+        <w:t xml:space="preserve"> Теңізде және Қазақстан Республикасының сақтық аймағында мұнайдың төгілуі туралы ақпарат берудің реттілігі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 7-қосымша жаңа редакцияда - ҚР Энергетика министрінің 20.05.2021 </w:t>
-[...19 lines deleted...]
-        <w:t>, ҚР Төтенше жағдайлар министрінің 21.05.2021 № 225 және ҚР Индустрия және инфрақұрылымдық даму министрінің 25.05.2021 № 260 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      Ескерту. 7-қосымша жаңа редакцияда - ҚР Энергетика министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ҚР Төтенше жағдайлар министрінің 19.11.2025 № 489 және ҚР Өнеркәсіп және құрылыс министрінің 20.11.2025 № 495 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="7988300"/>
+            <wp:extent cx="7810500" cy="8102600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="7988300"/>
+                      <a:ext cx="7810500" cy="8102600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -20025,55 +22712,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>