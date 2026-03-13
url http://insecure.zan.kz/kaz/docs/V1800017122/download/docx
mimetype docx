--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5eb8dfb" w14:textId="5eb8dfb">
+    <w:p w14:paraId="16f79d2" w14:textId="16f79d2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1404,167 +1404,167 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z739" w:id="12"/>
+    <w:bookmarkStart w:name="z1140" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы Қағидалар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z740" w:id="13"/>
+    <w:bookmarkStart w:name="z1141" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ТЖКҚ Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасына сәйкес сатып алатын жер қойнауын пайдаланушыларға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z741" w:id="14"/>
+    <w:bookmarkStart w:name="z1142" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) дауыс беретін акцияларының (қатысу үлестерінің) елу және одан артық пайызын тікелей немесе жанама түрде ұлттық басқарушы холдинг иеленетін жер қойнауын пайдалану құқығына ие заңды тұлғаларға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z742" w:id="15"/>
+    <w:bookmarkStart w:name="z1143" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) табиғи монополиялардың субъектісі ретіндегі қызметтің шеңберінде ТЖКҚ Қазақстан Республикасының табиғи монополиялар туралы заңнамасына сәйкес сатып алатын жер қойнауын пайдаланушыларға; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z743" w:id="16"/>
+    <w:bookmarkStart w:name="z1144" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) Кодексті 36-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-2 тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес күрделі жобалар бойынша көмірсутектерді барлау мен өндіруге немесе өндіруге арналған келісімшарттар бойынша қызметті жүзеге асыратын жер қойнауын пайдаланушыларға қолданылмайды. </w:t>
+        <w:t xml:space="preserve"> сәйкес күрделі жобалар бойынша көмірсутектерді барлау мен өндіруге немесе өндіруге арналған келісімшарттар бойынша қызметті жүзеге асыратын жер қойнауын пайдаланушыларға қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1912,160 +1912,74 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) Қазақстан Республикасының Ұлттық куәландырушы орталығы – мемлекеттік және мемлекеттік емес ақпараттық жүйелерде электрондық құжаттарды қалыптастыру үшін жеке және заңды тұлғаларға электрондық цифрлық қолтаңба құралдарын және тіркеу куәліктерін ұсынатын куәландырушы орталық;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z759" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15) Қазақстан Республикасының Ұлттық куәландырушы орталығы – мемлекеттік және мемлекеттік емес ақпараттық жүйелерде электрондық құжаттарды қалыптастыру үшін жеке және заңды тұлғаларға электрондық цифрлық қолтаңба құралдарын және тіркеу куәліктерін ұсынатын куәландырушы орталық;</w:t>
+      15) Қазақстанда шығарылған тауар – толығымен Қазақстан Республикасында өндірілген тауар немесе өндіру кезінде өндірістік және технологиялық операциялардың ең төмен шегі орындалатын, өндіріс шарттарына сәйкес келетін қайта өңделген тауар, ол туралы мәліметтер қазақстандық тауар өндірушілер тізілімінде қамтылады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z760" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      16) </w:t>
+        <w:t>
+      16) Қазақстандық тауар өндірушілер тізілімі (бұдан әрі – ҚТӨ тізілімі) – қазақстандық тауар өндірушілер мен Қазақстанда шығарылатын, олар өндіретін тауарлар туралы мәліметтерді қамтитын "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының объектісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:p>
-[...84 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z761" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) қаржы жылы – Қазақстан Республикасының бюджет заңнамасына сәйкес белгіленген уақыт кезеңі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z762" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2177,349 +2091,177 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">23) 31.12.2025 дейін қолданыста болды - ҚР Энергетика министрінің 02.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 337-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:bookmarkStart w:name="z768" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) қазақстандық тауар өндіруші (бұдан әрі – тауар өндіруші) – Қазақстан Республикасының резиденті болып табылатын, қазақстандық тауар өндірушілер тізіліміне енгізілген кәсіпкерлік субъектісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25) 31.12.2025 дейін қолданыста болды - ҚР Энергетика министрінің 02.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 337-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...238 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Ұлттық палата төралқасы бекітетін тәртіппен ерікті негізде қалыптастырылатын тауарларды, жұмыстар мен көрсетілетін қызметтерді отандық өндірушілердің тізбесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z770" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) ТЖКҚ сатып алу – осы Қағидаларда белгіленген тәртіппен және тәсілдермен жүзеге асырылатын, көмірсутектерді барлау немесе өндіру жөніндегі операцияларды жүргізу кезінде пайдаланылатын, жер қойнауын пайдалануға арналған келісімшарт бойынша міндеттемелерді орындау үшін қажетті ТЖКҚ-ны өз қаражат есебінен сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z771" w:id="42"/>
     <w:p>
       <w:pPr>
@@ -2703,51 +2445,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Энергетика министрінің 02.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 337-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z58" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2980,278 +2742,50 @@
         <w:t xml:space="preserve">
       Тауар биржалары арқылы тауарларды сатып алу Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 26 ақпандағы № 142 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10587 болып тіркелген) Тауар биржаларының тізбесі бойынша Қазақстан Республикасының тауар биржалары туралы заңнамасына сәйкес және тауар биржалары арқылы өткізілетін тауар партияларының ең аз мөлшері бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:p>
-[...226 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z790" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы тармақтың бесінші және алтыншы бөліктерінің ережелері: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z791" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3353,171 +2887,143 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Энергетика министрінің 02.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 337-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. қараңыз) бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z793" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      6-1. ҚТӨ тізілімінде сатып алынатын тауардың екі және одан көп тауар өндірушілері болған кезде, тапсырыс беруші тауарларды сатып алуды ашық конкурс, бағаны төмендетуге бағытталған ашық конкурс (электрондық сауда-саттық) тәсілімен тауардың көрсетілген тауар өндірушілері арасында жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      6-1. </w:t>
-[...86 lines deleted...]
-</w:t>
+      ҚТӨ тізілімінде сатып алынатын тауардың жалғыз тауар өндірушісі болған кезде, сатып алу осы Қағидалардың 85-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14) тармақшасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізінде осы тауар өндірушіден бір көзден алу тәсілімен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z795" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы тармақтың ережелері: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:bookmarkStart w:name="z796" w:id="65"/>
     <w:p>
       <w:pPr>
@@ -3621,51 +3127,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Қағидалар 6-1-тармақпен толықтырылды – ҚР Энергетика министрінің 02.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 337-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
@@ -4764,174 +4290,50 @@
       Тапсырыс беруші біртекті ТЖКҚ-ны жер қойнауын пайдалануға арналған бірнеше келісімшарт шеңберінде сатып алған кезде осындай ТЖКҚ-ны сатып алу сатып алынатын ТЖКҚ-ны жеткізу (орындау, көрсету) жері бірыңғай болу шартымен ТЖКҚ көлемдерінің жер қойнауын пайдалануға арналған келісімшарттар бойынша үлестірілуін көрсете отырып, бір лотпен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ТЖКҚ жеткізу (орындау, көрсету) орны ретінде жер қойнауын пайдалануға арналған келісімшартта көрсетілген өз шекаралары шегіндегі кен орны және (немесе) мекенжай (жылжымайтын мүлік объектісінің орналасқан жері) және (немесе) жер қойнауын пайдалануға арналған келісімшартта көрсетілген (көмірсутектерді барлау кезеңінде) оның шегіндегі келісімшарттық аумақ болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...122 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жабдықтың, көлік құралының белгілі бір үлгісінің қосалқы бөлшектерін (толымдаушы бұйымдарын) бір лотпен сатып алуға жол беріледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -5091,427 +4493,471 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Энергетика министрінің 02.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 337-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z736" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15-1. Егер кен орындарының тобы, кен орнының бір бөлігі Қазақстан Республикасының Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>753-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес рентабельділігі төмен болып табылатын кен орындарының санатына жатқызылса, жер қойнауын пайдалануға арналған бірнеше келісімшарттың шеңберінде жұмыстарды және көрсетілетін қызметтерді бір лотпен сатып алуға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 15-1-тармақпен толықтырылды - ҚР Энергетика министрінің 02.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 337-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Ашық конкурс тоғыз кезеңмен өткізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) конкурстық комиссияны қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) конкурстық құжаттаманы қалыптастыру және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ашық конкурстың өткізілуі туралы хабарландыруды және конкурстық құжаттаманы тізілімде (жүйеде) орналастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) конкурстық өтінімдерді жинау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) конкурстық өтінімді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) тізілімде (жүйеде) конкурстық өтінімдерді ашу, конкурстық өтінімдердің ашық конкурс талаптарына сай келуі мәніне конкурстық комиссияның қарауы және конкурстық өтінімдерді алдын ала қарау хаттамасын жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) қорытынды шығару хаттамасын жасай отырып, ашық конкурстың жеңімпазын айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) құжаттарды салыстыру хаттамасын жасай отырып, құжаттарды салыстыру рәсімінен өту (конкурстық комиссия мүшелерінде ұсынылған құжаттардың түпнұсқалылығында дәлелді күмән пайда болған кезде тапсырыс берушінің шешімі бойынша);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) ашық конкурстың жеңімпазымен шарт (-тар) жасасу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақта көзделген жағдайларда әлеуетті жеткізушілердің конкурстық өтінімдерін қарау, ашық конкурстың әлеуетті жеткізушілерінің конкурстық баға ұсыныстарын бағалау және салыстыру, сондай-ақ ашық конкурстың жеңімпазын айқындау конкурстық құжаттамада көзделген әрбір лот бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Энергетика министрінің м.а. 26.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 190</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...340 lines deleted...]
-    <w:bookmarkStart w:name="z119" w:id="87"/>
+    </w:p>
+    <w:bookmarkStart w:name="z119" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Ашық конкурс өткізілген кезде осы Қағидалардың бұзылуы анықталғанда, тапсырыс беруші ТЖКҚ сатып алу туралы шарт жасалған мезетке дейін ашық конкурсты өткізбейді және оны қайтадан өткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жаңа ашық конкурсты өткізу үшін конкурстық құжаттамаға осы бұзушылықтарды жою және тауарды жеткізу, жұмыстарды орындау, қызметтерді көрсету мерзімдерін ұзарту, сондай-ақ қажет кезінде жеткізуші орындайтын жұмыстар мен көрсетілетін қызметтер көлемін мөлшерлес қысқарту шартымен жұмыстарды орындау, қызметтер көрсету мерзімдерін қысқарту бөлігінде енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5656,108 +5102,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="88"/>
+    <w:bookmarkStart w:name="z124" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Конкурстық комиссияны қалыптастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z125" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z125" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Тапсырыс беруші жеке ашық конкурсқа да, сондай-ақ тұрақты негізде де, бірақ бір қаржы жылынан аспайтын мерзімге конкурстық комиссия құрады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z126" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z126" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Конкурстық комиссияның құрамына төраға, төрағаның орынбасары және конкурстық комиссияның мүшелері кіреді. Комиссия мүшелерінің жалпы саны тақ саннан тұрады. Конкурстық комиссияның құрамында кемінде үш адам болады. Конкурстық комиссияның хатшысы конкурстық комиссияның мүшесі болып табылмайды және конкурстық комиссияның шешім қабылдауы кезінде дауыс бермейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конкурстық комиссия мүшесі сырқаттануына немесе демалыста болуына байланысты, сондай-ақ жұмыстан шыққандығына орай болмағанда, ашық конкурстың қорытындысы шығарылғанға дейін немесе құжаттарды (бар болса) салыстыру рәсіміне дейін конкурстық комиссияның құрамына өзгерістерді немесе толықтыруларды енгізуге жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5794,1064 +5240,1000 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="91"/>
+    <w:bookmarkStart w:name="z127" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Конкурстық комиссияның отырыстары конкурстық комиссия мүшелерінің жалпы санының қарапайым көпшілігі қатысқан жағдайда өткізіледі және қатысқан конкурстық комиссия мүшелері, оның төрағасы, оның орынбасары мен конкурстық комиссияның хатшысы қол қоятын хаттамамен ресімделеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z128" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z128" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Конкурстық комиссияның шешімі ашық дауыс беру арқылы қабылданады және оған отырысқа қатысып отырған конкурстық комиссия мүшелерінің жалпы санының көпшілігі дауыс берген жағдайда, ол қабылданды деп есептеледі. Дауыстар тең болған жағдайда, конкурстық комиссияның төрағасы немесе, ол болмаған жағдайда, төрағаның орынбасары дауыс берген шешім қабылданған болып есептеледі. Конкурстық комиссияның шешімімен келіспеген жағдайда, конкурстық комиссияның кез келген мүшесі айрықша пікірге ие болады, ол жазбаша түрде жазылады және конкурстық комиссия отырысының хаттамасына қоса беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z129" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z129" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Конкурстық комиссияның төрағасы оның жұмысына басшылық жасайды, комиссияның отырыстарында төрағалық етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z130" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z130" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Конкурстық комиссияның хатшысы ТЖКҚ сатып алу жөніндегі ашық конкурс рәсімдерінің өткізілуін ұйымдастырады. Конкурстық комиссияның хатшысы конкурстық комиссия отырысының күн тәртібі бойынша ұсыныстарды дайындайды, конкурстық комиссияны қажетті құжаттармен қамтамасыз етеді, конкурстық комиссия отырысының өткізілуін ұйымдастырады, тізіліммен (жүйемен) қалыптастырылған конкурстық өтінімдерді қарау хаттамасына және ашық конкурстың қорытындысын шығару хаттамасына қол қояды, ТЖКҚ сатып алу жөніндегі ашық конкурстың құжаттары мен материалдарының сақталуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z131" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z131" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-параграф. Конкурстық құжаттаманы қалыптастыру және бекіту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-[...63 lines deleted...]
-        <w:t xml:space="preserve">      24-тармақтың бірінші және екінші абзацы 31.12.2025 дейін қолданылады - ҚР Энергетика министрінің 02.09.2025 </w:t>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z804" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      24. Бірінші және екінші абзацы 31.12.2025 дейін қолданыста болды - ҚР Энергетика министрінің 02.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 337-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">  бұйрығымен.</w:t>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z806" w:id="97"/>
+        <w:t xml:space="preserve">  бұйрығымен. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z806" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ОТӨ тізілімінде сатып алынатын тауардың жалғыз өндірушісі болған жағдайда, тауарды сатып алу аталған тауар өндірушіден осы Қағидалардың 85-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> негізінде бір көзден алу тәсілімен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z807" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z807" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы тармақтың екінші және үшінші бөліктерінің ережелері: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z808" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z808" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>85-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1), 2), 3), 4), 5), 6), 8), 9), 10), 11), 12), 13), 14), 15) және 16) тармақшаларына сәйкес бір көзден алу тәсілімен ТЖКҚ сатып алуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z809" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z809" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Кодекстің 131-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1), 2), 3) және 4) тармақшаларының нормаларын қолданбай ТЖКҚ сатып алуға қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда - ҚР Энергетика министрінің 02.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 337-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. қараңыз) бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="101"/>
+    <w:bookmarkStart w:name="z133" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25. Конкурстық құжаттамада мынадай мәліметтер көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z811" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z811" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ашық конкурс тәсілімен ТЖКҚ сатып алудың нысанасы (ашық конкурс нысанасына бірнеше лот кірген жағдайда, лоттардың атаулары мен нөмірлері);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z812" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z812" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>41-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әлеуетті жеткізушінің конкурстық өтінімінің мазмұны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z813" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z813" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тапсырыс берушінің атауы (заңды тұлға үшін), тегі, аты, әкесінің аты (бар болса) (жеке тұлға үшін), нақты мекенжайы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z814" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z814" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сатып алынатын ТЖКҚ-ның функционалдық, техникалық, сапалық және пайдалану ерекшеліктерінің сипаттамаларымен, бар болса, Қазақстан Республикасының ұлттық стандартын көрсете отырып, әрбір лот бойынша техникалық ерекшелік, бар болса, жоспарлар, сызбалар және эскиздер, сондай-ақ әлеуетті жеткізуші ұсынатын ТЖКҚ-ның осы талаптарға сәйкес келуін растайтын құжаттар тізбесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z815" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z815" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мердігерлік жұмыстар сатып алынған кезде құрылыста (техникалық тапсырманы әзірлеу жөніндегі жұмыстарды, жобаға дейінгі жұмыстар, жобалық жұмыстарды қоса) Қазақстан Республикасында шығарылған құрылыс материалдары, бұйымдар, құрылымдар, инженерлік жабдық пен құрылғылар (бар болса) пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z816" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z816" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мердігер мердігерлік шарт шеңберінде қосалқы мердігерлерге беретін жұмыстар мен көрсетілетін қызметтердің шекті көлемдері жиынтығында жұмыстардың, көрсетілетін қызметтердің екіден бір бөлігінен аспауға тиіс;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z817" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z817" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сатып алынатын тауарлардың, жұмыстардың және көрсетілетін қызметтердің бағасынан басқа, қосылған құн салығын (бұдан әрі – ҚҚС) қоспағанда, оларды тасымалдауға, сақтандыруға, кеден баждарын, салықтарды, алымдарды төлеуге арналған шығыстарды да, сондай-ақ тауарларды жеткізу, жұмыстарды орындау, қызметтерді көрсету шарттарымен көзделген басқа шығыстарды қамтитын конкурстық баға ұсынысы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z818" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z818" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) төлем шарттары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z819" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z819" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) әрбір лот бойынша сатып алынатын тауардың саны, орындалатын жұмыстар мен көрсетілетін қызметтердің көлемдері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z820" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z820" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) әрбір лот бойынша тауарларды жеткізу, жұмыстарды орындау немесе қызметтерді көрсету орындары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z821" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z821" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) әрбір лот бойынша жеткізілетін тауардың бірінші топтамасына тауарларды жеткізу мерзімі тауарды сатып алу туралы шарт жасалған күннен бастап немесе тауарды сатып алу туралы шарт жасалғаннан кейін шартта айқындалған оқиғалар басталған күннен бастап кемінде күнтізбелік 60 (алпыс) күн мөлшерінде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z822" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z822" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әрбір лот бойынша жұмыстарды орындау немесе қызметтерді көрсету мерзімі – жұмыстарды немесе көрсетілетін қызметтерді сатып алу туралы шарт жасалған күннен бастап және (немесе) конкурстық құжаттамада айқындалған күннен бастап және (немесе) жұмыстарды немесе көрсетілетін қызметтерді сатып алу туралы шарт жасалғаннан кейін конкурстық құжаттамада айқындалған оқиғалар басталған күннен бастап.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z823" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z823" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер конкурстық құжаттамада өзге үлкен мерзім көзделмесе, сатып алынатын тауарлардың қазақстандық өндірушісі конкурстық өтінімде жеткізу мерзімін тауарды өндіруге қажетті кезеңге, бірақ шарт жасалған күннен бастап немесе жеткізілетін тауардың бірінші партиясына өтінім жіберілген мезеттен бастап күнтізбелік 90 (тоқсан) күннен артық емес кезеңге ұзартуға құқылы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z824" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z824" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) конкурстық өтінімдерді ұсынудың басталу және аяқталу уақыты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z825" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z825" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) конкурстық өтінімдерді ашу күні мен уақыты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z826" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z826" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) редакцияланатын форматта әрбір лот бойынша шарт жобасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z827" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z827" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) Кодекстің 131-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген өлшемшартқа сәйкес келетін шартты жеңілдік ұсыну туралы тапсырыс берушінің міндеті және әлеуетті жеткізушінің конкурстық өтінімінің шартты бағасын есептеу үшін осы Қағидалардың 45-тармағында көрсетілген құжаттар тізбесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z828" w:id="119"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z828" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) конкурстық өтінімнің мазмұнына және оны ресімдеуге қойылатын талаптар, сондай ақ әлеуетті жеткізушілердің конкурстық өтінімдерінің ең аз қолданылу мерзімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z829" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z829" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) конкурстық өтінімді және (немесе) ТЖКҚ сатып алу туралы шарттың орындалуын қамтамасыз етуді енгізудің көлемі (егер конкурстық құжаттамада конкурстық өтінімді қамтамасыз ету 6 және (немесе) ТЖКҚ сатып алу туралы шарттың орындалуын қамтамасыз ету көзделсе);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z830" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z830" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) әрбір лот бойынша ҚҚС-ты есепке алмағанда ашық конкурстың нысанасы болып табылатын ТЖКҚ сатып алуға бөлінген сомалар туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z831" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z831" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тапсырыс берушінің ТЖКҚ сатып алу жөніндегі ашық конкурсты өткізуден бас тартуының мерзімдері мен тәртібі туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z832" w:id="123"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z832" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) әрбір лот бойынша пайызбен көрсетілген сатып алынатын ТЖКҚ елішілік құндылық бойынша ең аз талаптар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z833" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z833" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тауарлардағы елішілік құндылық бойынша міндеттемелері жоқ жер қойнауын пайдалануға арналған келісімшарттар бойынша әрбір лот бойынша пайызбен көрсетілген сатып алынатын тауарлардағы елішілік құндылық бойынша ең аз талаптарды белгілеуге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z834" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z834" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жұмыстардағы және көрсетілетін қызметтердегі елішілік құндылық бойынша міндеттемелерді қамтитын жер қойнауын пайдалануға арналған келісімшарттар бойынша әрбір лот бойынша пайызбен көрсетілген сатып алынатын жұмыстардағы және көрсетілетін қызметтердегі елішілік құндылық бойынша ең аз талаптарды белгілеуге (50-ден 100-ге дейін) жол беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z835" w:id="126"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z835" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жобалау жұмыстарын сатып алу кезінде елішілік құндылық бойынша ең аз талаптар кемінде 80 (сексен) пайызды құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6870,400 +6252,400 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z153" w:id="127"/>
+    <w:bookmarkStart w:name="z153" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26. Конкурстық құжаттамада мынадай талаптарды белгілеуге жол беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z837" w:id="128"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z837" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сатып алынатын жұмыстар, көрсетілетін қызметтер нарығында және (немесе) тапсырыс беруші белгілеген салада жұмыс тәжірибесін растайтын құжаттарды ұсыну туралы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z838" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z838" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуетті жеткізушінің жұмыс тәжірибесіне қойылатын талап жылдық көлемі құндық мәндегі тиісті қаржы жылына белгіленген жиырма мың еселік айлық есептік көрсеткіштің (бұдан әрі – АЕК) мөлшерінен асып түсетін жұмыстарды және (немесе) көрсетілетін қызметтерді сатып алу кезінде тапсырыс беруші белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z839" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z839" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуетті жеткізушінің жұмыс тәжірибесі әлеуетті жеткізуші жұмыстарды орындаған, қызметтерді көрсеткен ұйымдардың ұсыным хаттарының немесе оң пікірлерінің электрондық көшірмелерімен, орындалған жұмыстардың (көрсетілген қызметтердің) қабылдануын-тапсырылуын растайтын тиісті актілердің электрондық көшірмелері қоса беріліп расталады. Бұл ретте соңғы 3 (үш) жылдан асатын жұмыстарды орындау, қызметтерді көрсету саласында тәжірибенің бар болуы жөнінде талап белгіленбейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z840" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z840" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жұмыс тәжірибесін растайтын құжаттар жұмыс тәжірибесінің әрбір жылы үшін ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z841" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z841" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер тапсырыс берушінің жұмыстарының немесе көрсетілетін қызметтерінің жылдық көлемі құндық мәндегі жиырма мың еселік АЕК мөлшерінен асып түсетін болса, онда әлеуетті жеткізуші жұмыс тәжірибесінің бүкіл мерзімі үшін кемінде бір шарт бойынша тиісті қаржы жылына белгіленген жиырма мың еселік АЕК мөлшерінен асатын сомаға жұмыстар (көрсетілетін қызметтер) көлемінің орындалуын растайтын құжаттарды ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z842" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z842" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жұмыс тәжірибесінің соңғы жылын есептегенде ағымдағы қаржы жылы немесе ағымдағы қаржы жылы алдындағы қаржы жылы бойынша Қағидалардың осы тармақшасының үшінші бөлігінде көрсетілген, жұмыс тәжірибесін растайтын құжаттарды ұсынуға жол беріледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z843" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z843" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы зауыт осы тауарды бұрын шығармаған болса, өндіруші зауыттың (дистрибьютордың, өндіруші зауыттың ресми өкілінің) тауардың техникалық сипаттамасын ұсынуы туралы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z844" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z844" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) әлеуетті жеткізушінің жұмыскерлерінің кәсіби біліктілігін растайтын дипломдардың, сертификаттардың, куәлік қағаздардың, куәліктердің, сондай-ақ Қазақстан Республикасы Еңбек Кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>35-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әлеуетті жеткізуші жұмыскерінің еңбек қызметін растайтын құжаттардың біреуінің бар болуы туралы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z845" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z845" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сатып алынатын тауарлардың өндіруші зауыты (дистрибьюторы, өндіруші зауыттың ресми өкілі) тапсырыс берушіге және әлеуетті жеткізушіге берген мыналарды қамтитын хатты ұсыну туралы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z846" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z846" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әлеуетті жеткізушіге конкурстық құжаттамада белгіленген көлем мен сапада тауар жеткізу бойынша ашық конкурс талабының орындалуы туралы растама;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z847" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z847" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеткізуге ұсынылатын тауардың техникалық ерекшеліктерінің сипаттамасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z848" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z848" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тапсырыс берушіге тауарды уақтылы жеткізуді жүзеге асыру үшін жеткілікті мерзім ішінде әлеуетті жеткізушіге тауарды жеткізу туралы растама;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z849" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z849" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) қосалқы бөлшектер немесе шығыс материалдары сатып алынатын тапсырыс берушідегі жабдықтың немесе көлік құралының өндіруші зауыт (дистрибьютор, өндіруші зауыттың ресми өкілі) берген, әлеуетті жеткізуші ұсынып отырған қосалқы бөлшектердің немесе шығыс материалдарының тапсырыс берушідегі осы өндірушінің жабдығымен немесе көлік құралымен салыстырмалылығы туралы хатты ұсыну туралы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z850" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z850" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер әлеуетті жеткізуші дистрибьютор немесе ресми өкіл берген хатты ұсынатын болса, конкурстық өтінімге осы тұлғалардың өкілеттігін растайтын өндіруші зауыт берген құжаттар қоса беріледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z851" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z851" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) тауар өндірушіге тауарды сатып алу туралы шарт талаптарын мерзімнен бұрын орындағаны үшін сыйақы төлеу туралы, бірақ шарт сомасының 5 (бес) пайызынан артық емес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7282,70 +6664,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z168" w:id="143"/>
+    <w:bookmarkStart w:name="z168" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Конкурстық құжаттамада:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkEnd w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) әлеуетті жеткізушілерге осы Қағидаларда көзделмеген кез келген талаптарды белгілеуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7454,70 +6836,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z178" w:id="144"/>
+    <w:bookmarkStart w:name="z178" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Ашық конкурстың лотына әрбір лот бойынша конкурстық құжаттаманы және техникалық ерекшелікті жүктемеген (көшіріп алмаған) әлеуетті жеткізушілердің қатысуына жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әрбір лот бойынша конкурстық құжаттаманың және техникалық ерекшеліктің көшірмесін ұсыну (тізілімнен (жүйеден) алу) фактісі тізілімде (жүйеде) автоматты түрде тіркеледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -7554,150 +6936,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z180" w:id="145"/>
+    <w:bookmarkStart w:name="z180" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. Ашық конкурсты өткізу туралы хабарландыру жарияланғанға дейін конкурстық құжаттаманы ұсынуға жол берілмейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z181" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z181" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. Әлеуетті жеткізуші конкурстық құжаттаманың ережелерін түсіндіру туралы сұрау салумен тапсырыс берушіге оны тізілімде (жүйеде) орналастыру арқылы конкурстық өтінімдерді берудің соңғы мерзімі өткенге дейінгі бес жұмыс күнінен кешіктірмей жүгінеді. Тапсырыс беруші сұрау салу тіркелген күннен бастап үш жұмыс күні ішінде оған жауап береді және сұрау салудың кімнен түскенін көрсетпестен, негізделген және дәлелді түсіндіруді тізілімде (жүйеде) орналастырады </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z182" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z182" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тізілімде (жүйеде) осы Қағидалардың осы тармағының бірінші абзацында көрсетілген конкурстық құжаттама ережелерін түсіндіру туралы сұрау салулардың жоқтығы әлеуетті жеткізушінің конкурстық құжаттама талаптарымен келісетіндігін білдіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z183" w:id="148"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z183" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуетті жеткізушінің ашық конкурсқа қатысу үшін конкурстық өтінімді беруі конкурстық құжаттама талаптарымен келісуді білдіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z184" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z184" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Тапсырыс беруші осы Қағидалардың 25-тармағының 1) тармақшасында көзделген мәліметтерді қоспағанда, конкурстық құжаттамаға өзгерістерді және (немесе) толықтыруларды енгізеді. Өзгерістер және (немесе) толықтырулар конкурстық құжаттамаға конкурстық өтінімдерді ұсынудың түпкілікті мерзімі аяқталғанға дейін бір жұмыс күнінен кешіктірмейтін мерзімде енгізіледі. Өзгерістер мен (немесе) толықтырулар енгізілген кезде тапсырыс беруші конкурстық құжаттаманы қайтадан бекітуі тиіс және тапсырыс беруші конкурстық өтінімдерді ұсынудың түпкілікті мерзімін конкурстық құжаттамаға өзгерістер немесе толықтырулар енгізілген күннен бастап әлеуетті жеткізушілер бұл өзгерістерді конкурстық өтінімдерде ескеруі үшін кемінде он жұмыс күніне ұзартады (егер осындай өзгерістер енгізілген сәтте конкурстық өтінімдерді ұсыну мерзімі 10 жұмыс күнінен кем болса), бұл ретте конкурстық өтінімдерді ұсынудың түпкілікті мерзімін ұзартулардың саны шектелмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тапсырыс беруші енгізілген өзгерістер мен (немесе) толықтырулар ескере отырып, конкурстық құжаттаманың көшірмесін өзгерістер және (немесе) толықтырулар енгізілген күннен бастап күнтізбелік бір күннен кешіктірмей барлық әлеуетті жеткізушілерге оны тізілімде (жүйеде) орналастыру арқылы ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7770,108 +7152,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z187" w:id="150"/>
+    <w:bookmarkStart w:name="z187" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Осы тармаққа сәйкес тапсырыс берушінің ашық конкурстың нысанасы болып табылатын осы ТЖКҚ сатып алуды жүзеге асырудан бас тартуымен байланысты, ашық конкурстың нысанасы болып табылатын ТЖКҚ кейбір лоттарын алып тастау конкурстық құжаттамаға өзгерістер енгізу болып саналмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z188" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z188" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-параграф. Ашық конкурсты өткізу туралы хабарландыруды және конкурстық құжаттаманы тізілімде (жүйеде) орналастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z189" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z189" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Ашық конкурсты өткізу туралы хабарландыру:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) егер сатып алынатын ТЖКҚ-ның жалпы көлемі әрбір лот бойынша құндық көріністе тиісті қаржы жылына белгіленген жиырма мың еселік АЕК мөлшеріне тең болса немесе одан аспаса, конкурстық өтінімдерді ұсынудың түпкілікті мерзімі аяқталғанға дейін кемінде он жұмыс күні бұрын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7926,400 +7308,400 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z190" w:id="153"/>
+    <w:bookmarkStart w:name="z190" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>36. Тізілімнің (жүйенің) ашық бөлігінде орналастырылатын ашық конкурсты өткізу туралы хабарландыруда мынадай мәліметтер көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z853" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z853" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ашық конкурстың нысанасы (егер ашық конкурстың нысанасына бірнеше лот кірген жағдайда, лоттардың атаулары және нөмірлері);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z854" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z854" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әкімшілік-аумақтық объектілердің сыныптауышына сәйкес тапсырыс берушінің атауы мен орналасқан орны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z855" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z855" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әрбір лот бойынша сатып алынатын тауарлардың сипаттамасы, өлшем бірлігі, орындалатын жұмыстар мен көрсетілетін қызметтер көлемі, сондай-ақ әрбір лот бойынша техникалық ерекшеліктің электрондық көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z856" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z856" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) әрбір лот бойынша тауарларды жеткізудің, жұмыстарды орындаудың немесе қызметтерді көрсетудің мерзімі ТЖКҚ сатып алу туралы шарт жасалған күннен және (немесе) конкурстық құжаттамада белгіленген күннен бастап, әрбір лот бойынша тауарларды жеткізу, қызметтерді көрсету, жұмыстарды орындау орны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z857" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z857" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) конкурстық құжаттаманың электрондық көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z858" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z858" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) тізілімде (жүйеде) конкурстық өтінімдерді ұсынудың басталу және аяқталу уақыты, сондай-ақ конкурстық өтінімдерді ашу күні мен уақыты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z859" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z859" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) ҚҚС есепке алмағанда, әрбір лот бойынша ТЖКҚ сатып алуға бөлінген сома;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z860" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z860" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) әрбір лот бойынша ТЖКҚ сатып алу туралы шарт жасасудың талап етілетін мерзімі ашық конкурстың қорытындылары шығарылған күннен бастап немесе құжаттарды салыстыру хаттамасына қол қойылған күннен бастап;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z861" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z861" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) әрбір лот бойынша пайызбен көрсетілген (0-ден 100-ге дейін) сатып алынатын тауарлардағы, жұмыстардағы (көрсетілетін қызметтердегі) елішілік құндылық бойынша ең аз талаптар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z862" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z862" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тауарлардағы елішілік құндылық бойынша міндеттемелері жоқ жер қойнауын пайдалануға арналған келісімшарттар бойынша сатып алынатын тауарлардағы елішілік құндылық бойынша әрбір лот бойынша пайызбен көрсетілген ең аз талаптарды (0-ден 100-ге дейін) белгілеуге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z863" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z863" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сатып алынатын жұмыстардағы және және көрсетілетін қызметтердегі елішілік құндылық бойынша міндеттемелерді қамтитын жер қойнауын пайдалануға арналған келісімшарттар бойынша әрбір лот бойынша пайызбен көрсетілген сатып алытан жұмыстардағы және көрсетілетін қызметтердегі елішілік құндылық бойынша ең аз талаптарды (50-ден 100-ге дейін) белгілеуге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z864" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z864" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жобалау жұмыстарын сатып алу кезінде елішілік құндылық бойынша ең аз талаптар кемінде 80 (сексен) пайызды құрайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z865" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z865" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) әрбір лот бойынша, оның шеңберінде ТЖКҚ сатып алу жүзеге асырылатын жер қойнауын пайдалануға арналған келісімшарт (-тар) нөмірі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z866" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z866" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) сатып алынатын ТЖКҚ бағасынан басқа, әлеуетті жеткізушінің конкурстық баға ұсынысына, ҚҚС есептемегенде, конкурстық құжаттамада көзделген өзге шығыстарды қосудың қажеттілігі туралы талап;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z867" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z867" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) конкурстық өтінімнің қолданыс мерзімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z868" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z868" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) сатып алу коды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkEnd w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8338,278 +7720,278 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z205" w:id="170"/>
+    <w:bookmarkStart w:name="z205" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-параграф. Конкурстық өтінімдерді жинау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z206" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z206" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Конкурстық өтінім ашық конкурсқа қатысуға ниет білдірген әлеуетті жеткізушінің конкурстық құжаттаманың шарттарына сәйкес тауарларды жеткізуді немесе жұмысты орындауды немесе қызметтерді көрсетуді жүзеге асыруға келісімін білдіру болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z207" w:id="172"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z207" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>38. Тізілімде (жүйеде) тіркелу үшін әлеуетті жеткізуші тізілімде (жүйеде) мыналарды орналастырады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z870" w:id="173"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z870" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заңды тұлғалар үшін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z871" w:id="174"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z871" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы куәліктің немесе анықтаманың электрондық көшірмесін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z872" w:id="175"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z872" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрылтайшылар туралы мәліметтерді қамтитын құжаттың электрондық көшірмесін: үлгілік жарғы негізінде тіркелген заңды тұлғалар үшін жарғының электрондық көшірмесін – заңды тұлғаны тіркеу туралы белгіленген нысандағы өтініштің электрондық көшірмесін, акцияларды ұстаушылардың тізілімінен үзіндінің электрондық көшірмесін (акционерлік қоғамдар үшін), сондай-ақ құрылтайшылар туралы мәліметтерді қамтитын, басқа да құжаттың электрондық көшірмесін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z873" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z873" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) кәсіпкерлік қызметті жүзеге асыратын жеке тұлғалар үшін – кәсіпкерлік субъектісі ретінде тіркеу туралы құжаттың электрондық көшірмесін (жеке кәсіпкер ретінде қызметті бастағаны туралы хабарлама және (немесе) Хабарламалар нысандарын және Мемлекеттік органдардың хабарламаларды қабылдау қағидаларын бекіту туралы, сондай-ақ хабарламаларды қабылдауды жүзеге асыратын мемлекеттік органдарды айқындау туралы Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 6 қаңтардағы № 4 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2015 жылы 6 ақпанда № 10194 болып тіркелді) сәйкес хабарламаны қабылдау туралы талон;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z874" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z874" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заңды тұлғалардың уақытша бірлестігі (консорциум) үшін – консорциум туралы келісімнің электрондық көшірмесін, жұмыстарды орындау, қызметтерді көрсету кезінде тартылған консорциумның қатысушыларын мемлекеттік тіркеу (қайта тіркеу) туралы куәліктердің электрондық көшірмелерін, заңнамада белгіленген тәртіппен бекітілген қатысушылар жарғыларының электрондық көшірмелерін, үлгілік жарғы негізінде тіркелген заңды тұлғалар үшін – заңды тұлғаны-қатысушыны тіркеу туралы белгіленген нысандағы өтініштің электрондық көшірмесін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z875" w:id="178"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z875" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының бейрезиденттері үшін – Қағидалардың осы тармағында көрсетілген құжаттардың электрондық көшірмелерін, не нотариус куәландырған мемлекеттік және орыс тілдеріндегі аудармалармен бірге, Қазақстан Республикасының бейрезиденті болып табылатын әлеуетті жеткізуші (Қазақстан Республикасының бейрезиденттері болып табылатын консорциумның қатысушысы (қатысушылары) туралы ұқсас мәліметтерді қамтитын құжаттардың электрондық көшірмелерін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z876" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z876" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тізілімде (жүйеде) тіркелген соң, Қағидалардың осы тармағында көрсетілген деректер өзгерген кезде, әлеуетті жеткізушілер оларды тізілімде (жүйеде) жаңартуды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkEnd w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8628,70 +8010,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z208" w:id="180"/>
+    <w:bookmarkStart w:name="z208" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Әлеуетті жеткізушінің конкурстық өтініміне электрондық цифрлық қолтаңба қойылады және тізілімде (жүйеде) орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkEnd w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуетті жеткізушілер конкурстық құжаттамада көзделген жағдайларда басқа тілдердегі аударманы қоса бере отырып, конкурстық өтінімді мемлекеттік және (немесе) орыс тілдерінде ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8818,640 +8200,640 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z217" w:id="181"/>
+    <w:bookmarkStart w:name="z217" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. Ашық конкурс туралы хабарландыруда көрсетілген конкурстық өтінімдерді ұсынудың аяқталу мерзімі аяқталған соң ұсынылатын ашық конкурстың әлеуетті жеткізушілерінің конкурстық өтінімдері тізілімде (жүйеде) орналастырылмайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z218" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z218" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>41. Әлеуетті жеткізушінің конкурстық өтінімінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z878" w:id="183"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z878" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) лицензиялардың электрондық көшірмелері (егер ашық конкурстың шарттарында міндетті лицензиялауға жататын қызмет көзделген жағдайда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z879" w:id="184"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z879" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) конкурстық өтінімдерді ұсына бастау күнінің алдындағы бір айдан бұрын емес берілген, банктің немесе банк филиалының алдындағы әлеуетті жеткізушінің міндеттемелері бойынша мерзімі өткен берешектің жоқтығы туралы әлеуетті жеткізушіге қызмет көрсететін банктің немесе банк филиалының анықтамасының электрондық көшірмесі (егер әлеуетті жеткізуші екінші деңгейдегі бірнеше банктің немесе филиалдарының, сондай-ақ шетелдік банктің клиенті болып табылса, осы анықтама осындай банктердің әрбіреуінен ұсынылады);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z880" w:id="185"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z880" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) берешектің жоқтығы туралы не конкурстық өтінімдерді ұсына бастау күнінің алдындағы бір айдан бұрын емес берілген бір теңгеден кем берешектің болуы туралы тиісті салық органы анықтамасының электрондық көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z881" w:id="186"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z881" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) әлеуетті жеткізушінің – Қазақстан Республикасы бейрезидентінің қызметі осы жеткізушінің банкрот деп танылуына байланысты тоқтатылмағандығы туралы мәліметтердің электрондық көшірмелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z882" w:id="187"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z882" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ТЖКҚ-ның функционалдық, техникалық, сапалық және пайдалану сипаттамаларын көрсете отырып, техникалық ерекшеліктің, сондай-ақ ТЖКҚ-ның осы талаптарға сәйкестігін растайтын құжаттардың электрондық көшірмелері болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z883" w:id="188"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z883" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тауар сатып алынған жағдайда техникалық ерекшелікте жеткізуге ұсынылатын тауардың шыққан елі, өндіруші зауыты, модельдің атауы және техникалық ерекшеліктері көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z884" w:id="189"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z884" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуетті жеткізушіге жеткізу мерзімін конкурстық құжаттамада белгіленген күнтізбелік алпыс күннен кем мерзімді көрсетуге жол беріледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z885" w:id="190"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z885" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) әрбір лот бойынша пайызбен көрсетілген (0-ден 100-ге дейін) ұсынылатын ТЖКҚ елішілік құндылық бойынша міндеттемелер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z886" w:id="191"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z886" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сатып алынатын тауарлардағы елішілік құндылықтың әрбір лот бойынша пайызбен көрсетілген ең аз талаптарын (0-ден 100-ге дейін) белгілеуге жол беріледі, оның ішінде тауарлардағы елішілік құндылық бойынша міндеттемелерді қамтымайтын жер қойнауын пайдалануға арналған келісімшарттар бойынша;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z887" w:id="192"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z887" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) көмірсутектерді барлау немесе өндіру жөніндегі операцияларды жүргізумен байланысты жұмыстардың жекелеген түрлерін орындауға арналған шартты орындау кезінде мердігердің осы Қағидаларды сақтау туралы келісімі (әлеуетті жеткізуші мердігерлік шартын орындауға қажетті ТЖКҚ сатып алған жағдайда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z888" w:id="193"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z888" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Қазақстан Республикасының бейрезидент мердігерлерінің Қазақстан Республикасының аумағынан тыс жерлерде осындай мердігер жүзеге асыратын жобаларда жұмыстарды орындау және (немесе) қызметтер көрсету үшін Қазақстан Республикасының резиденттерін тарту жөніндегі міндеттемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z889" w:id="194"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z889" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) осы Қағидалардың 26-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес жұмыс тәжірибесін растайтын құжаттардың электрондық көшірмелері (егер конкурстық құжаттамада әлеуетті жеткізушінің жұмыс тәжірибесі туралы талап көзделсе);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z890" w:id="195"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z890" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) конкурстық құжаттаманың талаптарына сәйкес, сатып алынатын тауарлардың өндірушісі тапсырыс берушіге және әлеуетті жеткізушіге берген хаттың электрондық көшірмесі (конкурстық құжаттамада тиісті талап бар болған жағдайда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z891" w:id="196"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z891" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) сатып алу кодын және лот нөмірін көрсете отырып, тапсырыс берушінің банк шотына кепілдікті ақшалай жарнаның енгізілуін растайтын төлем тапсырмасының электрондық көшірмесі (конкурстық құжаттамада тиісті талап бар болған жағдайда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z892" w:id="197"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z892" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) ашық конкурстың әлеуетті жеткізушісінің конкурстық баға ұсынысы конкурстық құжаттамада көзделген талаптарға сәйкес, ҚҚС-ты есепке алмағанда әрбір лот бойынша бөлек, электрондық құжат нысанында тізілімде (жүйеде) ұсынылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z893" w:id="198"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z893" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) Кәсіпкерлік қызметті жүзеге асыратын жеке тұлға конкурстық өтінімді берген кезде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z894" w:id="199"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z894" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кәсіпкерлік субъектісі ретінде тіркеу туралы құжаттың электрондық көшірмесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z895" w:id="200"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z895" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заңды тұлға конкурстық өтінімді берген кезде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z896" w:id="201"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z896" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Заңды тұлғаларды мемлекеттік тіркеу және филиалдар мен өкілдіктерді есептік тіркеу туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заңды тұлғаларды мемлекеттік тіркеу туралы заң) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">7-бабына </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілген жарғының электрондық көшірмесі немесе мемлекеттік тіркеу туралы өтініштің электрондық көшірмесі (үлгілік жарғы негізінде тіркелген заңды тұлғалар үшін);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z897" w:id="202"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z897" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрылтайшылар (қатысушылар) туралы мәліметтерді қамтитын құрылтай құжаттарынан үзінді көшірменің электрондық көшірмесі немесе серіктестіктің қатысушылары тізілімінен үзінді көшірменің электрондық көшірмесі (жарғыда құрылтайшылар (қатысушылар) немесе құрылтайшылар (қатысушылар) құрамы туралы мәліметтер болмаған кезде);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z898" w:id="203"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z898" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акциялар ұстаушылардың тізілімінен үзінді көшірменің электрондық көшірмесі (акционерлік қоғамдар үшін);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z899" w:id="204"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z899" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заңды тұлғаларды мемлекеттік тіркеу туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленген тәртіппен алынған заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы куәліктің немесе анықтаманың электрондық көшірмесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z900" w:id="205"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z900" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының бейрезиденті конкурстық өтінімді берген кезде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z901" w:id="206"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z901" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қағидалардың осы тармағында көрсетілген құжаттардың электрондық көшірмелері не нотариус куәландырған мемлекеттік және (немесе) орыс тілдеріндегі аудармамен Қазақстан Республикасының бейрезиденті (Қазақстан Республикасының бейрезиденттері болып табылатын консорциум қатысушысы (қатысушылары) болып табылатын әлеуетті жеткізуші туралы ұқсас мәліметтерді қамтитын құжаттардың электрондық көшірмелері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9470,131 +8852,131 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z902" w:id="207"/>
+    <w:bookmarkStart w:name="z902" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41-1. Сатып алынатын жұмыстардың және көрсетілетін қызметтердің конкурстық құжаттаманың талаптарына сәйкес келуін растайтын құжаттар ретінде әлеуетті жеткізушілерге мүліктік жалдау (жалға алу) шартын ұсынуға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z903" w:id="208"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z903" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мүліктік жалдау шарттарына лизинг, жалға алу шарттары, сондай-ақ мүлікті ақылы негізде уақытша пайдалануға берумен байланысты шарттардың түрлері де жатады, оның ішінде Қазақстан Республикасы Азаматтық Кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>585-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көлік құралын экипажымен жалдау. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z904" w:id="209"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z904" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуетті жеткізушілер үшінші тұлғалармен ақылы қызмет көрсету шарттарын және мердігерлік шарттарын ұсынбайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z905" w:id="210"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z905" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ашық конкурсқа қатысуға үшінші тұлғалар тартылған кезде, конкурстық өтінім осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9609,51 +8991,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>42-тармақтарының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkEnd w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9806,200 +9188,200 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z234" w:id="211"/>
+    <w:bookmarkStart w:name="z234" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>42. Ашық конкурсқа қатысу үшін заңды тұлғалардың уақытша бірлестігі (консорциум) мыналарды ұсынады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z907" w:id="212"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z907" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) заңды тұлғалардың уақытша бірлестігінің (консорциумның) әр мүшесі осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>41-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2), 3), 4) және 13) тармақшаларында көзделген құжаттарды ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z908" w:id="213"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z908" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Қағидалардың осы тармағының 1) тармақшасында көрсетілген құжаттарды қоспағанда, бірлескен қызмет туралы шартты ұсына отырып, Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>41-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген құжаттарды заңды тұлғалардың уақытша бірлестігінің (консорциумның) бір және (немесе) бірнеше қатысушысы ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z909" w:id="214"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z909" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бірлескен қызмет туралы шартта консорциумға басшылық жасау көзделеді, сондай-ақ жұмысты немесе көрсетілетін қызметті сатып алу туралы шартқа қол қоюды жұмыс тәжірибесі мол (егер конкурстық құжаттамада жұмыс тәжірибесіне қойылатын талаптар көзделсе) және сатып алу нысанасына сәйкес қызметті жүзеге асыруға рұқсат беру құжаттары бар (егер қызметті жүзеге асыру үшін "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес рұқсат беру құжаттары қажет болса) консорциум қатысушысы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkEnd w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10018,785 +9400,633 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z238" w:id="215"/>
+    <w:bookmarkStart w:name="z238" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Конкурстық өтінімді қамтамасыз ету банк кепілдігі түрінде енгізілген жағдайда, банк кепілдігінің түпнұсқасы конкурстық құжаттамада көрсетілген конкурстық өтінімдерді ұсынудың түпкілікті мерзімі аяқталғанға дейін жабық конвертте ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z239" w:id="216"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z239" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жабық конверттің бет жағында әлеуетті жеткізуші мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z240" w:id="217"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z240" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әлеуетті жеткізушінің толық атауын және пошталық мекенжайын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z241" w:id="218"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z241" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       конкурстық құжаттамада көрсетілген ұқсас мәліметтерге сәйкес келуге тиіс тапсырыс берушінің толық атауы мен пошталық мекенжайын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z242" w:id="219"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z242" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       конкурстық өтінімді қамтамасыз етудің енгізілгендігін растайтын, қатысу үшін банк кепілдігі ұсынылатын ашық конкурстың (лоттың) атауын көрсетеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z243" w:id="220"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z243" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конкурстық өтінімді қамтамасыз етудің енгізілгендігін растайтын банк кепілдігін қамтитын, белгіленген мерзім өткен соң ұсынылған конверт ашылмайды және әлеуетті жеткізушіге қайтарылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z244" w:id="221"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z244" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. Егер әлеуетті жеткізуші Қазақстан Республикасының бейрезиденті болған жағдайда, онда осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>41-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген құжаттар немесе Қазақстан Республикасының бейрезиденті болып табылатын әлеуетті жеткізуші туралы ұқсас мәліметтерді қамтитын құжаттар ұсынылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z245" w:id="222"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z245" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">45. Шартты бағаны есептеу үшін әлеуетті жеткізушілер осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">41-тармағында </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">көзделген құжаттардан басқа: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z911" w:id="223"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z911" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ашық конкурста тапсырыс беруші сатып алатын тауар бойынша қазақстандық тауар өндіруші конкурстық өтінімді берген кезде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z912" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) </w:t>
-[...205 lines deleted...]
-    <w:bookmarkStart w:name="z914" w:id="225"/>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бұрын осыған ұқсас тауарға берілген Қазақстан Республикасының аумағында шығарылғанын растайтын "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификаттың электрондық көшірмесін және (немесе) оның Қазақстан Республикасының аумағында шығарылғанын растайтын индустриалдық сертификатты; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z914" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ашық конкурстың нысанасы болып табылатын жұмыстардың және көрсетілетін қызметтердің қазақстандық өндірушілері конкурстық өтінімді берген кезде, осы Қағидаларға 2-қосымшаға сәйкес нысан бойынша жұмыскерлердің саны туралы мәліметтерді құжаттың электрондық көшірмесі нысанында ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z915" w:id="226"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z915" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заңды тұлғалардың уақытша бірлестіктері (консорциумдар) үшін консорциумның әрбір мүшесі осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жұмыскерлердің саны туралы мәліметтерді құжаттың электрондық көшірмесі нысанында ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkEnd w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 45-тармақ жаңа редакцияда - ҚР Энергетика министрінің 02.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 337-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z248" w:id="227"/>
+    <w:bookmarkStart w:name="z248" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Әлеуетті жеткізуші конкурстық өтінімді конкурстық құжаттамада көрсетілген оларды ұсынудың түпкілікті мерзімі аяқталғанға дейін тізілімде (жүйеде) ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z249" w:id="228"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z249" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуетті жеткізушінің конкурстық өтінімді ұсыну фактісі тізілімде (жүйеде) автоматты түрде тіркеледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z250" w:id="229"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z250" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Әлеуетті жеткізушіге конкурстық өтінімдерді ұсыну мерзімінің аяқталуынан кешіктірмей мыналарға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z251" w:id="230"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z251" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) конкурстық өтінімді өзгертуге және (немесе) толықтыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z252" w:id="231"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z252" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) өзі енгізген конкурстық өтінімдерді қамтамасыз етуді қайтару құқығын жоғалтпай, өзінің конкурстық өтінімін қайтарып алуға жол беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z253" w:id="232"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z253" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48. Әлеуетті жеткізуші: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z254" w:id="233"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z254" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бір лотқа бірден артық конкурстық өтінімді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z255" w:id="234"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z255" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) конкурстық өтінімдерді ұсынудың түпкілікті мерзімі аяқталғаннан кейін конкурстық өтінімге өзгерістер және (немесе) толықтырулар енгізбейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z256" w:id="235"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z256" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуетті жеткізушіге конкурстық өтінімдерді ұсынудың түпкілікті мерзімі аяқталған соң конкурстық өтінімді қайтарып алуға жол берілмейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z257" w:id="236"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z257" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49. Әлеуетті жеткізуші ашық конкурстың бірнеше лотына қатысқан жағдайда, осы Қағидалардың 41-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10911,109 +10141,109 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген құжаттар және конкурстық баға ұсынысы ашық конкурстың әрбір лоты үшін жеке ұсынылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z258" w:id="237"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z258" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       50. Әлеуетті жеткізуші өзінің ашық конкурс тәсілімен ТЖКҚ сатып алуға қатысуымен байланысты барлық шығыстарды көтереді. Тапсырыс беруші ТЖКҚ сатып алудың қорытындыларына қарамастан, осы шығындарды өтеу бойынша міндеттемелерге жауап бермейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z259" w:id="238"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z259" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-параграф. Конкурстық өтінімді қамтамасыз ету</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z260" w:id="239"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z260" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Тапсырыс беруші ТЖКҚ сатып алу үшін конкурстық құжаттамада көзделген сомадан бір пайыздан артық конкурстық өтінімді қамтамасыз ету мөлшерін белгілемейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkEnd w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сатып алынатын тауардың өндірушілері арасында сатып алуды өткізу кезінде, тапсырыс беруші тауарды сатып алу үшін конкурстық құжаттамада көзделген сомадан пайыздық жартысынан (0,5%) артық конкурстық өтінімді қамтамасыз етудің мөлшерін белгілемейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -11050,350 +10280,350 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z261" w:id="240"/>
+    <w:bookmarkStart w:name="z261" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       52. Конкурстық өтінімді қамтамасыз ету мынадай тәсілдердің бірімен енгізіледі: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z262" w:id="241"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z262" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тапсырыс берушінің банк шотына енгізілетін кепілдікті ақшалай жарнасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z263" w:id="242"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z263" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Қазақстан Республикасының бір немесе бірнеше екінші деңгейдегі банктерінің банк кепілдігі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z264" w:id="243"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z264" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Конкурстық өтінімді қамтамасыз етуді енгізу тәсілін таңдау құқығын әлеуетті жеткізуші жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z265" w:id="244"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z265" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       53. Жеткізуші үшінші тұлғаларда енгізілген кепілдікті ақшалай жарнаны толық не бір бөлігінде талап ету құқығының туындауына әкелетін әрекет жасамайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z266" w:id="245"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z266" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       54. Тапсырыс беруші әлеуетті жеткізуші енгізген кепілдікті ақшалай жарнаны осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>56-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайлар туындағанға дейін пайдаланбайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z267" w:id="246"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z267" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       55. Осы Қағидалардың осы параграфында көзделген конкурстық өтінімді қамтамасыз етуді енгізу туралы ережелері мүгедектердің қоғамдық ұйымдарына қолданылмайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z268" w:id="247"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z268" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       56 Тапсырыс беруші конкурстық өтінімді қамтамасыз етуді мынадай жағдайлардың бірі туындаған кезде: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z269" w:id="248"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z269" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ашық конкурстың жеңімпазы деп айқындалған әлеуетті жеткізуші және (немесе) конкурстық баға ұсынысы ашық конкурс жеңімпазының конкурстық баға ұсынысынан кейін тәуірлеу болып табылатын екінші әлеуетті жеткізуші хабарламада белгіленген мерзімде шартты ұсынбаса немесе ТЖКҚ сатып алу туралы шарттың ережелері ТЖКҚ сатып алу туралы шарт жобасына және (немесе) жеңімпаздың және (немесе) конкурстық баға ұсынысы ашық конкурс жеңімпазының конкурстық баға ұсынысынан кейін тәуірлеу болып табылатын екінші әлеуетті жеткізушінің конкурстық өтініміне сәйкес келмесе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z270" w:id="249"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z270" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ТЖКҚ сатып алу туралы шартқа қоса берілетін құжаттардың түпнұсқалары немесе нотариус куәландырған көшірмелері ашық конкурсқа қатысу үшін ұсынылған құжаттардың электрондық көшірмелерімен салыстырып тексеру рәсімінен өтпесе немесе құжаттардың түпнұсқалары немесе нотариус куәландырған көшірмелері ұсынылмаса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z271" w:id="250"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z271" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) ашық конкурстың жеңімпазы және (немесе) конкурстық баға ұсынысы ашық конкурс жеңімпазының конкурстық баға ұсынысынан кейін тәуірлеу болып табылатын екінші әлеуетті жеткізуші ТЖКҚ сатып алу туралы шарт жасасып, егер оның енгізілуі конкурстық құжаттамада көзделген жағдайда, ТЖКҚ сатып алу туралы шарттың орындалуын қамтамасыз етуді енгізу туралы конкурстық құжаттамада белгіленген талаптарды орындамаса, қайтармайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z272" w:id="251"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z272" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       57. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>56-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайлардың бірі туындаған жағдайда, конкурстық өтінімді қамтамасыз ету сомасы тапсырыс берушінің кірісіне есептеледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z273" w:id="252"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z273" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Тапсырыс беруші әлеуетті жеткізушіге ол енгізген конкурстық өтінімді қамтамасыз етуді мынадай жағдайлар туындаған күннен бастап он жұмыс күні ішінде қайтарады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkEnd w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы әлеуетті жеткізуші конкурстық өтінімді ұсынудың соңғы мерзімі аяқталғанға дейін өзінің конкурстық өтінімін кері қайтарып алса;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11648,208 +10878,208 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z285" w:id="253"/>
+    <w:bookmarkStart w:name="z285" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-параграф. Тізілімде (жүйеде) конкурстық өтінімдерді ашу, конкурстық комиссияның конкурстық өтінімдерді ашық конкурстың талаптарына сай келуі мәніне қарауы және конкурстық өтінімдерді қарау хаттамасын жасау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z916" w:id="254"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z916" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Конкурстық өтінімді ұсыну фактісі мынадай мәліметтерді көрсете отырып, тізілімде (жүйеде) автоматты режимде тіркеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z917" w:id="255"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z917" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ашық конкурстың нысанасы (егер ашық конкурс нысанасына бірнеше лот кірген жағдайда лоттардың атаулары мен нөмірлері);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z918" w:id="256"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z918" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әлеуетті жеткізушінің атауы мен орналасқан орнының мекенжайы (заңды тұлғалар үшін) немесе тегі, аты, әкесінің аты және орналасқан орны (жеке тұлғалар үшін);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z919" w:id="257"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z919" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әлеуетті жеткізушінің конкурстық өтінімді ұсынған күні және уақыты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z920" w:id="258"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z920" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) әлеуетті жеткізушінің конкурстық өтінімді қайтарып алған күні және уақыты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z921" w:id="259"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z921" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конкурстық өтінімдер тізілімнің (жүйенің) жабық бөлігінде орналасады және конкурстық өтінімдер ашылған сәтке дейін тізілім (жүйе) әкімшісі, көмірсутектер саласындағы уәкілетті орган, тапсырыс беруші және әлеуетті жеткізушілер қарау үшін қолжетімді емес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z922" w:id="260"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z922" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Конкурстық баға ұсыныстары тізілімнің (жүйенің) жабық бөлігінде орналастырылады және конкурстық өтінімдерді қарау хаттамасы тізілімде (жүйеде) орналастырылғанға дейін тізілім (жүйе) әкімшісі, көмірсутектер саласындағы уәкілетті орган, тапсырыс беруші және әлеуетті жеткізушілер қарау үшін қолжетімді емес. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkEnd w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11868,110 +11098,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z293" w:id="261"/>
+    <w:bookmarkStart w:name="z293" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Конкурстық құжаттамада көрсетілген ұсынудың соңғы мерзімі аяқталғаннан кейін ұсынылатын әлеуетті жеткізушілердің конкурстық өтінімдері тізілімде (жүйеде) орналастырылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z294" w:id="262"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z294" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. Әлеуетті жеткізушілердің конкурстық өтінімдері конкурстық құжаттамада белгіленген мерзімде тізілімде (жүйеде) ашылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z295" w:id="263"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z295" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Конкурстық комиссия конкурстық өтінімдерді қарайды және егер конкурстық құжаттамада өзгеше ұзағырақ, бірақ 40 (қырық) жұмыс күнінен артық емес мерзім көзделмесе, әлеуетті жеткізушілерді әрбір лот бойынша бөлек конкурстық өтінімдерді қабылдау мерзімінің соңғы күнінен кейінгі 5 (бес) жұмыс күнінен кешіктірмей ашық конкурсқа қатысуға рұқсат беру туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkEnd w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11990,181 +11220,181 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z296" w:id="264"/>
+    <w:bookmarkStart w:name="z296" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       63. Конкурстық комиссия конкурстық өтінімді осы Қағидалардың талаптарына сай келетін және конкурстық құжаттама талаптарына сәйкес келетін өтінім ретінде қарайды, егер онда конкурстық өтінімнің мәнін қозғамай түзетуге келетін грамматикалық қателер бар болса; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z297" w:id="265"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z297" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       64. Конкурстық өтінімдерді қараған кезде: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z298" w:id="266"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z298" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) конкурстық өтінімдерді қарауды жеңілдету үшін конкурстық комиссияның тізілімде (жүйеде) орналастыру арқылы ашық конкурстың әлеуетті жеткізушілерінен олардың мазмұнын өзгертпестен, бірақ конкурстық өтінімдерді қараудың түпкілікті мерзімі өткенге дейін үш жұмыс күнінен кешіктірмей, олардың конкурстық өтінімдеріне байланысты түсіндірмелерді сұратуға жол беріледі. Әлеуетті жеткізуші сұрау салу орналастырылған сәттен бастап екі жұмыс күн ішінде оған тізілімде (жүйеде) жауап береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z299" w:id="267"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z299" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тапсырыс беруші әлеуетті жеткізушінің конкурстық өтініміне қандай да бір өзгерістер енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z300" w:id="268"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z300" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тапсырыс беруші конкурстық құжаттаманың және осы Қағидалардың талаптарына сәйкес келмейтін конкурстық өтінімді осы талаптарға сәйкес келтіру үшін ешқандай сұрау салуларды, ұсыныстарды немесе рұқсаттарды жібермейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z301" w:id="269"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z301" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>65. Конкурстық комиссия мынадай негіздер бойынша конкурстық өтінімді қабылдамайды және әлеуетті жеткізушіні ашық конкурсқа қатысуға жібермейді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z924" w:id="270"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z924" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12199,511 +11429,635 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, сондай-ақ заңды тұлғалардың уақытша бірлестігі (консорциум) ашық конкурсқа, төмендетуге бағытталған ашық конкурсқа (электрондық сауда-саттық) қатысқан жағдайда, осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>42-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген құжаттар ұсынылмаса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z925" w:id="271"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z925" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) конкурстық өтінім файлды ашудағы қатемен ұсынылса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z926" w:id="272"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z926" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) құрылтай құжаттары осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>38-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарын бұза отырып орналастырылса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z927" w:id="273"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z927" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тиісті салық органының анықтамасында салықтық берешектің және міндетті зейнетақы жарналары мен әлеуметтік аударымдар бойынша бір және одан артық теңге мөлшерінде берешектің бар болуы мәліметтер болса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z928" w:id="274"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z928" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) банк немесе банк филиалы анықтамасының электрондық көшірмесінде әлеуетті жеткізушінің міндеттемелері түрлерінің біреуінен болса да мерзімі өткен берешек болса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z929" w:id="275"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z929" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген ашық конкурсқа қатысумен байланысты шектеулер болса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z930" w:id="276"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z930" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссия банкроттық рәсімдердің өткізілуіне бақылау жүргізетін уәкілетті органының интернет-ресурсында орналастырылған ақпаратты қарайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z931" w:id="277"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z931" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) осы әлеуетті жеткізушінің бірінші басшыларының және (немесе) осы әлеуетті жеткізушінің уәкілетті өкілінің жақын туыстары, жұбайы (зайыбы) немесе жегжаттары жеткізушіні таңдау туралы шешім қабылдау құқығына ие болса не өткізілетін мемлекеттік сатып алуда тапсырыс берушінің немесе мемлекеттік сатып алуды ұйымдастырушының өкілі болып табылса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z932" w:id="278"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z932" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) әлеуетті жеткізуші конкурстық құжаттаманың техникалық ерекшелігінде белгіленген талаптарға сәйкес келмейтін техникалық ерекшелікті ұсынса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z933" w:id="279"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z933" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) әрбір лот бойынша пайызбен көрсетілген (0-ден 100-ге дейін) ұсынылатын ТЖКҚ елішілік құндылық бойынша міндеттемелер конкурстық құжаттамада көрсетілген талап етілетін елішілік құндылық көрсеткіштерінен кем болса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z934" w:id="280"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z934" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) күмәнді ақпаратты ұсыну фактісі анықталса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z935" w:id="281"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z935" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конкурстық өтінімдерді қарау хаттамасына күмәнді ақпаратты ұсыну фактісін растайтын, әлеуетті жеткізуші ұсынған ақпарат авторының ресми хаттарының электрондық көшірмелері қоса беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z936" w:id="282"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z936" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конкурстық өтінімдерді Қағидалардың осы тармағында көзделмеген негіздер бойынша қабылдамауға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z937" w:id="283"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z937" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тапсырыс беруші конкурстық өтінімдерді қарау хаттамасында әлеуетті жеткізушінің конкурстық өтінімін қабылдамау үшін негіз болып табылған себептерді түсіндіре және құжаттарды көрсете отырып, осы тармақта көрсетілген конкурстық өтінімдерді қабылдамауға негіздерді көрсетеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z938" w:id="284"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z938" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) Тапсырыс беруші мен төмендегілер арасында бұрын жасалған ТЖКҚ сатып алу туралы шарт бойынша міндеттемелерді орындамау немесе тиісті түрде орындамау фактісін растайтын сот шешімі күшіне енген мезеттен бастап жиырма төрт айдың ішінде конкурстық өтінімді қабылдамауға жол беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z939" w:id="285"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z939" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осы конкурстық өтінімдерді ұсынған әлеуетті жеткізушілер, заңды тұлғалардың уақытша бірлестіктерінің (консорциумдардың) қатысушыларымен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z940" w:id="286"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z940" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қатысушысы, акционері немесе басшысы конкурстық өтінімдерді ұсынған әлеуетті жеткізушілерді, заңды тұлғалардың уақытша бірлестіктерін (консорциумдарды) басқарумен, құрумен, жарғылық капиталына қатысумен байланысты заңды тұлғалармен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z941" w:id="287"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z941" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конкурстық өтінімдерді қарау хаттамасына осындай сот шешімдерінің электрондық көшірмелері қоса беріледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z942" w:id="288"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z942" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) Кодекстің 131-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген бағаны шартты түрде төмендету өлшемшартын есепке алмағанда, әлеуетті жеткізушінің конкурстық баға ұсынысы ТЖКҚ сатып алуға бөлінген соманың 80 (сексен) пайыздан төмен болса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z943" w:id="289"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z943" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) егер сатып алу тауар өндірушілер арасында жүзеге асырылса, әлеуетті жеткізуші тауар өндіруші болып табылмайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z944" w:id="290"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14-тармақша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Энергетика министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 536-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) әлеуетті жеткізуші: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12801,50 +12155,148 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15-тармақшамен толықтыру көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Энергетика министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 536-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 65-тармақ жаңа редакцияда - ҚР Энергетика министрінің 02.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 337-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
@@ -14331,495 +13783,341 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">80-1. 1) және 2) тармақша екінші бөлігі 31.12.2025 дейін қолданыста болды - ҚР Энергетика министрінің 02.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 337-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жаңа ашық конкурсты өткізу кезінде конкурстық құжаттамада тауар өндірушілерден ұсынылған конкурстық өтінімдердің жоқтығын және (немесе) осы Қағидалардың 85-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тармақшасына сәйкес жалғыз тауар өндірушінің шарт жасасудан бас тартқанын растайтын не тапсырыс беруші тауарды бір көзден алу тәсілімен сатып алу туралы шарт жасасу туралы ресми хат жібергеннен кейін 10 (он) жұмыс күні ішінде жауаптың ұсынылмағанын растайтын құжаттар қамтылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 80-1-тармақпен толықтырылды – ҚР Энергетика министрінің 02.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 337-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">  бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z973" w:id="333"/>
+    <w:bookmarkStart w:name="z977" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80-2. Тапсырыс беруші мына жағдайларда осы Қағидалардың 6-1-тармағының нормаларын қолданбай жаңа ашық конкурсты өткізеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Тауар өндірушілер арасындағы ашық конкурс тауар өндірушілерден ұсынылған конкурстық өтінімдердің болмауы себебінен өтпеген деп танылса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z974" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Жалғыз тауар өндіруші шарт жасасудан бас тартса не тапсырыс беруші осы Қағидалардың 85-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>13) тармақшасына</w:t>
+        <w:t>14) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тауарды бір көзден алу тәсілімен сатып алу туралы шарт жасасу туралы ресми хат жолдағаннан кейін 10 (он) жұмыс күні ішінде жауап ұсынбаса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-[...266 lines deleted...]
-    <w:bookmarkStart w:name="z981" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ашық конкурсты өткізу кезінде Тауарды сатып алудың шарттары өтпеген ашық конкурстың, бағаны төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) конкурстық құжаттамасының талаптарына сәйкес келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z981" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жаңа ашық конкурсты өткізу кезінде конкурстық құжаттамада қазақстандық тауар өндірушілерден ұсынылған конкурстық өтінімдердің жоқтығын және (немесе) осы Қағидалардың 85-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жалғыз тауар өндірушінің шарт жасасудан бас тартқанын растайтын не тапсырыс беруші тауарды бір көзден алу тәсілімен сатып алу туралы шарт жасасу туралы ресми хат жібергеннен кейін 10 (он) жұмыс күні ішінде жауаптың ұсынылмағанын растайтын құжаттар қамтылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkEnd w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14838,988 +14136,988 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z360" w:id="338"/>
+    <w:bookmarkStart w:name="z360" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81. Конкурстық баға ұсыныстарын бағалау және салыстыру қорытындылары бойынша шешім конкурстық баға ұсыныстары ашылған күнінен кешіктірмей тізілімнің (жүйенің) ашық бөлігінде тапсырыс берушінің электрондық цифрлық қолтаңбасы қойылған, ТЖКҚ сатып алу жөніндегі ашық конкурстың қорытындысын шығару хаттамасы түрінде қалыптастырылады және орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z361" w:id="339"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z361" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>82. Ашық конкурстың қорытындысын шығару хаттамасы мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z983" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әкімшілік-аумақтық объектілердің сыныптауышына сәйкес тапсырыс берушінің атауын және орналасқан орнын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z984" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ашық конкурстың қорытындысын шығару күнін, уақытын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z985" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) конкурс комиссиясының құрамын;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z983" w:id="340"/>
-[...15 lines deleted...]
-      1) әкімшілік-аумақтық объектілердің сыныптауышына сәйкес тапсырыс берушінің атауын және орналасқан орнын;</w:t>
+    <w:bookmarkStart w:name="z986" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тауарлардың, жұмыстар мен көрсетілетін қызметтердің бірыңғай номенклатуралық анықтамалығына сәйкес ашық конкурстың нысанасын (егер ашық конкурстың нысанасына бірнеше лот кірген жағдайда, лоттардың атауларын);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z984" w:id="341"/>
-[...15 lines deleted...]
-      2) ашық конкурстың қорытындысын шығару күнін, уақытын;</w:t>
+    <w:bookmarkStart w:name="z987" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) әкімшілік-аумақтық объектілердің сыныптауышына сәйкес, конкурстық баға ұсыныстары тізілімде (жүйеде) ашылған ашық конкурстың әлеуетті жеткізушілерінің атауы мен орналасқан жерінің мекенжайын (заңды тұлғалар үшін) немесе тегін, атын, әкесінің атын (бар болса) және орналасқан орнын (жеке тұлғалар үшін);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z985" w:id="342"/>
-[...15 lines deleted...]
-      3) конкурс комиссиясының құрамын;</w:t>
+    <w:bookmarkStart w:name="z988" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өлшем және есеп бірліктерінің мемлекетаралық сыныптауышына сәйкес өлшем бірлігін, сипатын, әрбір лот бойынша сатып алынатын ТЖКҚ санын (көлемін);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z986" w:id="343"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z989" w:id="346"/>
+    <w:bookmarkStart w:name="z989" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) конкурстық баға ұсыныстарының бағаларын көрсете отырып, конкурстық баға ұсыныстары осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>73-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> келтірілген себеп бойынша қабылданбаған ашық конкурстың әлеуетті жеткізушілерінің атауын (заңды тұлғалар үшін) немесе тегін, атын, әкесінің атын (бар болса) (жеке тұлғалар үшін);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z990" w:id="347"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z990" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) Кодекстің 131-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген бағаны шартты түрде азайту өлшемшартын қолдануды ескере отырып, ашық конкурстың әлеуетті жеткізушілерінің қабылданған конкурстық баға ұсыныстарының бағаларын (лоттар бойынша);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z991" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) әкімшілік-аумақтық объектілердің сыныптауышына сәйкес, ашық конкурс жеңімпазының атауын және орналасқан жерінің мекенжайын (заңды тұлғалар үшін) немесе тегін, атын, әкесінің атын (бар болса) және орналасқан жерін (жеке тұлғалар үшін), конкурстық баға ұсынысының бағасын (лоттар бойынша) және (немесе) ашық конкурстың нәтижесінде жеңімпаз анықталмаса, себебін көрсету (лоттар бойынша);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z992" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) әкімшілік-аумақтық объектілердің сыныптауышына сәйкес, конкурстық баға ұсынысы ашық конкурс жеңімпазының конкурстық баға ұсынысынан кейін тәуірлеу болып табылатын екінші әлеуетті жеткізушінің атауын және орналасқан жерінің мекенжайын (заңды тұлғалар үшін) немесе тегін, атын, әкесінің атын (бар болса) және орналасқан жерін (жеке тұлғалар үшін), конкурстық баға ұсынысының бағасын (лоттар бойынша);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z993" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) жеңімпаздың және баға ұсынысы ашық конкурс жеңімпазының конкурстық баға ұсынысынан кейін тәуірлеу болатын екінші әлеуетті жеткізушінің міндеттемелерін, әрбір лот бойынша пайызбен көрсетілген (0-ден 100-ге дейін) ұсынылатын тауарлардағы немесе жұмыстардағы немесе көрсетілетін қызметтердегі елішілік құндылық бойынша міндеттемелерін;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z991" w:id="348"/>
-[...15 lines deleted...]
-      9) әкімшілік-аумақтық объектілердің сыныптауышына сәйкес, ашық конкурс жеңімпазының атауын және орналасқан жерінің мекенжайын (заңды тұлғалар үшін) немесе тегін, атын, әкесінің атын (бар болса) және орналасқан жерін (жеке тұлғалар үшін), конкурстық баға ұсынысының бағасын (лоттар бойынша) және (немесе) ашық конкурстың нәтижесінде жеңімпаз анықталмаса, себебін көрсету (лоттар бойынша);</w:t>
+    <w:bookmarkStart w:name="z994" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) сатып алу кодын және тізілімнің (жүйенің) интернет-ресурсының мекенжайын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z992" w:id="349"/>
-[...15 lines deleted...]
-      10) әкімшілік-аумақтық объектілердің сыныптауышына сәйкес, конкурстық баға ұсынысы ашық конкурс жеңімпазының конкурстық баға ұсынысынан кейін тәуірлеу болып табылатын екінші әлеуетті жеткізушінің атауын және орналасқан жерінің мекенжайын (заңды тұлғалар үшін) немесе тегін, атын, әкесінің атын (бар болса) және орналасқан жерін (жеке тұлғалар үшін), конкурстық баға ұсынысының бағасын (лоттар бойынша);</w:t>
+    <w:bookmarkStart w:name="z995" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) ТЖКҚ сатып алу жүзеге асырылатын жер қойнауын пайдалануға арналған келісімшарттың (келісімшарттардың) нөмірін (нөмірлерін).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z993" w:id="350"/>
-[...15 lines deleted...]
-      11) жеңімпаздың және баға ұсынысы ашық конкурс жеңімпазының конкурстық баға ұсынысынан кейін тәуірлеу болатын екінші әлеуетті жеткізушінің міндеттемелерін, әрбір лот бойынша пайызбен көрсетілген (0-ден 100-ге дейін) ұсынылатын тауарлардағы немесе жұмыстардағы немесе көрсетілетін қызметтердегі елішілік құндылық бойынша міндеттемелерін;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 82-тармақ жаңа редакцияда - ҚР Энергетика министрінің 02.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 337-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z375" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Тізілімнің (жүйенің) ашық бөлігінде қорытынды шығару хаттамасына қол қойылған және орналастырылған күннен кешіктірмей, тапсырыс беруші тізілімде (жүйеде) хабарлама жасап, оны жеңімпаздың электрондық пошта мекенжайына жолдайды және ол мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z994" w:id="351"/>
-[...15 lines deleted...]
-      12) сатып алу кодын және тізілімнің (жүйенің) интернет-ресурсының мекенжайын;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жеңімпаздың қол қойылған ТЖКҚ сатып алу туралы шартты ұсынуына арналған мерзімді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ашық конкурсқа қатысу кезінде конкурстық өтінімнің құрамында ұсынылған құжаттардың электрондық көшірмелерімен салыстыру рәсімінен өту үшін, конкурстық өтінімдерді қарау хаттамасында көзделген құжаттардың түпнұсқаларының немесе нотариус куәландырған көшірмелерінің тізбесін (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ТЖКҚ сатып алу туралы шартқа қол қоюға уәкілетті тұлғаға берілген сенімхаттың түпнұсқасын (көшірмесін) (егер шартқа бірінші басшы болып табылмайтын тұлға қол қойса) немесе бірінші тұлғаны тағайындау туралы бұйрықтың көшірмесін (құрылтайшылар (акционерлер) шешімінің көшірмесін) ұсыну туралы талапты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қағидалардың осы тармағының 2) және 3) тармақшаларында көрсетілген құжаттарды қоса берумен ТЖКҚ сатып алу туралы қол қойылған шарт конкурстық құжаттамада көрсетілген тапсырыс берушінің мекенжайына хабарлама жіберілген мезеттен бастап 5 (бес) жұмыс күні ішінде ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуетті жеткізушілер – Қазақстан Республикасының бейрезиденттері үшін ТЖКҚ сатып алу туралы қол қойылған шартты және Қағидалардың осы тармағының 2) және 3) тармақшаларында көрсетілген құжаттарды 7 (жеті) жұмыс күні ішінде ұсынуға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 83-тармақ жаңа редакцияда - ҚР Энергетика министрінің м.а. 26.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 190</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z566" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83-1. Көмірсутектер саласындағы уәкілетті орган осы Қағидалардың ережелерін түсіндіреді. Әлеуетті жеткізуші осы Қағидалардың негізінде өткізілетін конкурстардың қорытындыларына сот тәртібімен шағымдануға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z995" w:id="352"/>
-[...15 lines deleted...]
-      13) ТЖКҚ сатып алу жүзеге асырылатын жер қойнауын пайдалануға арналған келісімшарттың (келісімшарттардың) нөмірін (нөмірлерін).</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 83-1-тармақпен толықтырылды - ҚР Энергетика министрінің 14.09.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 338</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z376" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Жер қойнауын пайдаланушылардың және олардың мердігерлерінің көмірсутектерді барлау немесе өндіру жөніндегі операцияларды жүргізу кезінде пайдаланылатын тауарларды, жұмыстарды және көрсетілетін қызметтерді бір көзден алу тәсілімен сатып алу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="352"/>
-    <w:p>
-[...332 lines deleted...]
-    <w:bookmarkEnd w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың тақырыбы жаңа редакцияда - ҚР Энергетика министрінің 02.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 337-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z377" w:id="356"/>
+    <w:bookmarkStart w:name="z377" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84. Өткен ашық конкурстың, төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) қорытындысы бойынша бір көзден алу тәсілімен ТЖКҚ сатып алу мына жағдайларда жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z661" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ашық конкурс, бағаны төмендетуге бағытталған ашық конкурс (электрондық сауда-саттық):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       төмендетуге бағытталған ашық конкурс (электрондық сауда-саттық) өткізілген кезде әлеуетті жеткізушілер ұсынған конкурстық баға ұсыныстарының болмауына байланысты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       әлеуетті жеткізушілердің барлық конкурстық өтінімдері немесе барлық конкурстық баға ұсыныстары ашық конкурстың, төмендетуге ашық конкурстың (электрондық сауда-саттық) талаптарына сәйкес келмейтін ретінде қабылданбағандықтан, өтпеді деп танылса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z662" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ашық конкурстың жеңімпазы деп айқындалған әлеуетті жеткізуші және (немесе) конкурстық баға ұсынысы ашық конкурс, төмендетуге бағытталған ашық конкурс (электрондық сауда-саттық) жеңімпазының конкурстық баға ұсынысынан кейін тәуірлеу болып табылатын екінші әлеуетті жеткізуші (бар болса) хабарламада белгіленген мерзімде шартты ұсынбаса немесе ТЖКҚ сатып алу туралы шарттың ережелері ТЖКҚ сатып алу туралы шарт жобасына және (немесе) жеңімпаздың және (немесе) конкурстық баға ұсынысы ашық конкурс жеңімпазының конкурстық баға ұсынысынан кейін тәуірлеу болып табылатын екінші әлеуетті жеткізушінің конкурстық өтініміне сәйкес келмесе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z663" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ТЖКҚ сатып алу туралы шартқа қоса берілетін құжаттардың түпнұсқалары немесе нотариус куәландырған көшірмелері ашық конкурсқа, бағаны төмендетуге бағытталған ашық конкурсқа (электрондық сауда-саттық) қатысу үшін ұсынылған құжаттардың электрондық көшірмелерімен салыстыру рәсімінен өтпесе немесе құжаттардың түпнұсқалары немесе нотариус куәландырған көшірмелері ұсынылмаса;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z661" w:id="357"/>
-[...15 lines deleted...]
-      1) ашық конкурс, бағаны төмендетуге бағытталған ашық конкурс (электрондық сауда-саттық):</w:t>
+    <w:bookmarkStart w:name="z664" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) төмендетуге бағытталған ашық конкурс (электрондық сауда-саттық) жеңімпазы және (немесе) конкурстық баға ұсынысы жеңімпаздың конкурстық баға ұсынысынан кейін тәуірлеу болып табылатын екінші әлеуетті жеткізуші (бар болса) ТЖКҚ сатып алу туралы шарт жасасып, ТЖКҚ сатып алу туралы шарттың орындалуын қамтамасыз етуді енгізу туралы конкурстық құжаттамада белгіленген талаптарды орындамаса, егер оның енгізілуі конкурстық құжаттамада көзделсе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="357"/>
-    <w:p>
-[...95 lines deleted...]
-    <w:bookmarkStart w:name="z665" w:id="361"/>
+    <w:bookmarkStart w:name="z665" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) жеңімпаз және конкурстық баға ұсынысы жеңімпаздың конкурстық баға ұсынысынан кейін тәуірлеу болып табылатын екінші әлеуетті жеткізуші (бар болса) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>121-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тауарды немесе жұмыстарды сатып алу туралы шарт жобасының құнының өзгеруіне байланысты тауарды немесе жұмысты сатып алу туралы шарт жасасудан бас тартса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z666" w:id="362"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z666" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) жеткізушінің міндеттемелерді орындамауына байланысты ТЖКҚ сатып алу туралы шарт тараптардың екіжақты келісімі бойынша бұзылса. Шарт бір көзден алу тәсілімен сатып алудың қорытындысы бойынша Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>86-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талаптармен бұрын бұзылған шарт бойынша ТЖКҚ-ның орындалмаған көлеміне жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkEnd w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15838,936 +15136,688 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z384" w:id="363"/>
+    <w:bookmarkStart w:name="z384" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>85. ТЖКҚ бір көзден алу тәсілімен сатып алуға мына тізбе бойынша рұқсат етіледі:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z997" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) төтенше жағдайлардың салдарын оқшаулау және (немесе) жою, аварияларды жою үшін, сондай-ақ бірінші, екінші және үшінші деңгейдегі мұнайдың авариялық төгілуінің салдарын жоюды қамтамасыз ету бойынша ТЖКҚ сатып алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z998" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сатып алынатын ТЖКҚ-ға қатысты айрықша құқықтарға ие тұлғадан зияткерлік меншік объектілері болып табылатын ТЖКҚ сатып алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z999" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақ көмірсутектерді өндіру кезеңінде жер қойнауын пайдаланушылардың ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыруы мақсатында қолданылмайды;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z997" w:id="364"/>
-[...15 lines deleted...]
-      1) төтенше жағдайлардың салдарын оқшаулау және (немесе) жою, аварияларды жою үшін, сондай-ақ бірінші, екінші және үшінші деңгейдегі мұнайдың авариялық төгілуінің салдарын жоюды қамтамасыз ету бойынша ТЖКҚ сатып алу;</w:t>
+    <w:bookmarkStart w:name="z1000" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) істен шығуы өндірістік циклдің тоқтауына әкеп соғатын жабдықтардың, механизмдердің, агрегаттардың, шығыс материалдарының істен шығуы кезінде ТЖКҚ сатып алу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z998" w:id="365"/>
-[...15 lines deleted...]
-      2) сатып алынатын ТЖКҚ-ға қатысты айрықша құқықтарға ие тұлғадан зияткерлік меншік объектілері болып табылатын ТЖКҚ сатып алу.</w:t>
+    <w:bookmarkStart w:name="z1001" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тапсырыс беруші бір көзден алу тәсілімен сатып алу қорытындысының хаттамасына жабдықтың істен шығуы туралы актіні қоса береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z999" w:id="366"/>
-[...15 lines deleted...]
-      Осы тармақ көмірсутектерді өндіру кезеңінде жер қойнауын пайдаланушылардың ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыруы мақсатында қолданылмайды;</w:t>
+    <w:bookmarkStart w:name="z1002" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өндірістік қуаттары қалдықтарды олардың түзілу көзінен барынша аз тасымалдауды қамтамасыз ететін, шаруашылық қызмет процесінде әлеуетті жеткізушіде түзілетін қалдықтарды қайта өңдеу және (немесе) жою және (немесе) орналастыру және (немесе) тасымалдау және (немесе) кәдеге жарату жұмыстарын сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z1000" w:id="367"/>
-[...15 lines deleted...]
-      3) істен шығуы өндірістік циклдің тоқтауына әкеп соғатын жабдықтардың, механизмдердің, агрегаттардың, шығыс материалдарының істен шығуы кезінде ТЖКҚ сатып алу.</w:t>
+    <w:bookmarkStart w:name="z1003" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өндірістік қуаттары моноқалаларда орналасқан және жалғыз қала құраушы кәсіпорын тапсырыс берушінің кәсіпорны болып табылатын, моноқалаларда тіркелген қазақстандық ТЖКҚ өндірушілерінен ТЖКҚ сатып алу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z1001" w:id="368"/>
-[...15 lines deleted...]
-      Тапсырыс беруші бір көзден алу тәсілімен сатып алу қорытындысының хаттамасына жабдықтың істен шығуы туралы актіні қоса береді;</w:t>
+    <w:bookmarkStart w:name="z1004" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауарды жеткізу (жұмыстарды орындау, қызметтерді көрсету) орны моноқала болып табылады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z1002" w:id="369"/>
-[...15 lines deleted...]
-      4) өндірістік қуаттары қалдықтарды олардың түзілу көзінен барынша аз тасымалдауды қамтамасыз ететін, шаруашылық қызмет процесінде әлеуетті жеткізушіде түзілетін қалдықтарды қайта өңдеу және (немесе) жою және (немесе) орналастыру және (немесе) тасымалдау және (немесе) кәдеге жарату жұмыстарын сатып алу;</w:t>
+    <w:bookmarkStart w:name="z1005" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) далалық географиялық-геофизикалық зерттеулерге және (немесе) осындай зерттеулердің алынған деректерін өңдеуге және түсіндіруге, "толық аяқталған" ұңғымаларды салуға, "толық аяқталған" ұңғымаларды салу кезінде жұмыстар мен көрсетілетін қызметтердің жиынтығына кіретін жекелеген жұмыстар мен көрсетілетін қызметтерге жататын көмірсутектерді барлау жобаларына арналған жұмыстар және (немесе) көрсетілетін қызметтер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z1003" w:id="370"/>
-[...15 lines deleted...]
-      5) өндірістік қуаттары моноқалаларда орналасқан және жалғыз қала құраушы кәсіпорын тапсырыс берушінің кәсіпорны болып табылатын, моноқалаларда тіркелген қазақстандық ТЖКҚ өндірушілерінен ТЖКҚ сатып алу.</w:t>
+    <w:bookmarkStart w:name="z1006" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) газ кен орнын жайластыру шеңберінде газды кешенді дайындау қондырғысының құрылысына арналған ТЖКҚ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z1004" w:id="371"/>
-[...15 lines deleted...]
-      Тауарды жеткізу (жұмыстарды орындау, қызметтерді көрсету) орны моноқала болып табылады;</w:t>
+    <w:bookmarkStart w:name="z1007" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) жобалық-іздестіру жұмыстары және ұңғымаларды жайластыру үшін және дайындық кезеңінде шикі газды дайындау және қайта өңдеу мақсатында газды қайта өңдеу қуаттарына немесе газ дайындау қондырғыларына дейін тасымалдауға арналған ТЖКҚ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z1005" w:id="372"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z1008" w:id="375"/>
+    <w:bookmarkStart w:name="z1008" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) офтейк-келісімшарттар шеңберінде өндірілген, сондай-ақ осы тауарларды өндірушілерден осындай тауарларды, жұмыстар мен көрсетілетін қызметтерді (шеф-монтаждау, монтаждау немесе іске қосу-баптау жұмыстары) өндіруге ілеспе тауарлар, сондай-ақ келісімшарттық сатып алу шарты шеңберінде "Өнеркәсіптік саясат туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>47-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тауарлардың бекітілген тізбесі негізінде өндірілген тауарларды сатып алу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z1009" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) жобалау, жобаға дейінгі құжаттаманы әзірлеген жеткізушіден жобалау, жобаға дейінгі құжаттамасына өзгерістер мен толықтырулар енгізу жөніндегі көрсетілетін қызметтерді сатып алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) 31.12.2025 дейін қолданыста болды - ҚР Энергетика министрінің 02.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 337-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12) 31.12.2025 дейін қолданыста болды - ҚР Энергетика министрінің 02.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 337-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1015" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) ОТӨ тізілімінде сатып алынатын тауардың жалғыз өндірушісінің болуы, егер ол өндірген тауар тапсырыс беруші белгілеген техникалық сипаттамаларға сәйкес келген жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z1016" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) ҚТӨ тізілімінде сатып алынатын тауардың жалғыз өндірушісінің болуы, егер ол өндірген тауар тапсырыс беруші белгілеген техникалық сипаттамаларға сәйкес келген жағдайда;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z1009" w:id="376"/>
-[...15 lines deleted...]
-      10) жобалау, жобаға дейінгі құжаттаманы әзірлеген жеткізушіден жобалау, жобаға дейінгі құжаттамасына өзгерістер мен толықтырулар енгізу жөніндегі көрсетілетін қызметтерді сатып алу;</w:t>
+    <w:bookmarkStart w:name="z1017" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) сатып алынатын тауарлар Қазақстан Республикасының аумағында өндірілмеген жағдайда, тауарды өндірушіден шетелден шыққан тауарлар. Шарт бес жылға дейінгі мерзімге жасалады және оның Қазақстан Республикасының аумағында өндірілуін қамтамасыз ететін тауарды өндіруші ұсынған ұсынылып отырған тауарды оқшаулау бағдарламасын қамтиды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z1018" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) жобалық және жоба алдындағы құжаттаманы әзірлеген жеткізушіден кен орнын игерудің талдауын құрастыру бойынша көрсетілтін қызметтерді сатып алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 85-тармақ жаңа редакцияда - ҚР Энергетика министрінің 02.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 337-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...484 lines deleted...]
-    <w:bookmarkStart w:name="z396" w:id="384"/>
+    </w:p>
+    <w:bookmarkStart w:name="z396" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       86. ТЖКҚ осы Қағидалардың 84-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бір көзден алу тәсілімен сатып алынған кезде, ТЖКҚ сатып алудың шарттары өтпеген ашық конкурстың, бағаны төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) конкурстық құжаттама талаптарына сәйкес келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkEnd w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ТЖКҚ осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16999,52 +16049,159 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z397" w:id="385"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      87-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Энергетика министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 536-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       87. Егер ТЖКҚ сатып алу осы Қағидалардың 6-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17079,51 +16236,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес осы Қағидаларды бұза отырып өткізілген болса, осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>84-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ТЖКҚ сатып алудың бір көзден алу тәсілі қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өтпеген ашық конкурстың, бағаны төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) қорытындысы бойынша, осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17180,70 +16336,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z398" w:id="386"/>
+    <w:bookmarkStart w:name="z398" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       88. Бір көзден алу тәсілімен біртекті болып табылмайтын ТЖКҚ-ны сатып алуды жүзеге асыру кезінде тапсырыс берушіге қорытынды шығару хаттамасында мұндай ТЖКҚ-ны міндетті түрде лоттарға бөле отырып, көрсетілген тәсілмен бірыңғай ТЖКҚ-ны сатып алуды ұйымдастыруға және өткізуге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkEnd w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бір көзден алу тәсілімен біртекті ТЖКҚ-ның бірнеше түрін сатып алу ТЖКҚ-ны олардың біртекті түрлері бойынша лоттарға бөлу арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -17280,400 +16436,400 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z401" w:id="387"/>
+    <w:bookmarkStart w:name="z401" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>89. Бір көзден алу тәсілімен ТЖКҚ сатып алудың қорытындыларын шығару хаттамасын тапсырыс берушінің тізілімде (жүйеде) ақпаратты қалыптастыруға және орналастыруға уәкілеттік берген тұлғасы қалыптастырады, оған тапсырыс берушінің электрондық цифрлық қолтаңбасы қойылады және ТЖКҚ сатып алу туралы шарт жасалғаннан кейін жеті жұмыс күнінен кешіктірмей тізілімнің (жүйенің) ашық бөлігінде орналастырылады, мына мәліметтерді көрсете отырып:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z1020" w:id="388"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z1020" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) әкімшілік-аумақтық объектілердің сыныптауышына сәйкес тапсырыс берушінің атауы мен орналасқан орны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z1021" w:id="389"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z1021" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) ТЖКҚ осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>85-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес сатып алынған жағдайда, бір көзден алу тәсілімен сатып алуды қолдану негіздемесінің электрондық көшірмесін қоса беріп, бір көзден алу тәсілімен ТЖКҚ сатып алудың негіздемесі (бір көзден алу тәсілімен ТЖКҚ сатып алудың нысанасына бірнеше лот кірсе, әрбір лот бойынша);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z1022" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тауарлардың, жұмыстар мен көрсетілетін қызметтердің бірыңғай номенклатуралық анықтамалығына сәйкес бір көзден алу тәсілімен сатып алудың нысанасы (егер бір көзден алу тәсілімен сатып алудың нысанасына бірнеше лот кірсе, лоттардың атаулары және нөмірлері);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z1023" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әрбір лот бойынша сатып алынатын ТЖКҚ сипаттамасы, өлшем және есеп бірліктерінің мемлекетаралық сыныптауышына сәйкес өлшем және есеп бірлігі, саны (көлемі);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z1024" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) әрбір лот бойынша тауарларды жеткізу немесе жұмыстарды орындау, немесе қызметтерді көрсету мерзімдері мен орны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z1025" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) әлеуетті жеткізушінің атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z1026" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) әрбір лот бойынша, ҚҚС есепке алмағанда, теңгемен көрсетілген, ұсынылатын ТЖКҚ-ға әлеуетті жеткізушінің ұсынған бағасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z1027" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) әрбір лот бойынша, ҚҚС есепке алмағанда, теңгемен көрсетілген, тауарларды сатып алуға, жұмыстарды орындауға немесе қызметтерді көрсетуге бөлінген сома;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z1028" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) әрбір лот бойынша пайызбен көрсетілген (0-ден 100-ге дейін), әлеуетті жеткізушінің ұсынылатын ТЖКҚ-дағы елішілік құндылық бойынша міндеттемелері;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z1022" w:id="390"/>
-[...15 lines deleted...]
-      3) тауарлардың, жұмыстар мен көрсетілетін қызметтердің бірыңғай номенклатуралық анықтамалығына сәйкес бір көзден алу тәсілімен сатып алудың нысанасы (егер бір көзден алу тәсілімен сатып алудың нысанасына бірнеше лот кірсе, лоттардың атаулары және нөмірлері);</w:t>
+    <w:bookmarkStart w:name="z1029" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) сатып алу коды және тізілімнің (жүйенің) интернет-ресурсының мекенжайы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z1023" w:id="391"/>
-[...15 lines deleted...]
-      4) әрбір лот бойынша сатып алынатын ТЖКҚ сипаттамасы, өлшем және есеп бірліктерінің мемлекетаралық сыныптауышына сәйкес өлшем және есеп бірлігі, саны (көлемі);</w:t>
+    <w:bookmarkStart w:name="z1030" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) ТЖКҚ сатып алу жүзеге асырылатын жер қойнауын пайдалануға арналған келісімшарттың (келісімшарттардың) нөмірі (нөмірлері);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z1024" w:id="392"/>
-[...15 lines deleted...]
-      5) әрбір лот бойынша тауарларды жеткізу немесе жұмыстарды орындау, немесе қызметтерді көрсету мерзімдері мен орны;</w:t>
+    <w:bookmarkStart w:name="z1031" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Қағидалардың 84-тармағына сәйкес олардың қорытындылары бойынша бір көзден сатып алу өткізілетін ашық конкурстың, төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) сатып алу коды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z1025" w:id="393"/>
-[...139 lines deleted...]
-    <w:bookmarkStart w:name="z1032" w:id="400"/>
+    <w:bookmarkStart w:name="z1032" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>86-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес, өтпеген ашық конкурстың, төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) конкурстық құжаттамасының талаптарына сәйкес келетін жеткізушінің конкурстық өтінімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z1033" w:id="401"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z1033" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тізілімде (жүйеде) қалыптастырылған бір көзден алу тәсілімен ТЖКҚ сатып алудың қорытындыларын шығару хаттамасының қағаз және (немесе) электрондық данасына тапсырыс берушінің бірінші басшысы немесе тапсырыс берушінің уәкілетті өкілі қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkEnd w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17692,156 +16848,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z414" w:id="402"/>
+    <w:bookmarkStart w:name="z414" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Жер қойнауларын пайдаланушылардың және олардың мердігерлерінің көмірсутектерді барлау немесе өндіру жөніндегі операцияларды жүргізу кезінде тауарларды, жұмыстарды және көрсетілетін қызметтерді бағаны төмендетуге бағытталған ашық конкурс (электрондық сауда-саттық) тәсілімен сатып алу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkEnd w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-тараудың тақырыбы жаңа редакцияда – ҚР Энергетика министрінің 02.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 337-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z415" w:id="403"/>
+    <w:bookmarkStart w:name="z415" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       90. Бағаны төмендетуге бағытталған ашық конкурс (электрондық сауда-саттық) тәсілімен ТЖКҚ сатып алу рәсімдері конкурстық баға ұсыныстарын ұсыну және жеңімпазды айқындау рәсімдерін қоспағанда, ашық конкурстың рәсімдеріне сай келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z7" w:id="404"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z7" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>91. Төмендетуге бағытталған ашық конкурс (электрондық сауда-саттық) тәсілімен ТЖКҚ сатып алуға жіберілген әлеуетті жеткізушілер тізілімде (жүйеде) лотқа конкурстық баға ұсыныстарын береді және оларға электрондық цифрлық қолтаңба қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkEnd w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конкурстық баға ұсыныстарын беру мерзімі – егер конкурстық құжаттамада одан қысқа мерзім көзделмесе, тізілімнің (жүйенің) ашық бөлігінде конкурстық өтінімдерді қарау хаттамасы орналастырылған мезеттен және тізілім (жүйе) баға ұсыныстарын орналастыруға жіберілген әлеуетті жеткізушілерге автоматты түрде хабарламаларды жіберген мезеттен бастап қырық сегіз сағат. Конкурстық баға ұсыныстарын беру мерзімі осы тармақтың соңғы абзацында жазылған талаптарды ескере отырып, Астана қаласының уақыты бойынша сағат 9-00-ден 20-00-ге дейінгі кезеңде кем дегенде бес сағатқа белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17990,150 +17146,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z419" w:id="405"/>
+    <w:bookmarkStart w:name="z419" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       92. Әлеуетті жеткізуші ұсынатын конкурстық баға ұсыныстарының саны шексіз, әлеуетті жеткізуші өз баға ұсынысын төмендету жағына қарай көп мәрте өзгерте алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z420" w:id="406"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z420" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93. Бағаны төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) әлеуетті жеткізушілері шартты бағаны ескере отырып конкурстық баға ұсыныстарын және атауы көрсетілмеген қатысып отырған әлеуетті жеткізушілердің санын көре алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z421" w:id="407"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z421" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94. Сауда-саттық жабылғанға дейін үш минуттың ішінде әлеуетті жеткізушілердің біреуі ең төменгі жаңа конкурстық баға ұсынысын енгізсе, сауда-саттықтың жабылу уақыты автоматты түрде он бес минутқа, бірақ үш реттен артық емес ұзартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z422" w:id="408"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z422" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       95. Конкурстық баға ұсыныстарын бағалау және салыстырып тексеру тізілімде (жүйеде) жүзеге асырылады, және Кодекстің 131-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген бағаны шартты түрде азайту бойынша өлшемшартты ескере отырып, конкурстық баға ұсынысының ең төменгі бағасы негізінде жеңімпаз анықталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkEnd w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18152,90 +17308,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z423" w:id="409"/>
+    <w:bookmarkStart w:name="z423" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       96. Бағаны төмендетуге бағытталған ашық конкурс (электрондық сауда-саттық) тәсілімен ТЖКҚ сатып алудың жеңімпазын анықтау кезінде, ТЖКҚ сатып алуға қатысқан әлеуетті жеткізушілердің конкурстық баға ұсыныстары тең болса, Кодекстің 131-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген бағаны шартты түрде азайту бойынша өлшемшартты қолдануды ескере отырып, артықшылық тауар өндірушіге және қазақстандық жұмыстардың немесе көрсетілетін қызметтердің өндірушісіне беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkEnd w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18254,140 +17410,140 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z424" w:id="410"/>
+    <w:bookmarkStart w:name="z424" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>97. Бағаны төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) нысанасы болып табылатын, сатып алынатын ТЖҚК елішілік құндылық бойынша міндеттемелердің ең үлкен пайызын ұсынған әлеуетті жеткізуші мынадай жағдайларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z1035" w:id="411"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z1035" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Кодекстің 131-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген бағаны шартты түрде азайту бойынша өлшемшартты қолдануды ескере отырып, тауар өндірушілер және қазақстандық жұмыстардың немесе көрсетілетін қызметтердің өндірушілері болып табылатын әлеуетті жеткізушілердің конкурстық баға ұсыныстарының бағалары тең болса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z1036" w:id="412"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z1036" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тауар өндірушілер және қазақстандық жұмыстардың немесе көрсетілетін қызметтердің өндірушілері болып табылмайтын әлеуетті жеткізушілердің конкурстық баға ұсыныстарының бағалары тең болса, бағаны төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) жеңімпазы болып танылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkEnd w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18406,140 +17562,140 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z427" w:id="413"/>
+    <w:bookmarkStart w:name="z427" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>98. Конкурстық баға ұсынысы әлеуетті жеткізушілердің конкурстық баға ұсыныстарынан бұрын түскен әлеуетті жеткізуші мынадай жағдайларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z1038" w:id="414"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z1038" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Кодекстің 131-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген бағаны шартты түрде төмендету бойынша өлшемшартты қолдануды ескере отырып, конкурстық баға ұсыныстарының бағалары және тауар өндірушлері және қазақстандық жұмыстардың немесе көрсетілетін қызметтердің өндірушілері болып табылатын әлеуетті жеткізушілер ұсынған бағаны төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) нысанасы болып табылатын сатып алынатын ТЖҚК елішілік құндылық бойынша міндеттемелердің пайыздық көрінісі тең болған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z1039" w:id="415"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z1039" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) конкурстық баға ұсыныстары және тауар өндірушлері және қазақстандық жұмыстардың немесе көрсетілетін қызметтердің өндірушілері болып табылмайтын әлеуетті жеткізушілер ұсынған бағаны төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) нысанасы болып табылатын сатып алынатын ТЖҚК елішілік құндылық бойынша міндеттемелердің пайыздық көрінісі тең болған кезде бағаны төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) жеңімпазы болып танылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkEnd w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18558,70 +17714,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z431" w:id="416"/>
+    <w:bookmarkStart w:name="z431" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       99. Конкурстық комиссия бағаны төмендетуге бағытталған ашық конкурсты (электрондық сауда-саттық) мына жағдайларда өтпеген деп таниды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkEnd w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        1) ұсынылған конкурстық өтінімдердің, конкурстық баға ұсыныстарының болмауына байланысты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18693,1673 +17849,1521 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">100-1. 1) және 2) тармақша 31.12.2025 дейін қолданыста болды - ҚР Энергетика министрінің 02.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 337-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:bookmarkStart w:name="z1043" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағаны төмендетуге бағытталған ашық конкурсты (электрондық сауда-саттық) өткізу кезінде ТЖКҚ сатып алу шарттары өтпеген ашық конкурстың, бағаны төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) конкурстық құжаттамасының талаптарына сәйкес келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 100-1-тармақпен толықтырылды – ҚР Энергетика министрінің 02.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 337-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">  бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z1044" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100-2. Тапсырыс беруші мына жағдайларда осы Қағидалардың 6-1-тармағының нормаларын қолданбай, бағаны төмендетуге бағытталған жаңа ашық конкурсты (электрондық сауда-саттық) өткізеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Тауар өндірушілер арасындағы бағаны төмендетуге бағытталған ашық конкурс (электрондық сауда-саттық) қазақстандық тауар өндірушілерден ұсынылған конкурстық өтінімдердің болмауы себебінен өтпеген деп танылса;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      100-1. Тапсырыс беруші мына жағдайларда осы Қағидалардың </w:t>
-[...328 lines deleted...]
-    <w:bookmarkStart w:name="z1048" w:id="420"/>
+      2) Жалғыз тауар өндіруші шарт жасасудан бас тартса не тапсырыс беруші осы Қағидалардың 85-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тауарды бір көзден алу тәсілімен сатып алу туралы шарт жасасу туралы ресми хат жолдағаннан кейін 10 (он) жұмыс күні ішінде жауап ұсынбаса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағаны төмендетуге бағытталған ашық конкурсты (электрондық сауда-саттық) өткізу кезінде ТЖКҚ сатып алу шарттары өтпеген ашық конкурстың, бағаны төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) конкурстық құжаттамасының талаптарына сәйкес келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1048" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жаңа бағаны төмендетуге бағытталған ашық конкурсты (электрондық сауда-саттық) өткізу кезінде конкурстық құжаттамада тауар өндірушілерден ұсынылған конкурстық өтінімдердің жоқтығын және (немесе) осы Қағидалардың 85-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жалғыз тауар өндірушінің шарт жасасудан бас тартқанын растайтын не тапсырыс беруші тауарды бір көзден алу тәсілімен сатып алу туралы шарт жасасу туралы ресми хат жібергеннен кейін 10 (он) жұмыс күні ішінде жауаптың ұсынылмағанын растайтын құжаттар қамтылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkEnd w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Қағидалар 100-2-тармақпен толықтырылды – ҚР Энергетика министрінің 02.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 337-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z437" w:id="421"/>
+    <w:bookmarkStart w:name="z437" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>101. Конкурстық баға ұсыныстарын ашу күнінен кешіктірмей конкурстық баға ұсыныстарын бағалаудың және салыстырудың қорытындысы бойынша шешім тапсырыс берушінің ақпаратты тізілімде (жүйеде) қалыптастыруға және орналастыруға уәкілетті тұлғасының электрондық цифрлық қолтаңбасы қойылған, бағаны төмендетуге бағытталған ашық конкурс (электрондық сауда-саттық) тәсілімен ТЖКҚ сатып алудың қорытындысын шығару хаттамасы түрінде тізілімнің (жүйенің) ашық бөлігінде қалыптастырылады және жарияланады, онда мыналар көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z1050" w:id="422"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z1050" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) әкімшілік-аумақтық объектілердің сыныптауышына сәйкес тапсырыс берушінің атауы мен орналасқан орны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z1051" w:id="423"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z1051" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бағаны төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) қорытындысын шығару күні мен уақыты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z1052" w:id="424"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z1052" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бағаны төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) нысанасы (егер бағаны төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) нысанасына бірнеше лот кірген жағдайда, лоттардың атаулары);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z1053" w:id="425"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z1053" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) конкурстық комиссия құрамы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z1054" w:id="426"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z1054" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) әрбір лот бойынша сатып алынатын ТЖКҚ сипаттамасы, өлшем бірліктер мен шоттың мемлекетаралық сыныптауышына сәйкес өлшем бірлігі, саны (көлемі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z1055" w:id="427"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z1055" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) әкімшілік-аумақтық объектілердің сыныптауышына сәйкес бағаны төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) әлеуетті жеткізушілерінің атауы мен нақты орналасқан орны (заңды тұлғалар үшін) немесе әкімшілік-аумақтық объектілердің сыныптауышына сәйкес тегі, аты, әкесінің аты (бар болса), заңды мекенжайы (жеке тұлғалар үшін);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z1056" w:id="428"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z1056" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) Кодекстің 131-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген бағаны шартты төмендету бойынша өлшемшарттарын қолдануды ескере отырып, бағаны төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) әлеуетті жеткізушілерінің конкурстық баға ұсыныстарының бағалары (лоттар бойынша);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z1057" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) бағаны төмендетуге бағытталған ашық конкурс (электрондық сауда-саттық) жеңімпазының атауы (заңды тұлғалар үшін) немесе тегі, аты, әкесінің аты (бар болса) (жеке тұлғалар үшін) және конкурстық баға ұсынысының бағасы (лоттар бойынша), егер нәтижесінде жеңімпаз айқындалмаса, себебін көрсету (лоттар бойынша);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z1058" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) конкурстық баға ұсынысы бағаны төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) жеңімпазының конкурстық баға ұсынысынан кейін тәуірлеу болып табылатын екінші әлеуетті жеткізушінің атауы (заңды тұлғалар үшін) немесе тегі, аты, әкесінің аты (бар болса) (жеке тұлғалар үшін), конкурстық баға ұсынысының бағасы (лоттар бойынша);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z1059" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) ТЖКҚ-дағы елішілік құндылық бойынша міндеттемелер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z1060" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) сатып алу коды және тізілімнің (жүйенің) интернет-ресурсының мекенжайы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 101-тармақ жаңа редакцияда - ҚР Энергетика министрінің 02.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 337-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z449" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102. Тізілімнің (жүйенің) ашық бөлігінде қорытынды шығару хаттамасына қол қойылған және орналастырылған күннен кешіктірмей, тапсырыс беруші тізілімде (жүйеде) хабарлама жасап, жеңімпаздың электрондық пошта мекенжайына жолдайды және ол мыналарды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жеңімпаздың қол қойылған ТЖКҚ сатып алу туралы шартты ұсынуына арналған мерзімді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ашық конкурсқа қатысу кезінде конкурстық өтінімнің құрамында ұсынылған құжаттардың электрондық көшірмелерімен салыстыру рәсімінен өту үшін, конкурстық өтінімдерді қарау хаттамасында көзделген құжаттардың түпнұсқаларының немесе нотариус куәландырған көшірмелерінің тізбесін (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ТЖКҚ сатып алу туралы шартқа қол қоюға өкілетті тұлғаға берілген сенімхаттың түпнұсқасын (көшірмесін) (егер шартқа бірінші басшы болып табылмайтын тұлға қол қойса) немесе бірінші тұлғаны тағайындау туралы бұйрықтың көшірмесін (құрылтайшылар (акционерлер) шешімінің көшірмесін) ұсыну туралы талапты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қағидалардың осы тармағының 2) және 3) тармақшаларында көрсетілген құжаттарды қоса бере отырып, ТЖКҚ сатып алу туралы қол қойылған шарт конкурстық құжаттамада көрсетілген тапсырыс берушінің мекенжайына хабарлама жіберілген мезеттен бастап 5 (бес) жұмыс күні ішінде ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуетті жеткізушілер – Қазақстан Республикасының бейрезиденттері үшін ТЖКҚ сатып алу туралы қол қойылған шартты және Қағидалардың осы тармағының 2) және 3) тармақшаларында көрсетілген құжаттарды 7 (жеті) жұмыс күні ішінде ұсынуға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 102-тармақ жаңа редакцияда - ҚР Энергетика министрінің м.а. 26.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 190</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z450" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Тауарларды, жұмыстарды және көрсетілетін қызметтерді сатып алу туралы шарттың орындалуын қамтамасыз ету</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z451" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104. ТЖКҚ сатып алу туралы шарттың орындалуын қамтамасыз етуді жеңімпаз оның өзімен жасалған ТЖКҚ сатып алу туралы шарт бойынша өз міндеттемелерін уақтылы, толық және тиісті түрде орындайтындығының кепілдігі ретінде, конкурстық құжаттамада көзделген жағдайларда енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер конкурстық құжаттамада және шарт жобасында басқа ұзағырақ мерзім көзделмесе, шарттың орындалуын қамтамасыз ету ТЖКҚ сатып алу туралы шартты жасасқан күннен бастап он жұмыс күні ішінде енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 104-тармақ жаңа редакцияда - ҚР Энергетика министрінің 14.09.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 338</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z453" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105. Тапсырыс берушіге шарт сомасынан үш пайыздан артық болатын ТЖКҚ сатып алу туралы шарттың орындалуын қамтамасыз етудің мөлшерін белгілеуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z1057" w:id="429"/>
-[...15 lines deleted...]
-      8) бағаны төмендетуге бағытталған ашық конкурс (электрондық сауда-саттық) жеңімпазының атауы (заңды тұлғалар үшін) немесе тегі, аты, әкесінің аты (бар болса) (жеке тұлғалар үшін) және конкурстық баға ұсынысының бағасы (лоттар бойынша), егер нәтижесінде жеңімпаз айқындалмаса, себебін көрсету (лоттар бойынша);</w:t>
+    <w:bookmarkStart w:name="z454" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106. Шарттың орындалуын қамтамасыз ету мынадай тәсілдердің бірімен енгізіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z1058" w:id="430"/>
-[...15 lines deleted...]
-      9) конкурстық баға ұсынысы бағаны төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) жеңімпазының конкурстық баға ұсынысынан кейін тәуірлеу болып табылатын екінші әлеуетті жеткізушінің атауы (заңды тұлғалар үшін) немесе тегі, аты, әкесінің аты (бар болса) (жеке тұлғалар үшін), конкурстық баға ұсынысының бағасы (лоттар бойынша);</w:t>
+    <w:bookmarkStart w:name="z455" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тапсырыс берушінің банк шотына енгізілетін кепілді ақшалай жарнасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z1059" w:id="431"/>
-[...15 lines deleted...]
-      10) ТЖКҚ-дағы елішілік құндылық бойынша міндеттемелер;</w:t>
+    <w:bookmarkStart w:name="z456" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының бір немесе бірнеше екінші деңгейдегі банктерінің банктік кепілдігі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z1060" w:id="432"/>
-[...15 lines deleted...]
-      11) сатып алу коды және тізілімнің (жүйенің) интернет-ресурсының мекенжайы.</w:t>
+    <w:bookmarkStart w:name="z457" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шарттың орындалуын қамтамасыз етуді енгізу тәсілін таңдауды ТЖКҚ жеткізушісі жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z458" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107. Жеткізуші шарт бойынша міндеттемелер толық орындалғанға дейін үшінші тұлғаларда енгізілген кепілдікті ақшалай жарнаның барлығын не бір бөлігін талап ету құқығының туындауына әкелетін іс-қимылдарды жасамайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z459" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108. Тапсырыс беруші шарт бойынша міндеттемелер толық орындалғанға дейін жеткізуші енгізген кепілді ақшалай жарнаны пайдаланбайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z460" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109. Осы Қағидалардың осы тарауында көзделген ТЖКҚ сатып алу туралы шарттың орындалуын қамтамасыз етуді енгізу туралы ережелері мүгедектердің қоғамдық ұйымдарына қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сатып алынатын тауардың тауар өндірушілері арасында сатып алу өткізілген кезде, тапсырыс беруші шарттың орындалуын қамтамасыз ету мөлшерін тауарды сатып алуға арналған конкурстық құжаттамада көзделген соманың бір пайызынан (1%) артық мөлшерін белгілемейді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 101-тармақ жаңа редакцияда - ҚР Энергетика министрінің 02.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 109-тармақ жаңа редакцияда – ҚР Энергетика министрінің 02.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 337-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z449" w:id="433"/>
-[...108 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z461" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110. Егер жеткізуші өзімен жасалған ТЖКҚ сатып алу туралы шарт бойынша өз міндеттемелерін орындамаса, тапсырыс беруші ТЖКҚ сатып алу туралы шарттың орындалуын қамтамасыз етуді қайтармайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z462" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111. ТЖКҚ жеткізушісі онымен жасалған ТЖКҚ сатып алу туралы шарт бойынша міндеттемелерді тиісті түрде орындамаған жағдайда, тапсырыс беруші ТЖКҚ сатып алу туралы шартты орындауды қамтамасыз ету сомасынан шартта көзделген тұрақсыздық айыбының сомасын ұстап қалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z463" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ТЖКҚ сатып алу туралы шарттың орындалуын қамтамасыз етудің қалған сомасы шартта көзделген ТЖКҚ қабылдау-тапсыру актілеріне қол қойылған күннен бастап он жұмыс күні ішінде жеткізушіге қайтарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z464" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112. Тапсырыс беруші жеткізушіге ол енгізген ТЖКҚ сатып алу туралы шарттың орындалуын қамтамасыз етуді, онымен жасалған ТЖКҚ сатып алу туралы шарт бойынша өз міндеттемелерін уақтылы, толық және тиісті түрде орындаған жағдайда, он жұмыс күні ішінде қайтарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z558" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5-тарау. Тауарларды, жұмыстарды және көрсетілетін қызметтерді сатып алу туралы шарттың орындалуын қамтамасыз ету</w:t>
-[...199 lines deleted...]
-      Шарттың орындалуын қамтамасыз етуді енгізу тәсілін таңдауды ТЖКҚ жеткізушісі жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 5-1-тарау. Әлеуетті жеткізушілер ашық конкурсқа, төмендетуге бағытталған ашық конкурсқа (электрондық сауда-саттыққа) қатысуға арналған конкурстық өтінімнің құрамында ұсынған құжаттарды олардың сәйкес келуі тұрғысынан салыстырып-тексеру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z458" w:id="441"/>
-[...236 lines deleted...]
-    <w:bookmarkEnd w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағида 5-1-тараумен толықтырылды - ҚР Энергетика министрінің м.а. 26.05.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 190</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z559" w:id="449"/>
+    <w:bookmarkStart w:name="z559" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112-1. Конкурстық комиссияның мүшелерінде ұсынылған құжаттардың түпнұсқалылығына дәлелді күмән туындаса құжаттарды салыстырып-тексеру рәсімі тапсырыс берушінің шешімі бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z560" w:id="450"/>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z560" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       112-2. Ашық конкурстың, төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) жеңімпазы болып танылған әлеуетті жеткізуші хабарлама жіберілген сәттен 5 (бес) жұмыс күнінен немесе 7 (жеті) жұмыс күнінен аспайтын мерзімде (Қазақстан Республикасының бейрезиденттері болып табылатын әлеуетті жеткізушілер үшін) осы Қағидалардың 102-тармағына сәйкес тапсырыс беруші конкурстық өтінімдерді қарау хаттамасында көрсетілген немесе ол ашық конкурсқа, төмендетуге бағытталған ашық конкурсқа (электрондық сауда-саттық) қатысуға арналған конкурстық өтінімнің құрамында орналастырған құжаттардың түпнұсқаларын немесе нотариус куәландырған көшірмелерін салыстырып-тексеру рәсімі үшін ұсынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z561" w:id="451"/>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z561" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112-3. Конкурстық комиссия әлеуетті жеткізуші құжаттарды ұсынған күннен бастап 5 (бес) жұмыс күнінен аспайтын мерзімде құжаттардың түпнұсқаларын және (немесе) нотариус куәландырған көшірмелерін олардың әлеуетті жеткізуші конкурстық өтінімнің құрамында ұсынған электрондық көшірмелерге сәйкес келуі тұрғысынан қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkEnd w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ашық конкурсқа, бағаны төмендетуге бағытталған ашық конкурсқа (электрондық сауда-саттық) қатысу үшін ұсынылған құжаттардың электрондық көшірмелерімен салыстырып-тексеру рәсімі үшін әлеуетті жеткізуші конкурстық құжаттамада және осы Қағидалардың 41-тармағында көзделмеген қосымша құжаттарды ұсынбайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z562" w:id="452"/>
+    <w:bookmarkStart w:name="z562" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112-4. Тапсырыс беруші салыстырып-тексеру рәсімінен өту үшін ұсынылған құжаттарды әлеуетті жеткізушілерге қайтарады. Бұл ретте, тапсырыс беруші салыстыру рәсімінен өту үшін әлеуетті жеткізушілерге ұсынылған құжаттардың көшірмелерін қалдыруға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z563" w:id="453"/>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z563" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112-5. Құжаттарды салыстырып-тексерудің қорытындысы бойынша шешім осы Қағидалардың 112-3-тармағында көрсетілген мерзім аяқталған күннен 1 (бір) жұмыс күнінен кешіктірмей тапсырыс берушінің тізілімде (жүйеде) ақпаратты қалыптастыру мен орналастыруға уәкілетті тұлғасының электрондық цифрлық қолтаңбасы қойылған құжаттарды салыстыру хаттамасы ретінде тізілімнің (жүйенің) ашық бөлігінде қалыптастырылады және жарияланады, мынадай мәліметтерді көрсете отырып:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkEnd w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) әкімшілік-аумақтық объектілердің сыныптауышына сәйкес тапсырыс берушінің атауы мен орналасқан орны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20442,166 +19446,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) салыстырып-тексеру рәсімінің қорытындысын шығару;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) сатып алу коды және тізілім (жүйе) интернет-ресурсының мекенжайы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z465" w:id="454"/>
+    <w:bookmarkStart w:name="z465" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Көмірсутектерді барлау және өндіру жөніндегі операцияларды жүргізу кезінде тауарларды, жұмыстарды және көрсетілетін қызметтерді сатып алу туралы шарт</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkEnd w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-тараудың тақырыбы жаңа редакцияда – ҚР Энергетика министрінің 02.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 337-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z466" w:id="455"/>
+    <w:bookmarkStart w:name="z466" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       113. ТЖКҚ сатып алу туралы шарт конкурстық құжаттамадағы ТЖКҚ сатып алу туралы шарт жобасына және жеңімпаздың конкурстық өтініміне сәйкес жасалады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z467" w:id="456"/>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z467" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       114. ТЖКҚ сатып алу туралы шарт ашық конкурстың немесе бағаны төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) жеңімпазы ҚҚС төлеушісі болып табылмаған немесе жеткізілетін тауарға, орындалатын жұмысқа, көрсетілетін қызметке Қазақстан Республикасының заңнамасына сәйкес ҚҚС салынбаған жағдайларды қоспағанда, ашық конкурстың немесе бағаны төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) жеңімпазы ұсынған, оған ҚҚС есептелген бағаны қамтуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z468" w:id="457"/>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z468" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       115. Егер ашық конкурстың, төмендетуге бағытталған ашық конкурстың (электрондық сауда-саттық) жеңімпазы болып танылған әлеуетті жеткізуші:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkEnd w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ТЖКҚ сатып алу шартын хабарламада белгіленген мерзімде ұсынбаса немесе ТЖКҚ сатып алу туралы шарттың ережелері ТЖКҚ сатып алу туралы шарт жобасының және (немесе) жеңімпаздың конкурстық өтінімінің талаптарына сәйкес келмесе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20674,70 +19678,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z474" w:id="458"/>
+    <w:bookmarkStart w:name="z474" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       116. Шартты жасасудан (орындаудан) бас тартуды қамтитын тапсырыс берушінің хабарламасы ТЖКҚ сатып алу туралы шартты осы Қағидалардың 83, 102, 112-1, 112-2, 112-3, 112-4, 112-5, 115-тармақтарында көзделген тәртіппен конкурстық баға ұсынысы жеңімпаздың конкурстық баға ұсынысынан кейін тәуірлеу болып табылатын екінші әлеуетті жеткізушімен жасасу үшін негіздеме немесе жаңа ашық конкурсты, бағаны төмендетуге бағытталған ашық конкурсты (электрондық сауда-саттық) өткізу үшін негіздеме болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkEnd w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20756,70 +19760,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z475" w:id="459"/>
+    <w:bookmarkStart w:name="z475" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117. Ашық конкурс немесе төмендетуге бағытталған ашық конкурс (электрондық сауда-саттық) тәсілімен ТЖКҚ сатып алу туралы шарт қорытынды шығару хаттамасында көрсетілген, бірақ қорытынды туралы хаттамаға немесе құжаттарды салыстыру хаттамасына қол қойылған күннен бастап жиырма бес жұмыс күнінен аспайтын мерзімде жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkEnd w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер ТЖКҚ сатып алу бірнеше лот бойынша өткізілсе, ТЖКҚ сатып алу туралы шарттардың жобаларын тапсырыс беруші әрбір лотқа жеке жасайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20874,361 +19878,361 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z478" w:id="460"/>
+    <w:bookmarkStart w:name="z478" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       118. Қазақстан Республикасының бейрезидентімен ТЖКҚ сатып алу туралы шарт жасалған жағдайда, Қазақстан Республикасының азаматтық заңнамасының, Қазақстан Республикасының трансферттік баға белгілеу туралы заңнамасының және осы Қағидалардың талаптарын ескере отырып, ол ұсынып отырған нысан бойынша ТЖКҚ сатып алу туралы шартты ресімдеуге жол беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z479" w:id="461"/>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z479" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>119. ТЖКҚ сатып алу туралы шарт мыналарды:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z1062" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жұмыстарды орындауға арналған шартты орындаған кезде осы Қағидаларды сақтау бойынша мердігердің міндеттемесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z1063" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жұмыстарды орындауға арналған шартты орындаған кезде осы Қағидаларды сақтамағаны үшін мердігердің жауапкершілігін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z1064" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ТЖКҚ сатып алудың қорытындыларын шығару хаттамасына сәйкес ТЖКҚ-дағы елішілік құндылық бойынша жеткізушінің міндеттемесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z1065" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ТЖКҚ сатып алудың қорытындыларын шығару хаттамасына сәйкес ТЖКҚ-дағы елішілік құндылық бойынша міндеттемелерді орындамағаны үшін жеткізушінің жауапкершілігін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z1066" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жеткізілген тауар (орындалған жұмыстар, көрсетілген қызметтер) үшін тауарларды, көрсетілген қызметтерді, орындалған жұмыстарды қабылдау-тапсыру (объектіні пайдалануға қабылдау) актісіне қол қойылған күннен бастап 40 (қырық) жұмыс күннен кешіктірмей төлеу туралы талапты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z1067" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте тауарлардың қазақстандық жеткізушілеріне, сондай-ақ қазақстандық жұмыстар мен қызметтерді жеткізушілерге жеткізілген қазақстандық тауар үшін төлем тауарларды, орындалған жұмыстарды, көрсетілген қызметтерді қабылдау-тапсыру актілеріне қол қойылған күннен 20 (жиырма) жұмыс күннен кешіктірмей жасалады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z1068" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) егер шарт сатып алынатын тауардың тауар өндірушісімен жасалған жағдайда, шарт жасалған күннен бастап 10 (он) жұмыс күннен кешіктірілмей төленуге тиіс шарт сомасының кемінде 30 (отыз) пайыздан мөлшерінде алдын ала төлемді көздейтін талапты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z1069" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауарды сатып алу шартында тапсырыс берушіге тауар өндірушілер тарапынан алдын ала төлемнің қайтарылуын қамтамасыз етуді ұсыну туралы талап жоқ;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z1062" w:id="462"/>
-[...15 lines deleted...]
-      1) жұмыстарды орындауға арналған шартты орындаған кезде осы Қағидаларды сақтау бойынша мердігердің міндеттемесін;</w:t>
+    <w:bookmarkStart w:name="z1070" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) тапсырыс берушінің тауарларды (көрсетілген қызметтерді, орындалған жұмыстарды) қабылдау-тапсыру актілеріне қол қоюы туралы талапты немесе ТЖКҚ қабылданбаса, шарт талаптарының бұзушылықтарын тапсырыс беруші актілерді алған мезеттен бастап он жұмыс күні ішінде жою туралы талапты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z1063" w:id="463"/>
-[...15 lines deleted...]
-      2) жұмыстарды орындауға арналған шартты орындаған кезде осы Қағидаларды сақтамағаны үшін мердігердің жауапкершілігін;</w:t>
+    <w:bookmarkStart w:name="z1071" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тапсырыс берушінің тауарларды (көрсетілген қызметтерді, орындалған жұмыстарды) қабылдау-тапсыру актілеріне қол қоймауы және ТЖКҚ сатып алу туралы шарт талаптарының бұзушылықтарын Қағидалардың осы тармақшасында белгіленген мерзімде жою туралы талап қоймауы, тапсырыс берушінің тауарды (көрсетілген қызметтерді, орындалған жұмыстарды) қабылдау-тапсыру актілеріне қолы қойғандығын білдіреді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z1064" w:id="464"/>
-[...15 lines deleted...]
-      3) ТЖКҚ сатып алудың қорытындыларын шығару хаттамасына сәйкес ТЖКҚ-дағы елішілік құндылық бойынша жеткізушінің міндеттемесін;</w:t>
+    <w:bookmarkStart w:name="z1072" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) орындалған жұмыстарға, көрсетілген қызметтерге қатысты негізделген ескертулер болмаған жағдайда, жұмыстар мен көрсетілетін қызметтерді жеткізушіге жазбаша сұрау салу бойынша оң пікір немесе ұсыныс хат беру туралы міндеттеме;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z1065" w:id="465"/>
-[...15 lines deleted...]
-      4) ТЖКҚ сатып алудың қорытындыларын шығару хаттамасына сәйкес ТЖКҚ-дағы елішілік құндылық бойынша міндеттемелерді орындамағаны үшін жеткізушінің жауапкершілігін;</w:t>
+    <w:bookmarkStart w:name="z1073" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының бейрезидент мердігерлерінің Қазақстан Республикасының аумағынан тыс жерлерде осындай мердігер жүзеге асыратын жобаларда жұмыстарды орындау және (немесе) қызметтер көрсету үшін Қазақстан Республикасының резиденттерін тарту жөніндегі міндеттемесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z1066" w:id="466"/>
-[...15 lines deleted...]
-      5) жеткізілген тауар (орындалған жұмыстар, көрсетілген қызметтер) үшін тауарларды, көрсетілген қызметтерді, орындалған жұмыстарды қабылдау-тапсыру (объектіні пайдалануға қабылдау) актісіне қол қойылған күннен бастап 40 (қырық) жұмыс күннен кешіктірмей төлеу туралы талапты.</w:t>
+    <w:bookmarkStart w:name="z1074" w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) конкурстық құжаттамада көзделген өзге де құқықтар мен міндеттерді қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z1067" w:id="467"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z1075" w:id="475"/>
+    <w:bookmarkStart w:name="z1075" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы тармақтың ережелері осы Қағидалардың 6-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21283,51 +20287,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген ТЖКҚ сатып алу тәсілдеріне қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkEnd w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21346,404 +20350,314 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z487" w:id="476"/>
+    <w:bookmarkStart w:name="z487" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>120.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="476"/>
+        <w:t>120. Тапсырыс беруші қазақстандық тауар өндірушімен сатып алу шартын жасасқан кезде шарттың қосымшаларында жеткізушінің:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) 31.12.2025 дейін қолданыста болды - ҚР Энергетика министрінің 02.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 337-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:bookmarkStart w:name="z1078" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сатып алынатын тауардың номенклатурасына сәйкес келетін, Қазақстан Республикасының аумағында шығарылғанын растайтын "CT-KZ" нысанындағы тауардың шығу тегі туралы сертификаттың нотариус куәландырған көшірмесін ұсынуы туралы талап қоюға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z1079" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте сертификат немесе қазақстандық тауар өндірушілер тізілімінен үзінді көшірме жасалған шарттың шеңберінде жеткізілетін тауар көлемінен кем түспейтін тауар көлемін қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z1080" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тапсырыс беруші қазақстандық жұмыстардың немесе көрсетілетін қызметтердің өндірушісімен жұмыстарды немесе көрсетілетін қызметтерді сатып алу туралы шартты жасаған жағдайда, шарттың ережелерінде жеткізушінің сатып алынатын ТЖКҚ және олардағы елішілік құндылық туралы есепті ұсынуы туралы талап көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 120-тармақ жаңа редакцияда - ҚР Энергетика министрінің 02.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 337-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (мәтін алып тасталды) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...218 lines deleted...]
-    <w:bookmarkStart w:name="z489" w:id="480"/>
+    </w:p>
+    <w:bookmarkStart w:name="z489" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121. Әлеуетті жеткізуші жеңімпаз болып айқындалған күннен бастап тауарды немесе жұмысты сатып алу туралы шартқа қол қойылған күнге дейінгі кезеңде ұлттық валюта (теңге) девальвацияға (ревальвацияға) ұшыраған кезде, тауарды немесе жұмысты сатып алу туралы шарт жобасына ТЖКҚ бағасының және сәйкесінше тауарды немесе жұмысты сатып алу туралы шарт жобасы сомасының өзгеруі бөлігіндегі өзгерістер тараптардың өзара келісімі бойынша енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkEnd w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Егер конкурстық өтінімдерді ашу күнінен бастап тауарды немесе жұмысты сатып алу туралы шартқа қол қойылған күнге дейінгі кезеңде теңгенің шетел валютасына қатысты ресми бағамы он пайыздан артық өзгерсе, тапсырыс беруші мен әлеуетті жеткізуші өзара келісім бойынша Қазақстан Республикасының Ұлттық Банкі (Қазақстан Ұлттық Банкі) тауарды немесе жұмысты сатып алу туралы шартқа қол қойылған күнге белгілеген шетел валютасының теңгеге қатысты ағымдағы бағамы бойынша төлеуге жататын соманы қайта есептейді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21798,400 +20712,400 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z492" w:id="481"/>
+    <w:bookmarkStart w:name="z492" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>122. ТЖКҚ сатып алу туралы жасалған шартқа өзгерістер енгізу жеткізушіні таңдау үшін негіз болған, сапасы мен басқа талаптарының тұрақтылығы жағдайында тараптардың өзара келісімі бойынша жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z1082" w:id="482"/>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z1082" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы тауарды сатып алу туралы жасалған шартта көрсетілген тауар бірлігі үшін бағаның өзгермеуі шартымен сатып алынатын тауар көлеміндегі қажеттіліктің артуына байланысты, шарттың жалпы сомасының он пайызынан аспайтын мөлшерге шарт сомасын ұлғайту бөлігінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z1083" w:id="483"/>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z1083" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сатып алынатын жұмыстар, көрсетілетін қызметтер көлеміндегі қажеттіліктің артуына байланысты, шарттың жалпы сомасының он пайызынан аспайтын мөлшерге шарт сомасын ұлғайту бөлігінде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z1084" w:id="484"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z1084" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуетті жеткізушімен бірнеше лот бойынша ТЖКҚ сатып алу туралы шарт жасалған кезде, осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>117-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ТЖКҚ-ны сатып алу туралы шарттың құнын әрбір лот бойынша он пайыздан аспайтын мөлшерге арттыруға жол беріледі;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z1085" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тауарларды, жұмыстарды сатып алу туралы шарт жасалған күннен кейін ұлттық валюта (теңге) девальвацияға (ревальвацияға) ұшыраған кезде, тараптардың келісімі бойынша тауарларды немесе жұмыстарды сатып алу туралы шарттың бағасын өзгерту бөлігінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z1086" w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер тауарды немесе жұмысты сатып алу туралы шарт бойынша төлем жүргізілген сәтте теңгенің шетел валютасына қатысты ресми бағамы он пайызға артық өзгерсе, тапсырыс беруші мен әлеуетті жеткізуші өзара келісім бойынша Қазақстан Республикасының Ұлттық Банкі (Қазақстан Ұлттық Банкі) төлем күніне белгілеген шетел валютасының теңгеге қатысты ағымдағы бағамы бойынша төлеуге жататын соманы мөлшерлей отырып қайта есептейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z1087" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте жеткізуші растайтын құжаттарды қоса бере отырып, өндіріс шығыстарының толық калькуляциясын және (немесе) тауарды жеткізу, жұмыстарды орындау шарттың орындалмаған көлемінің бөлігіне артуына немесе қысқаруына әсер ететін факторларды көрсете отырып, тауарды немесе жұмысты сатып алу туралы шарт бағасын арттыру немесе азайту негіздемесін тапсырыс берушіге ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z1088" w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) елеулі болып табылмайтын талаптар бөлігінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z1089" w:id="481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тауар (тауарлар) уақтылы жеткізілмеген, жұмыс (жұмыстар) уақтылы орындалмаған, қызмет (қызметтер) уақтылы көрсетілмеген жағдайда, қолданыстағы валюталық реттеу туралы заңнаманың талаптарына негізделген Қазақстан Республикасының бейрезиденті болып табылатын ТЖКҚ жеткізушісімен жасасқан шарттың қолданылу мерзімін өзгерту бөлігінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z1090" w:id="482"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) сатып алынатын тауардың өндірісіне қажетті қазақстандық өндіруші шығарған тауарды жеткізу мерзімін арттыруға бөлігінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z1091" w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) тауарды өндіру үшін қажетті шикізат және (немесе) толымдаушы бұйымдар бағасының айтарлықтай өзгеруінен туындаған тауар бағасының, сондай-ақ тауар бағасының белгіленуіне әсер ететін тарифтердің азаюы немесе артуы салдарынан, қазақстандық өндірушімен жасалған тауарды жеткізуге арналған шарт сомасын азайту немесе арттыру бөлігінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z1092" w:id="484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) табиғи монополия субъектілерімен немсе мемлекеттік монополия субъектілерімен олардың қызметінің негізгі нысанасы бойынша;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z1085" w:id="485"/>
-[...15 lines deleted...]
-      3) тауарларды, жұмыстарды сатып алу туралы шарт жасалған күннен кейін ұлттық валюта (теңге) девальвацияға (ревальвацияға) ұшыраған кезде, тараптардың келісімі бойынша тауарларды немесе жұмыстарды сатып алу туралы шарттың бағасын өзгерту бөлігінде.</w:t>
+    <w:bookmarkStart w:name="z1093" w:id="485"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) лизингтік төлемдер, сыйақы жарнасы мөлшерінің өзгеруіне, шарт сомасының индекстелуіне байланысты қаржылық лизинг шартының сомасын өзгерту бөлігінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z1086" w:id="486"/>
-[...15 lines deleted...]
-      Егер тауарды немесе жұмысты сатып алу туралы шарт бойынша төлем жүргізілген сәтте теңгенің шетел валютасына қатысты ресми бағамы он пайызға артық өзгерсе, тапсырыс беруші мен әлеуетті жеткізуші өзара келісім бойынша Қазақстан Республикасының Ұлттық Банкі (Қазақстан Ұлттық Банкі) төлем күніне белгілеген шетел валютасының теңгеге қатысты ағымдағы бағамы бойынша төлеуге жататын соманы мөлшерлей отырып қайта есептейді.</w:t>
+    <w:bookmarkStart w:name="z1094" w:id="486"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) бір қаржы жылынан асатын кезеңге жасалатын ТЖКҚ сатып алу туралы шарт бағасының тараптардың келісімі бойынша тиісті кезеңге белгіленген инфляция деңгейіне сүйене отырып жыл сайын өзгеруі бөлігінде.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z1087" w:id="487"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z1095" w:id="495"/>
+    <w:bookmarkStart w:name="z1095" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы тармақтың ережелері осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1), 2), 3) және 4) тармақшаларында көрсетілген ТЖКҚ сатып алу тәсілдеріне қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkEnd w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22210,180 +21124,180 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z504" w:id="496"/>
+    <w:bookmarkStart w:name="z504" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       123. ТЖКҚ сатып алу туралы шарт мынадай жағдайларды қоспағанда, бір қаржы жылынан аспайтын мерзімге жасалады: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z505" w:id="497"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z505" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жұмыстарды жобалау-сметалық құжаттамада көзделген, аяқталу мерзімі келесі (кейінгі) қаржы жылындағы (жылдарындағы) мерзіммен сатып алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z506" w:id="498"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z506" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) дайындаудың технологиялық мерзімінің ұзақтығы олардың келесі (кейінгі) қаржы жылында (жылдарында) жеткізілуін негіздейтін активтерді және басқа тауарларды сатып алу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z507" w:id="499"/>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z507" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) орындаудың ұзақтығына байланысты орындау (көрсету, жеткізу) мерзімі жұмыс бағдарламасында белгіленген келесі (кейінгі) қаржы жылына (жылдарына) негізделген ТЖКҚ сатып алу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z508" w:id="500"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z508" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ТЖКҚ сатып алудың орта мерзімді бағдарламасында көзделген ТЖКҚ сатып алу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z564" w:id="501"/>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z564" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>123-1. ТЖКҚ сатып алу туралы шарт жасалған күннен бастап 5 (бес) жұмыс күні ішінде тапсырыс беруші ТЖКҚ сатып алу туралы шарттың электрондық көшірмесін тізілімнің жабық бөлігіне орналастырады. Тапсырыс беруші сатып алуды өткізу үшін жүйені пайдаланса, ТЖКҚ сатып алу туралы шарттың электрондық көшірмесін тапсырыс беруші жүйеде және тізілімде орналастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkEnd w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22422,90 +21336,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z509" w:id="502"/>
+    <w:bookmarkStart w:name="z509" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       124. ТЖКҚ сатып алу туралы шарт тапсырыс беруші мен жеткізуші көрсетілген шарт бойынша қабылдаған міндеттемелерді толық орындаған жағдайда орындалды деп есептеледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z510" w:id="503"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z510" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       125. Заңды тұлғалар қайта құрылған кезінде қаржылық міндеттемелерді және (немесе) құқықтар мен міндеттердің құқықтық мирасқорлық тәртібімен берілуін қоспағанда, шарт бойынша міндеттемелерді орындауды талап ету құқығы, сондай-ақ үшінші тұлғалардың шарт бойынша міндеттемелерді орындау (басқаға беру) құқығы берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkEnd w:id="495"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22716,51 +21630,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Энергетика министрінің 02.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 337-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1097" w:id="504"/>
+    <w:bookmarkStart w:name="z1097" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Жер қойнауы және жер қойнауын пайдалану туралы" Қазақстан Республикасы Кодексінің (бұдан әрі – Кодекс) 131-бабының 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22815,971 +21729,971 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4) тармақшаларының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> нормаларын қолданбай мыналар сатып алынады:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z1098" w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) еңбек шарттары бойынша жеке тұлғалар немесе кәсіпкерлік субъектілері болып табылмайтын жеке тұлғалар өтеулі қызмет көрсету шарттары бойынша көрсететін қызмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z1099" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заңды тұлғалардың жарғылық капиталына қатысу үлесін сатып алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z1100" w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) заңды тұлғалардың жарғылық капиталындағы акциялардың пакеттері (қатысу үлестері);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z1101" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының Ұлттық Банкі, банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар Қазақстан Республикасының заңнамасына сәйкес алынған лицензиялардың негізінде жүзеге асыратын банк операцияларын жүргізумен байланысты, оның ішінде банктің үзінді көшірмелерін алумен байланысты қаржы қызметтері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z1102" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) коммуналдық қызмет көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z1103" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өкілдік шығыстармен байланысты ТЖКҚ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z1104" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) егер Қазақстан Республикасының заңдарында олар үшін өзгеше белгіленбесе, мемлекеттік мекемелердің қызмет көрсетуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z1105" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) соттардағы, төреліктердегі және аралық соттардағы дауларды шешумен байланысты алымдарды, басқа шығыстарды төлеу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z1098" w:id="505"/>
-[...15 lines deleted...]
-      1) еңбек шарттары бойынша жеке тұлғалар немесе кәсіпкерлік субъектілері болып табылмайтын жеке тұлғалар өтеулі қызмет көрсету шарттары бойынша көрсететін қызмет;</w:t>
+    <w:bookmarkStart w:name="z1106" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) қызметкерлерді даярлау, қайта даярлау және біліктілігін арттыру жөніндегі қызмет көрсету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z1099" w:id="506"/>
-[...15 lines deleted...]
-      2) заңды тұлғалардың жарғылық капиталына қатысу үлесін сатып алу;</w:t>
+    <w:bookmarkStart w:name="z1107" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) мүлікті сенімгерлікпен басқару қызметі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z1100" w:id="507"/>
-[...15 lines deleted...]
-      3) заңды тұлғалардың жарғылық капиталындағы акциялардың пакеттері (қатысу үлестері);</w:t>
+    <w:bookmarkStart w:name="z1108" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) жылжымайтын мүлікті жалға алу қызметі немесе жылжымайтын мүлікті сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z1101" w:id="508"/>
-[...15 lines deleted...]
-      4) Қазақстан Республикасының Ұлттық Банкі, банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар Қазақстан Республикасының заңнамасына сәйкес алынған лицензиялардың негізінде жүзеге асыратын банк операцияларын жүргізумен байланысты, оның ішінде банктің үзінді көшірмелерін алумен байланысты қаржы қызметтері;</w:t>
+    <w:bookmarkStart w:name="z1109" w:id="508"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) табиғи монополия субъектілерінен реттелмелі ТЖКҚ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z1102" w:id="509"/>
-[...15 lines deleted...]
-      5) коммуналдық қызмет көрсету;</w:t>
+    <w:bookmarkStart w:name="z1110" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) мемлекеттік монополия субъектісінен оның көрсетілетін қызметінің негізгі нысанасы бойынша ТЖКҚ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z1103" w:id="510"/>
-[...15 lines deleted...]
-      6) өкілдік шығыстармен байланысты ТЖКҚ;</w:t>
+    <w:bookmarkStart w:name="z1111" w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) медициналық қызмет көрсетулер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z1104" w:id="511"/>
-[...15 lines deleted...]
-      7) егер Қазақстан Республикасының заңдарында олар үшін өзгеше белгіленбесе, мемлекеттік мекемелердің қызмет көрсетуі;</w:t>
+    <w:bookmarkStart w:name="z1112" w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) мүгедектердің республикалық қоғамдық бірлестіктермен құрылған және сатып алынатын ТЖКҚ шығаратын ұйымдардан ТЖКҚ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z1105" w:id="512"/>
-[...15 lines deleted...]
-      8) соттардағы, төреліктердегі және аралық соттардағы дауларды шешумен байланысты алымдарды, басқа шығыстарды төлеу;</w:t>
+    <w:bookmarkStart w:name="z1113" w:id="512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) көрмелердің, семинарлардың, конференциялардың, кеңестердің, форумдардың, симпозиумдардың, тренингтердің материалдары, сондай-ақ көрсетілген іс-шараларға қатысқаны үшін ақы төлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z1106" w:id="513"/>
-[...15 lines deleted...]
-      9) қызметкерлерді даярлау, қайта даярлау және біліктілігін арттыру жөніндегі қызмет көрсету;</w:t>
+    <w:bookmarkStart w:name="z1114" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) қағаздағы және (немесе) электрондық жеткізгіштердегі мерзімді баспасөз басылымдары, ақпаратты бұқаралық ақпарат құралдарында орналастыру жөніндегі көрсетілетін қызмет, сондай-ақ интернет-ресурстарда, дыбыстандырылған кітаптарда шығарылған, әр түрлі магниттік жеткізгіштерде, рельефтік-нүктелік қаріппен басылған кітаптарда орналастырылған ақпаратты ұсыну жөніндегі көрсетілетін қызмет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z1107" w:id="514"/>
-[...15 lines deleted...]
-      10) мүлікті сенімгерлікпен басқару қызметі;</w:t>
+    <w:bookmarkStart w:name="z1115" w:id="514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) жер қойнауын пайдаланушы қызметкерлерінің, олардың балаларының, жер қойнауын пайдаланушының есебінде тұрған зейнеткерлердің демалысын, емделуін ұйымдастырумен байланысты қызмет (демалу, емделу орындарына дейін тасымалдауды және алып жүруді қоса);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z1108" w:id="515"/>
-[...15 lines deleted...]
-      11) жылжымайтын мүлікті жалға алу қызметі немесе жылжымайтын мүлікті сатып алу;</w:t>
+    <w:bookmarkStart w:name="z1116" w:id="515"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) рейтингтік агенттіктердің қызмет көрсетуі, қаржылық қызмет көрсету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z1109" w:id="516"/>
-[...15 lines deleted...]
-      12) табиғи монополия субъектілерінен реттелмелі ТЖКҚ;</w:t>
+    <w:bookmarkStart w:name="z1117" w:id="516"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) мамандырылған кітапханалардың қызмет көрсетуі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z1110" w:id="517"/>
-[...15 lines deleted...]
-      13) мемлекеттік монополия субъектісінен оның көрсетілетін қызметінің негізгі нысанасы бойынша ТЖКҚ;</w:t>
+    <w:bookmarkStart w:name="z1118" w:id="517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) Қазақстан Республикасының азаматтық заңнамасына сәйкес сауда-саттықта (аукциондарда) сатылатын мүлік (активтер);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z1111" w:id="518"/>
-[...15 lines deleted...]
-      14) медициналық қызмет көрсетулер;</w:t>
+    <w:bookmarkStart w:name="z1119" w:id="518"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) ТЖКҚ сатып алудың үндестірілген электрондық жүйесін пайдалану қызметі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z1112" w:id="519"/>
-[...15 lines deleted...]
-      15) мүгедектердің республикалық қоғамдық бірлестіктермен құрылған және сатып алынатын ТЖКҚ шығаратын ұйымдардан ТЖКҚ;</w:t>
+    <w:bookmarkStart w:name="z1120" w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) азық-түлік және (немесе) тамақтандыруды ұйымдастыру қызметі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z1113" w:id="520"/>
-[...15 lines deleted...]
-      16) көрмелердің, семинарлардың, конференциялардың, кеңестердің, форумдардың, симпозиумдардың, тренингтердің материалдары, сондай-ақ көрсетілген іс-шараларға қатысқаны үшін ақы төлеу;</w:t>
+    <w:bookmarkStart w:name="z1121" w:id="520"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) жер қойнауын пайдалануға арналған келісімшартты орындау кезінде тартылған, Қазақстан Республикасының азаматтары болып табылатын қызметкерлерді оқыту, біліктілігін арттыру немесе қайта даярлау бойынша жер қойнауын пайдаланушылардың келісімшарттық міндеттемелерін орындау немесе жер қойнауын пайдаланушының қызметкерлері болып табылмайтын Қазақстан Республикасының азаматтарын аса қажетті мамандықтар тізбесі бойынша оқыту үшін білім беру мекемелерінің қызмет көрсетуі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z1114" w:id="521"/>
-[...15 lines deleted...]
-      17) қағаздағы және (немесе) электрондық жеткізгіштердегі мерзімді баспасөз басылымдары, ақпаратты бұқаралық ақпарат құралдарында орналастыру жөніндегі көрсетілетін қызмет, сондай-ақ интернет-ресурстарда, дыбыстандырылған кітаптарда шығарылған, әр түрлі магниттік жеткізгіштерде, рельефтік-нүктелік қаріппен басылған кітаптарда орналастырылған ақпаратты ұсыну жөніндегі көрсетілетін қызмет;</w:t>
+    <w:bookmarkStart w:name="z1122" w:id="521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) дәрілік заттар және медициналық жабдықтар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z1115" w:id="522"/>
-[...15 lines deleted...]
-      18) жер қойнауын пайдаланушы қызметкерлерінің, олардың балаларының, жер қойнауын пайдаланушының есебінде тұрған зейнеткерлердің демалысын, емделуін ұйымдастырумен байланысты қызмет (демалу, емделу орындарына дейін тасымалдауды және алып жүруді қоса);</w:t>
+    <w:bookmarkStart w:name="z1123" w:id="522"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) нотариаттық қызметтер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z1116" w:id="523"/>
-[...15 lines deleted...]
-      19) рейтингтік агенттіктердің қызмет көрсетуі, қаржылық қызмет көрсету;</w:t>
+    <w:bookmarkStart w:name="z1124" w:id="523"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) телефон, ұялы, спутниктік және радио байланыс, интернетке қосылу қызметі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z1117" w:id="524"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z1125" w:id="532"/>
+    <w:bookmarkStart w:name="z1125" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28) геология және игеру саласында арнайы білімі бар тәуелсіз сарапшылардың және Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>140-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының көмірсутектер кен орындарын барлау және игеру жөніндегі орталық комиссиясы тартатын қызмет көрсетуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z1126" w:id="533"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z1126" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29) Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>141-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Қазақстан Республикасының көмірсутектер қорлары жөніндегі орталық комиссиясы тартатын, геология және жер қойнауын пайдалану саласында арнайы білімі бар тәуелсіз сарапшылардың қызмет көрсетуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z1127" w:id="534"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z1127" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) авторлық қадағалау қызметі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z1128" w:id="535"/>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z1128" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) ТЖКҚ, егер тиісті күнтізбелік жылға арналған жылдық және (немесе) орта мерзімді сатып алу жоспарында көзделген ТЖКҚ біртекті түрлерінің жалпы сомасы құндық көріністе тиісті қаржы жылына белгіленген бес жүз еселік АЕК мөлшерінен аспаса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z1129" w:id="536"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z1129" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) хат алысу және қағаз құжаттаманы ресімдеу үшін пайдаланылатын бұйымдар мен керек-жарақтарды қамтитын кеңсе тауарлары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z1130" w:id="537"/>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z1130" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) тапсырыс берушінің шаруашылық қажеттіліктерін қанағаттандыру үшін қажетті шаруашылық-тұрмыстық мақсаттағы ТЖКҚ (бөлмелерді тазалықта ұстау, кір жуу, бөлмелерді шағын жөндеу, әкімшілік-шаруашылық аумақты тазалау);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z1131" w:id="538"/>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z1131" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) бөтен жер учаскесін шектеулі түрде мақсатты пайдалану құқығы (сервитут);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z1132" w:id="539"/>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z1132" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) электр энергиясы және электр энегиясын сатып алумен ілеспе қызметтер көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z1133" w:id="540"/>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z1133" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36) Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тарауына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жер қойнауын пайдланушы операторды тартқан жағдайда, оның ақылы көрсетілетін қызметтерін сатып алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z1134" w:id="541"/>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z1134" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) осы Қағидаларға сәйкес көмірсутектерді барлау немесе өндіру жөніндегі операцияларды жүргізу кезінде жер қойнауын пайдаланушының (мердігердің) атынан ТЖКҚ сатып алуды жүзеге асыру бойынша жеке немесе заңды тұлғаның қызмет көрсетуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z1135" w:id="542"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z1135" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) банктер немесе ұйымдар болып табылмайтын, Қазақстан Респуликасының заңнамасына сәйкес алынған лицензиялардың негізінде банк операцияларының жекелеген түрлерін жүзеге асыратын заңды және жеке тұлғалардан ақылылық және қайтарымдылық шарттарымен қарыз алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z1136" w:id="543"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z1136" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) жылдық бөлінген сомасы тиісті қаржы жылына белгіленген жүз мың еселік АЕК аспайтын мердігерлердің жұмысы немесе көрсетілетін қызметі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z1137" w:id="544"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z1137" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) теміржол көлігінде жол жүру құжаттарын (билеттерді) және авиабилеттерді ресімдеу мен сату жөніндегі қызмет көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z1138" w:id="545"/>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z1138" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41) Қазақстан Республикасы Еңбек кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>127-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес іссапар шығыстарын өтеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z1139" w:id="546"/>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z1139" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) бензин және (немесе) дизель отынын жеткізу бойынша көрсетілетін қызметтер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkEnd w:id="538"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24014,68 +22928,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z555" w:id="547"/>
+    <w:bookmarkStart w:name="z555" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қызметкерлердің саны туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkEnd w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Энергетика министрінің 02.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25354,55 +24268,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>