--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="178170c" w14:textId="178170c">
+    <w:p w14:paraId="ae55308" w14:textId="ae55308">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -121,82 +121,303 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың тақырыбы жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>      РҚАО-ның ескертуі!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы бірлескен бұйрық 29.06.2018 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Кіріспе жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Жер қойнауы және жер қойнауын пайдалану туралы" Қазақстан Республикасы Кодексінің 129-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -221,51 +442,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫЗ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -303,192 +523,298 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Жер қойнауын пайдаланушылардың көмірсутектерді және уранды өндіру кезеңінде ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Энергетика министрлігінің Жер қойнауын пайдалану департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бірлескен бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-[...15 lines deleted...]
-      2. Қазақстан Республикасы Энергетика министрлігінің Жер қойнауын пайдалану департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бірлескен бұйрықты мемлекеттік тіркеген күннен бастап күнтізбелік он күн ішінде оның қазақ және орыс тілдеріндегі қағаз және электрондық түрдегі көшірмелерін Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне ресми жариялау және енгізу үшін "Қазақстан Республикасы Әділет министрлігінің Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...15 lines deleted...]
-      1) осы бірлескен бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бірлескен бұйрықты мемлекеттік тіркегеннен кейін күнтізбелік он күн ішінде оның көшірмелерін мерзімді баспасөз басылымдарына ресми жариялауға жіберуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
-[...15 lines deleted...]
-      2) осы бірлескен бұйрықты мемлекеттік тіркеген күннен бастап күнтізбелік он күн ішінде оның қазақ және орыс тілдеріндегі қағаз және электрондық түрдегі көшірмелерін Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне ресми жариялау және енгізу үшін "Қазақстан Республикасы Әділет министрлігінің Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді;</w:t>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осы бірлескен бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Энергетика министрлігінің ресми интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) осы бірлескен бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркегеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Энергетика министрлігінің Заң қызметі департаментіне осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -523,91 +849,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді беруді қамтамасыз етсін. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бірлескен бұйрықтың орындалуын бақылау жетекшілік ететін энергетика вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бірлескен бұйрық 2018 жылғы 29 маусымнан бастап қолданысқа енгізіледі және ресми жариялауға жатады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -1364,68 +1690,182 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Тақырып жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жер қойнауын пайдаланушылардың көмірсутектерді және уранды өндіру кезеңінде ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыру қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар жаңа редакцияда – ҚР Энергетика министрінің 05.10.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1440,69 +1880,184 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 05.10.2023 № 518 (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Жер қойнауын пайдаланушылардың көмірсутектерді және уранды өндіру кезеңінде ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1537,332 +2092,828 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және 178-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және жер қойнауын пайдаланушылардың көмірсутектерді және уранды өндіру кезеңінде ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыру тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелері – ғылыми және (немесе) ғылыми-техникалық қызметті орындау барысында тиісті ғылыми әдістермен және құралдармен алынған және кез келген ақпараттық тасығышта тіркелген жаңа білімдер немесе шешімдер, ғылыми әзірлемелер мен технологияларды өндіріске енгізу, сондай-ақ модельдер, макеттер, жаңа бұйымдардың, материалдардың және заттардың үлгілері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері – ғылыми және (немесе) ғылыми-техникалық қызметті жүзеге асыратын жеке және заңды тұлғалар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) ғылыми-зерттеу жұмысы – бар білімді кеңейту және жаңа білім алу, ғылыми гипотезаларды тексеру, табиғат пен қоғам дамуының заңдылықтарын анықтау, жобаларды ғылыми жинақтау, ғылыми негіздеу мақсатында ғылыми ізденіспен, зерттеулер, эксперименттер жүргізумен байланысты жұмыс; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) ғылыми зерттеулер – ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелеріне қол жеткізу мақсатында ғылыми-зерттеу, тәжірибелік-конструкторлық және технологиялық жұмыстар шеңберінде ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері тиісті ғылыми әдістермен және құралдармен жүзеге асыратын қолданбалы, іргелі, стратегиялық ғылыми зерттеулер; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) ғылыми қызмет – зерделенетін объектілерге, құбылыстарға (процестерге) тән қасиеттерді, ерекшеліктер мен заңдылықтарды анықтау мақсатында қоршаған болмысты зерделеуге және алынған білімді практикада пайдалануға бағытталған қызмет; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) тармақша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) ғылыми-техникалық қызмет – технологиялық, конструкторлық, экономикалық пен әлеуметтік-саяси және өзге де міндеттерді шешу үшін ғылымның, техниканың және өндірістің барлық саласында жаңа білім алуға және оны қолдануға, осы зерттеулерді жүргізу үшін қажетті нормативтік-техникалық құжаттама әзірлеуді қоса алғанда, ғылымның, технологияның және өндірістің біртұтас жүйе ретінде жұмыс істеуін қамтамасыз етуге бағытталған қызмет; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) тармақша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) тәжірибелік-конструкторлық жұмыстар – өнімді жасау немесе жаңғырту кезінде орындалатын жұмыстар кешені, тәжірибелік үлгілерге арналған конструкторлық және технологиялық құжаттаманы әзірлеу, тәжірибелік үлгілер мен пайдалы модельдерді дайындау және сынау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) іске асырылатын ғылыми, ғылыми-техникалық жобалар мен бағдарламаларды және ғылыми және (немесе) ғылыми-техникалық қызмет туралы есептерді мемлекеттік есепке алу – Қазақстан Республикасының ғылым саласындағы заңнамасына сәйкес ғылыми-техникалық ақпараттың ұлттық ресурсын қалыптастыру және Қазақстан Республикасының ғылыми-техникалық әлеуетінің серпінін мониторингілеу мақсатында ғылым саласындағы уәкілетті орган жүзеге асыратын есепке алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z26" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) Ұлттық әл-ауқат қоры (бұдан әрі – Қор) – "Ұлттық әл-ауқат қоры туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленген ұлттық басқарушы холдинг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Жер қойнауын пайдаланушы ғылыми зерттеулерді қаржыландыруды екінші жылдан бастап өндіру кезеңі барысында жыл сайын жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Жер қойнауын пайдаланушы ғылыми зерттеулерді қаржыландыруды жер қойнауын пайдаланушы алдыңғы жылдың қорытындысы бойынша өндіруге жұмсаған шығыстардың бір пайызы мөлшерінде жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Жер қойнауын пайдаланушы алдыңғы жылдың қорытындысы бойынша өндіруге жұмсаған шығыстардың бір пайызынан артатын мөлшерде ғылыми зерттеулерді қаржыландыру көлемі жер қойнауын пайдаланушының келесі жылы тиісті міндеттемелерді орындауы есебіне жатқызылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Ғылыми зерттеулерді қаржыландыру жөніндегі міндеттемелерді есептеу мақсатында алдыңғы жылдың қорытындысы бойынша жер қойнауын пайдаланушы өндіруге жұмсаған шығындарды айқындау жер қойнауын пайдаланушылар Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1877,228 +2928,600 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>180-баптарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көмірсутектер және уран өндіру саласындағы уәкілетті органға (бұдан әрі – уәкілетті орган) ол бекітетін тәртіппен ұсынатын көмірсутектер саласындағы жер қойнауын пайдаланушы үшін лицензиялық-келісімшарттық талаптардың орындалуы туралы есептің деректері немесе уран өндіру саласындағы жер қойнауын пайдаланушы үшін келісімшарттық талаптардың орындалуы туралы есеп негізінде жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Қазақстан Республикасының жер қойнауы және жер қойнауын пайдалану туралы заңнамасына сәйкес жүзеге асырылатын жер қойнауын пайдалану жөніндегі операцияларды жүргізу үшін жобалау құжаттарын әзірлеу, сараптау, сондай-ақ жобалау құжаттарына өзгерістер мен толықтыруларды әзірлеу (көмірсутектер бойынша жер қойнауын пайдалану саласындағы барлау жұмыстарының жобасы және сынамалы пайдалану жобасы, көмірсутек кен орнын игеру жобасы, көмірсутектер бойынша жер қойнауын пайдалану саласындағы техникалық жобалау құжаттары, уранды тәжірибелік-өнеркәсіптік өндіру жобасы және уран кен орнын игеру жобасы), сондай-ақ авторлық қадағалауды жүргізу, әзірлемені талдау жөніндегі жұмыстар мен көрсетілетін қызметтер Қазақстан Республикасының жер қойнауы және жер қойнауын пайдалану туралы заңнамасында және көмірсутектер мен уранның жер қойнауын пайдалануға арналған келісімшартта көзделген міндеттемелердің шеңберіндегі ғылыми зерттеулерге жатпайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Өткен жылдың қорытындысы бойынша ғылыми зерттеулерді қаржыландыру жөніндегі міндеттемелерді орындау шеңберінде есепті кезеңнің қорытындысы бойынша берешекті жер қойнауын пайдаланушы мемлекеттік бюджетке ақшалай қаражат аудару арқылы жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тараудың тақырыбы жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Жер қойнауын пайдаланушылардың көмірсутектер мен уран өндіру кезеңінде ғылыми зерттеуді қаржыландыруының тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Ғылыми зерттеулерді қаржыландыру жер қойнауын пайдаланушының тапсырмасы бойынша уәкілетті органның Ғылыми-зерттеу, ғылыми-техникалық және тәжірибелік-конструкторлық жұмыстарының жобаларын қарау жөніндегі ғылыми-техникалық кеңес (бұдан әрі – ҒТК) келіскен ғылыми зерттеулер бағдарламасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ҒТК уәкілетті орган жанындағы консультативтік-кеңесші орган болып табылады және ғылым және ғылыми-техникалық қызмет саласындағы мемлекеттік саясатты іске асыруға тиімді жәрдемдесу, сондай-ақ уәкілетті органның реттелетін салаларында ғылыми зерттеулер жүргізу жөніндегі жұмыстарды үйлестіру мақсатында құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Жер қойнауын пайдалану құқығына ие, дауыс беретін акцияларының (қатысу үлестерінің) елу және одан да көп пайызы тікелей немесе жанама түрде Қорға тиесілі жер қойнауын пайдаланушы ғылыми зерттеулерді қаржыландыру шеңберінде Қор құрылтайшысы болып табылатын ғылыми және (немесе) ғылыми-техникалық қызметті дамыту саласындағы қызметті жүзеге асыратын Қор жанындағы коммерциялық емес ұйымға (бұдан әрі – Қор жанындағы коммерциялық емес ұйым) ақша жібере алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z36" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Ғылыми зерттеулерді қаржыландыру бойынша міндеттемелерді орындау деп жер қойнауын пайдаланушының мыналарға бағытталған:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z37" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ғылыми зерттеулер жүргізу үшін ҒТК әзірлеген басым салалық бағыттардың тізбесіне сәйкес ғылыми зерттеулерге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z38" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қор жанындағы коммерциялық емес ұйымға ғылыми зерттеулерге аударылған ақшалай қаражат нақты жұмсаған шығыстары болып танылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы (Салық кодексі)" Қазақстан Республикасы Кодексінің 412-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2133,51 +3556,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес шот-фактура жер қойнауын пайдаланушылардың осы Қағидалардың 11-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген ғылыми зерттеулерді қаржыландыру жөніндегі міндеттемелерінің орындалғанын растайтын құжат болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасы Заңы 1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2212,284 +3634,408 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және 11-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген ғылыми зерттеулерді қаржыландыру жөніндегі міндеттемелерінің орындалғанын растайтын құжат болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkStart w:name="z40" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Жер қойнауын пайдаланушы тиісті көрсетілетін қызметтерді сатып алу жүргізілгенге дейін жыл сайын 25 (жиырма бесінші) қазаннан кешіктірмей осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша келесі есепті кезеңге қаржыландыруға жоспарланған ғылыми зерттеулер бағдарламасын ҒТК-ға келісуге жібереді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ҒТК ғылыми зерттеулер бағдарламасын осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ҒТК әзірлеген ғылыми зерттеулерді жүргізуге арналған басым салалық бағыттар тізбесіне сәйкес келуі тұрғысынан қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkStart w:name="z41" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. ҒТК жер қойнауын пайдаланушыдан ғылыми зерттеулер бағдарламасын алған күннен бастап 20 (жиырма) жұмыс күні ішінде осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігіне сәйкес келмейтін қаржыландыруға жоспарланған ғылыми зерттеулер бағдарламасын келіседі не пысықтауға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ғылыми зерттеулер бағдарламасын пысықтауға жіберген кезде ҒТК ұсынымдармен ҒТК отырысын өткізу хаттамасын қоса береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkStart w:name="z42" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Жер қойнауын пайдаланушы ҒТК ұсынымдарын алған сәттен бастап 15 (он бес) жұмыс күні ішінде ҒТК өткізілген отырысының хаттамасына қоса берілген ұсынымдарға сәйкес ғылыми зерттеулер бағдарламасын пысықтайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ҒТК ұсынымдарымен келіспеген кезде жер қойнауын пайдаланушы ғылыми зерттеулер бағдарламасына ұсынымдарды қабылдамау туралы дәлелді негіздемені қоса береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Жер қойнауын пайдаланушының тапсырмасы бойынша ғылыми зерттеулерді жүзеге асыратын субъектілерді айқындауды жер қойнауын пайдаланушы "Жер қойнауын пайдаланушылардың және олардың мердігерлерінің көмірсутектерді барлау немесе өндіру және уран өндіру жөніндегі операцияларды жүргізу кезінде пайдаланылатын тауарларды, жұмыстарды және көрсетілетін қызметтерді сатып алу қағидаларын бекіту туралы" Қазақстан Республикасы Энергетика министрінің 2018 жылғы 18 мамырдағы № 196 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17122 болып тіркелген) көзделген тәртіппен ғылым саласындағы уәкілетті орган аккредиттеген ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері қатарынан көрсетілетін қызметтерді сатып алу арқылы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkStart w:name="z44" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Қор жанындағы коммерциялық емес ұйымның қаржыландыруы жоспарланатын ғылыми зерттеулер бағдарламасы ғылыми зерттеулер жүргізу үшін ҒТК әзірлеген басым салалық бағыттардың тізбесіне сәйкес келуге тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қор жанындағы коммерциялық емес ұйымның қаржыландыруы жоспарланатын ғылыми зерттеулер бағдарламасын ҒТК-да келісу осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2542,90 +4088,216 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Қор жанындағы коммерциялық емес ұйымның тапсырмасы бойынша ғылыми зерттеулерді жүзеге асыратын субъектілерді айқындауды Қор жанындағы коммерциялық емес ұйым "Ұлттық әл-ауқат қоры туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ғылым саласындағы уәкілетті орган аккредиттеген ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері қатарынан жүргізеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkStart w:name="z45" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Жер қойнауын пайдаланушы және Қор жанындағы коммерциялық емес ұйым ғылыми-техникалық ақпараттың ұлттық ресурсын қалыптастыру және Қазақстан Республикасының ғылыми-техникалық әлеуетінің серпінін мониторингілеу мақсатында 15 (он бесінші) ақпаннан кешіктірмей ҒТК-ға ғылыми және (немесе) ғылыми-техникалық қызметтің нәтижелері туралы ақпарат береді, олар ҒТК-мен келісілген ғылыми зерттеулер бағдарламасында айқындалған мақсаттар мен міндеттерге сәйкес келуге тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z46" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Ғылыми және (немесе) ғылыми-техникалық қызметті жүзеге асыратын субъектілер, Қор жанындағы коммерциялық емес ұйым ғылыми-техникалық ақпараттың ұлттық ресурсын қалыптастыру және Қазақстан Республикасының ғылыми-техникалық әлеуетінің серпінін мониторингілеу және қаржыландырудың қайталануын болдырмау мақсатында осы Қағидалар шеңберінде қаржыландырылатын ғылыми, ғылыми-техникалық жобалар мен бағдарламаларды және олардың орындалуы туралы есептерді мемлекеттік есепке алу үшін ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2877,68 +4549,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпарат ұсынатын тұлғалар аясы: көмірсутектер және уран өндіру бойынша жер қойнауын пайдаланушылар / Қор жанындағы коммерциялық емес ұйым</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсыну мерзімі: 25 (жиырма бесінші) қазаннан кешіктірмей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="43"/>
+    <w:bookmarkStart w:name="z48" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жер қойнауын пайдаланушының/Қор жанындағы коммерциялық емес ұйымның ғылыми зерттеулерінің _____жылға арналған бағдарламасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -3930,282 +5602,282 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________ _______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты және әкесінің аты (бар болса)             қолы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="44"/>
+    <w:bookmarkStart w:name="z49" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жер қойнауын пайдаланушының/Қор жанындағы коммерциялық емес ұйымның _____жылға арналған ғылыми зерттеулер бағдарламасын" толтыру бойынша түсініктеме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z50" w:id="45"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z50" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. 1-бағанда жұмыстың реттік нөмірі көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z51" w:id="46"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z51" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2-бағанда ғылыми зерттеу жобасының атауы, ғылыми зерттеу жобасының қысқаша мәні көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z52" w:id="47"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z52" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. 3-бағанда ғылыми зерттеу жобасының басталған күні – аяқталған күні көрсетіледі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z53" w:id="48"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z53" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 4-бағанда ғылыми зерттеу жобасының мақсаты көрсетіледі. Бағдарламаның тақырыбына сәйкес қол жеткізуге болатын және жобаны іске асыру нәтижесінде күтілетін шешімнің сипатын көрсететін қысқаша және нақты баяндалады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z54" w:id="49"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z54" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 5-бағанда ғылыми зерттеу жобасының жалпы пайымы, орта мерзімді және ұзақ мерзімді нәтижелері көрсетіледі. Аннотация мына сұрақтарға жауап береді: сіз қандай мәселелерді шешесіз, ұсынылған шешімнің жаңалығы қандай, алынған нәтижелер кімге пайдалы болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z55" w:id="50"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z55" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 6-бағанда ғылыми зерттеу жобасының өзектілігі, ғылыми зерттеу жобасының кемшіліктері/артықшылықтары, ғылыми зерттеу жобасы шешуге бағытталған қазіргі проблема көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z56" w:id="51"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z56" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. 7-бағанда ғылыми зерттеу жобасын іске асырудың негізгі тікелей (қандай жұмыстар жүргізіледі) және жанама (ғылыми зерттеу жобасын іске асыру неге алып келеді) нәтижелері көрсетіледі. Әсерді өлшеу үшін қандай көрсеткіштер пайдаланылады, қысқа мерзімді, орта мерзімді және ұзақ мерзімді келешекте осы ғылыми зерттеу жобасының (тікелей немесе жанама) әсер ету ауқымы қандай, ғылыми зерттеу жобасын іске асыру неге әкеледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z57" w:id="52"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z57" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. 8-бағанда әрбір іс-шараның болжалды құны, сондай-ақ ұсынылатын қаржыландыру жоспары көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>