--- v1 (2025-12-20)
+++ v2 (2026-03-13)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ae55308" w14:textId="ae55308">
+    <w:p w14:paraId="84ce20d" w14:textId="84ce20d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,642 +77,842 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Жер қойнауын пайдаланушылардың көмірсутектерді және уранды өндіру кезеңінде ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыру қағидаларын бекіту туралы</w:t>
+        <w:t>Жер қойнауын пайдаланушылардың көмірсутектерді өндіру кезеңінде ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыру қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Энергетика министрінің 2018 жылғы 31 мамырдағы № 222 және Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 31 мамырдағы № 244 бірлескен бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 19 маусымда № 17096 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда - ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Бұйрықтың тақырыбы жаңа редакцияда көзделген - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+        <w:t xml:space="preserve">ҚР </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Энергетика министрінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің м.а. 17.12.2025 № 574</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      РҚАО-ның ескертуі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Осы бірлескен бұйрық 29.06.2018 бастап қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Кіріспе жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Энергетика министрінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің м.а. 17.12.2025 № 574</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Жер қойнауы және жер қойнауын пайдалану туралы" Қазақстан Республикасы Кодексінің 129-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармақшасына, "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармақшасына сәйкес БҰЙЫРАМЫЗ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 431-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (</w:t>
-[...9 lines deleted...]
-        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Энергетика министрінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің м.а. 17.12.2025 № 574</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) бірлескен бұйрығымен.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-        <w:jc w:val="both"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қоса беріліп отырған Жер қойнауын пайдаланушылардың көмірсутектерді өндіру кезеңінде ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Осы бірлескен бұйрық 29.06.2018 бастап қолданысқа енгізіледі.</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...392 lines deleted...]
-        <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Энергетика министрлігінің Жер қойнауын пайдалану департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
@@ -1753,2289 +1954,1591 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Тақырып жаңа редакцияда көзделген - </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+        <w:t xml:space="preserve">      Қағидалар жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Энергетика министрінің 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің м.а. 17.12.2025 № 574</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жер қойнауын пайдаланушылардың көмірсутектерді өндіру кезеңінде ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыру қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 431-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (</w:t>
-[...49 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар жаңа редакцияда – ҚР Энергетика министрінің 05.10.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 356</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 05.10.2023 № 518 (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Жер қойнауын пайдаланушылардың көмірсутектерді өндіру кезеңінде ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыру қағидалары (бұдан әрі – Қағидалар) "Жер қойнауы және жер қойнауын пайдалану туралы" Қазақстан Республикасы Кодексінің (бұдан әрі – Кодекс) 129-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармақшасына, "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармақшасына сәйкес әзірленді және жер қойнауын пайдаланушылардың көмірсутектерді өндіру кезеңінде ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыру тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...17 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...138 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="9"/>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...144 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ғылыми және (немесе) ғылыми-техникалық қызмет нәтижесі – ғылыми және (немесе) ғылыми-техникалық қызметті жүзеге асыру барысында тиісті ғылыми әдістермен және құралдармен алынған және кез келген ақпарат жеткізгіште тіркеліп-белгіленген жаңа білім немесе шешімдер, сондай-ақ өндіріске ендірілген ғылыми әзірлемелер мен технологиялар, жаңа бұйымдардың, материалдар мен заттардың модельдері, макеттері, үлгілері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері – ғылыми және (немесе) ғылыми-техникалық қызметті жүзеге асыратын жеке және заңды тұлғалар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) ғылыми-зерттеу жұмысы – бар білімді кеңейту және жаңа білім алу, ғылыми гипотезаларды тексеру, табиғат пен қоғам дамуының заңдылықтарын анықтау, жобаларды ғылыми жинақтау, ғылыми негіздеу мақсатында ғылыми ізденіспен, зерттеулер, эксперименттер жүргізумен байланысты жұмыс; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) ғылыми зерттеулер – ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелеріне қол жеткізу мақсатында ғылыми-зерттеу, тәжірибелік-конструкторлық және технологиялық жұмыстар шеңберінде ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері тиісті ғылыми әдістермен және құралдармен жүзеге асыратын қолданбалы, іргелі, стратегиялық ғылыми зерттеулер; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) ғылыми қызмет – зерделенетін объектілерге, құбылыстарға (процестерге) тән қасиеттерді, ерекшеліктер мен заңдылықтарды анықтау мақсатында қоршаған болмысты зерделеуге және алынған білімді практикада пайдалануға бағытталған қызмет; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-[...125 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6) ғылыми-техникалық қызмет – технологиялық, конструкторлық, экономикалық пен әлеуметтік-саяси және өзге де міндеттерді шешу үшін ғылымның, техниканың және өндірістің барлық саласында жаңа білім алуға және оны қолдануға, осы зерттеулерді жүргізу үшін қажетті нормативтік-техникалық құжаттама әзірлеуді қоса алғанда, ғылымның, технологияның және өндірістің біртұтас жүйе ретінде жұмыс істеуін қамтамасыз етуге бағытталған қызмет; </w:t>
-[...127 lines deleted...]
-    </w:p>
+      6) ғылыми-техникалық қызмет – технологиялық, конструкторлық, экономикалық және әлеуметтік-саяси және өзге де міндеттерді шешу үшін ғылым, техника және өндіріс салаларында жаңа білім алуға және оны қолдануға, осы зерттеулерді жүргізу үшін қажетті коммерцияландыру нәтижелерін және нормативтік-техникалық құжаттама әзірлеуді қоса алғанда, ғылымның, технология мен өндірістің біртұтас жүйе ретінде жұмыс істеуін қамтамасыз етуге бағытталған қызмет; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7) тәжірибелік-конструкторлық жұмыстар – өнімді жасау немесе жаңғырту кезінде орындалатын жұмыстар кешені, тәжірибелік үлгілерге арналған конструкторлық және технологиялық құжаттаманы әзірлеу, тәжірибелік үлгілер мен пайдалы модельдерді дайындау және сынау; </w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="14"/>
+      7) тәжірибелік-конструкторлық жұмыстар – өнімді жасау немесе жаңғырту, тәжірибелік үлгілерге арналған конструкторлық және технологиялық құжаттаманы әзірлеу, тәжірибелік үлгілер мен пайдалы модельдерді дайындау және сынау кезінде орындалатын жұмыстар кешені; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) іске асырылатын ғылыми, ғылыми-техникалық жобалар мен бағдарламаларды және ғылыми және (немесе) ғылыми-техникалық қызмет туралы есептерді мемлекеттік есепке алу – Қазақстан Республикасының ғылым саласындағы заңнамасына сәйкес ғылыми-техникалық ақпараттың ұлттық ресурсын қалыптастыру және Қазақстан Республикасының ғылыми-техникалық әлеуетінің серпінін мониторингілеу мақсатында ғылым саласындағы уәкілетті орган жүзеге асыратын есепке алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z26" w:id="15"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) Ұлттық әл-ауқат қоры (бұдан әрі – Қор) – "Ұлттық әл-ауқат қоры туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленген ұлттық басқарушы холдинг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z27" w:id="16"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Жер қойнауын пайдаланушы ғылыми зерттеулерді қаржыландыруды екінші жылдан бастап өндіру кезеңі барысында жыл сайын жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z28" w:id="17"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Жер қойнауын пайдаланушы ғылыми зерттеулерді қаржыландыруды жер қойнауын пайдаланушы алдыңғы жылдың қорытындысы бойынша өндіруге жұмсаған шығыстардың бір пайызы мөлшерінде жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z29" w:id="18"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Жер қойнауын пайдаланушы алдыңғы жылдың қорытындысы бойынша өндіруге жұмсаған шығыстардың бір пайызынан артатын мөлшерде ғылыми зерттеулерді қаржыландыру көлемі жер қойнауын пайдаланушының келесі жылы тиісті міндеттемелерді орындауы есебіне жатқызылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-[...125 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Ғылыми зерттеулерді қаржыландыру жөніндегі міндеттемелерді есептеу мақсатында алдыңғы жылдың қорытындысы бойынша жер қойнауын пайдаланушы өндіруге жұмсаған шығындарды айқындау жер қойнауын пайдаланушылар Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>132</w:t>
+        <w:t>132-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес көмірсутектер саласындағы уәкілетті органға (бұдан әрі – уәкілетті орган) ол бекітетін тәртіппен ұсынатын көмірсутектер саласындағы жер қойнауын пайдаланушы үшін лицензиялық-келісімшарттық талаптардың орындалуы туралы есептің деректері негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту.  6-тармақ жаңа редакцияда - ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Қазақстан Республикасының жер қойнауы және жер қойнауын пайдалану туралы заңнамасына сәйкес жүзеге асырылатын жер қойнауын пайдалану жөніндегі операцияларды жүргізу үшін жобалау құжаттарын әзірлеу, сараптау, сондай-ақ жобалау құжаттарына өзгерістер мен толықтыруларды әзірлеу (көмірсутектер бойынша жер қойнауын пайдалану саласындағы барлау жұмыстарының жобасы және сынамалы пайдалану жобасы, көмірсутек кен орнын игеру жобасы, көмірсутектер бойынша жер қойнауын пайдалану саласындағы техникалық жобалау құжаттары), сондай-ақ авторлық қадағалауды жүргізу, әзірлемені талдау жөніндегі жұмыстар мен көрсетілетін қызметтер Қазақстан Республикасының жер қойнауы және жер қойнауын пайдалану туралы заңнамасында және көмірсутектерге жер қойнауын пайдалануға арналған келісімшартта көзделген міндеттемелердің шеңберіндегі ғылыми зерттеулерге жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту.  7-тармақ жаңа редакцияда - ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Өткен жылдың қорытындысы бойынша ғылыми зерттеулерді қаржыландыру жөніндегі міндеттемелерді орындау шеңберінде есепті кезеңнің қорытындысы бойынша берешекті жер қойнауын пайдаланушы мемлекеттік бюджетке ақшалай қаражат аудару арқылы жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Жер қойнауын пайдаланушылардың көмірсутектер өндіру кезеңінде ғылыми зерттеуді қаржыландыруының тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-тараудың тақырыбы жаңа редакцияда - ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Ғылыми зерттеулерді қаржыландыру жер қойнауын пайдаланушының тапсырмасы бойынша уәкілетті органның Ғылыми-зерттеу, ғылыми-техникалық және тәжірибелік-конструкторлық жұмыстарының жобаларын қарау жөніндегі ғылыми-техникалық кеңес (бұдан әрі – ҒТК) келіскен ғылыми зерттеулер бағдарламасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҒТК уәкілетті орган жанындағы консультативтік-кеңесші орган болып табылады және ғылым және ғылыми-техникалық қызмет саласындағы мемлекеттік саясатты іске асыруға тиімді жәрдемдесу, сондай-ақ уәкілетті органның реттелетін салаларында ғылыми зерттеулер жүргізу жөніндегі жұмыстарды үйлестіру мақсатында құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Жер қойнауын пайдалану құқығына ие, дауыс беретін акцияларының (қатысу үлестерінің) елу және одан да көп пайызы тікелей немесе жанама түрде Қорға тиесілі жер қойнауын пайдаланушы ғылыми зерттеулерді қаржыландыру шеңберінде Қор құрылтайшысы болып табылатын ғылыми және (немесе) ғылыми-техникалық қызметті дамыту саласындағы қызметті жүзеге асыратын Қор жанындағы коммерциялық емес ұйымға (бұдан әрі – Қор жанындағы коммерциялық емес ұйым) ақша жібере алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Ғылыми зерттеулерді қаржыландыру бойынша міндеттемелерді орындау деп жер қойнауын пайдаланушының мыналарға бағытталған:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ғылыми зерттеулер жүргізу үшін ҒТК әзірлеген басым салалық бағыттардың тізбесіне сәйкес ғылыми зерттеулерге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қор жанындағы коммерциялық емес ұйымға ғылыми зерттеулерге аударылған ақшалай қаражат нақты жұмсаған шығыстары болып танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Қазақстан Республикасының Салық кодексінің 207-бабы 1-тармағына сәйкес шот-фактура жер қойнауын пайдаланушылардың осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  1) тармақшасында көзделген ғылыми зерттеулерді қаржыландыру жөніндегі міндеттемелерінің орындалғанын растайтын құжат болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасының Заңы 1-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>59) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес төлем тапсырмасы жер қойнауын пайдаланушылардың осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>180-баптарына</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес көмірсутектер және уран өндіру саласындағы уәкілетті органға (бұдан әрі – уәкілетті орган) ол бекітетін тәртіппен ұсынатын көмірсутектер саласындағы жер қойнауын пайдаланушы үшін лицензиялық-келісімшарттық талаптардың орындалуы туралы есептің деректері немесе уран өндіру саласындағы жер қойнауын пайдаланушы үшін келісімшарттық талаптардың орындалуы туралы есеп негізінде жүзеге асырылады. </w:t>
+        <w:t>11-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармақшасында көзделген ғылыми зерттеулерді қаржыландыру жөніндегі міндеттемелерінің орындалғанын растайтын құжат болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (01.01.2026 бастап қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...654 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="25"/>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Жер қойнауын пайдаланушы тиісті көрсетілетін қызметтерді сатып алу жүргізілгенге дейін жыл сайын 25 (жиырма бесінші) қазаннан кешіктірмей осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша келесі есепті кезеңге қаржыландыруға жоспарланған ғылыми зерттеулер бағдарламасын ҒТК-ға келісуге жібереді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ҒТК ғылыми зерттеулер бағдарламасын осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ҒТК әзірлеген ғылыми зерттеулерді жүргізуге арналған басым салалық бағыттар тізбесіне сәйкес келуі тұрғысынан қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="26"/>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. ҒТК жер қойнауын пайдаланушыдан ғылыми зерттеулер бағдарламасын алған күннен бастап 20 (жиырма) жұмыс күні ішінде осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігіне сәйкес келмейтін қаржыландыруға жоспарланған ғылыми зерттеулер бағдарламасын келіседі не пысықтауға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ғылыми зерттеулер бағдарламасын пысықтауға жіберген кезде ҒТК ұсынымдармен ҒТК отырысын өткізу хаттамасын қоса береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="27"/>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Жер қойнауын пайдаланушы ҒТК ұсынымдарын алған сәттен бастап 15 (он бес) жұмыс күні ішінде ҒТК өткізілген отырысының хаттамасына қоса берілген ұсынымдарға сәйкес ғылыми зерттеулер бағдарламасын пысықтайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ҒТК ұсынымдарымен келіспеген кезде жер қойнауын пайдаланушы ғылыми зерттеулер бағдарламасына ұсынымдарды қабылдамау туралы дәлелді негіздемені қоса береді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Жер қойнауын пайдаланушының тапсырмасы бойынша ғылыми зерттеулерді жүзеге асыратын субъектілерді айқындауды жер қойнауын пайдаланушы "Жер қойнауын пайдаланушылардың және олардың мердігерлерінің көмірсутектерді барлау немесе өндіру жөніндегі операцияларды жүргізу кезінде пайдаланылатын тауарларды, жұмыстарды және көрсетілетін қызметтерді сатып алу қағидаларын бекіту туралы" Қазақстан Республикасы Энергетика министрінің 2018 жылғы 18 мамырдағы № 196 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17122 болып тіркелген) көзделген тәртіппен ғылым саласындағы уәкілетті орган аккредиттеген ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері қатарынан көрсетілетін қызметтерді сатып алу арқылы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...112 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="28"/>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Қор жанындағы коммерциялық емес ұйымның қаржыландыруы жоспарланатын ғылыми зерттеулер бағдарламасы ғылыми зерттеулер жүргізу үшін ҒТК әзірлеген басым салалық бағыттардың тізбесіне сәйкес келуге тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қор жанындағы коммерциялық емес ұйымның қаржыландыруы жоспарланатын ғылыми зерттеулер бағдарламасын ҒТК-да келісу осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4088,216 +3591,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Қор жанындағы коммерциялық емес ұйымның тапсырмасы бойынша ғылыми зерттеулерді жүзеге асыратын субъектілерді айқындауды Қор жанындағы коммерциялық емес ұйым "Ұлттық әл-ауқат қоры туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ғылым саласындағы уәкілетті орган аккредиттеген ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері қатарынан жүргізеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="29"/>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Жер қойнауын пайдаланушы және Қор жанындағы коммерциялық емес ұйым ғылыми-техникалық ақпараттың ұлттық ресурсын қалыптастыру және Қазақстан Республикасының ғылыми-техникалық әлеуетінің серпінін мониторингілеу мақсатында 15 (он бесінші) ақпаннан кешіктірмей ҒТК-ға ғылыми және (немесе) ғылыми-техникалық қызметтің нәтижелері туралы ақпарат береді, олар ҒТК-мен келісілген ғылыми зерттеулер бағдарламасында айқындалған мақсаттар мен міндеттерге сәйкес келуге тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z46" w:id="30"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z46" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Ғылыми және (немесе) ғылыми-техникалық қызметті жүзеге асыратын субъектілер, Қор жанындағы коммерциялық емес ұйым ғылыми-техникалық ақпараттың ұлттық ресурсын қалыптастыру және Қазақстан Республикасының ғылыми-техникалық әлеуетінің серпінін мониторингілеу және қаржыландырудың қайталануын болдырмау мақсатында осы Қағидалар шеңберінде қаржыландырылатын ғылыми, ғылыми-техникалық жобалар мен бағдарламаларды және олардың орындалуы туралы есептерді мемлекеттік есепке алу үшін ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-[...125 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4331,350 +3708,712 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жер қойнауын </w:t>
+              <w:t>Жер қойнауын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">пайдаланушылардың </w:t>
+              <w:t>пайдаланушылардың</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">көмірсутектерді және уранды </w:t>
+              <w:t>көмірсутектерді өндіру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>өндіру кезеңінде ғылыми-</w:t>
+              <w:t>кезеңінде ғылыми-зерттеу,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">зерттеу, ғылыми-техникалық </w:t>
+              <w:t>ғылыми-техникалық және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және (немесе) тәжірибелік-</w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">конструкторлық жұмыстарды </w:t>
+              <w:t>(немесе) тәжірибелік-конструкторлық жұмыстарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қаржыландыру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік деректерді жинауға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арналған нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ұсынылады: көмірсутектер және уран өндіру саласындағы уәкілетті органға </w:t>
-[...19 lines deleted...]
-    </w:p>
+      Ескерту. Қосымша жаңа редакцияда - ҚР Энергетика министрінің м.а. 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 431-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 14.11.2025 № 524 (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылады: көмірсутектер саласындағы уәкілетті органға</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді жинауға арналған нысан өтеусіз негізде интернет – ресурста</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      орналастырылған: http://spon.energo.gov.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әкімшілік нысанның атауы: Жер қойнауын пайдаланушының/Қор жанындағы </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      коммерциялық емес ұйымның ______ жылға арналған ғылыми зерттеулерінің </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z53" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағдарламасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z54" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z55" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      PNI-1</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z56" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жиілігі: жыл сайын</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...53 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="31"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есепті кезең: 20___ жыл бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Өтеусіз негізде әкімшілік деректерді жинауға арналған нысанды ұсынатын адамдар </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z59" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      тобы: көмірсутектер бойынша жер қойнауын пайдаланушылар/Қор жанындағы </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      коммерциялық емес ұйым</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: есепті </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кезеңнің алдындағы 25 (жиырма бесінші) қазаннан кешіктірмей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес сәйкестендіру нөмірі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3340100" cy="571500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3340100" cy="571500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...8 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: қағаз нұсқада, электрондық түрде</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z66" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ р/с</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ р/с</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="58"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -4736,51 +4475,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мақсат</w:t>
+Мақсаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4808,51 +4547,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өзектілік</w:t>
+Өзектілігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4906,68 +4645,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z75" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="59"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5440,444 +5191,494 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...161 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="32"/>
+    <w:bookmarkStart w:name="z93" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атауы ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z94" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекенжайы _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z95" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефоны _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z96" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық пошта мекенжайы ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z97" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орындаушы __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z98" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты және әкесінің аты (бар болған жағдайда) қолы, телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z99" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы немесе оның міндеттерін орындайтын тұлға</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z100" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z101" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты және әкесінің аты (бар болған жағдайда) қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z102" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Жер қойнауын пайдаланушының/Қор жанындағы коммерциялық емес ұйымның _____жылға арналған ғылыми зерттеулер бағдарламасын" толтыру бойынша түсініктеме</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="33"/>
+        <w:t xml:space="preserve"> "Жер қойнауын пайдаланушының/Қор жанындағы коммерциялық емес ұйымның ______ жылға арналған ғылыми зерттеулерінің бағдарламасын" әкімшілік деректерді жинауға арналған нысанды толтыру бойынша түсініктеме (PNI-1, жылдық)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z103" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. 1-бағанда жұмыстың реттік нөмірі көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z51" w:id="34"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z104" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2-бағанда ғылыми зерттеу жобасының атауы, ғылыми зерттеу жобасының қысқаша мәні көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z53" w:id="36"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z105" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. 3-бағанда ғылыми зерттеу жобасының басталған күні – аяқталған күні көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z106" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 4-бағанда ғылыми зерттеу жобасының мақсаты көрсетіледі. Бағдарламаның тақырыбына сәйкес қол жеткізуге болатын және жобаны іске асыру нәтижесінде күтілетін шешімнің сипатын көрсететін қысқаша және нақты баяндалады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z54" w:id="37"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z107" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 5-бағанда ғылыми зерттеу жобасының жалпы пайымы, орта мерзімді және ұзақ мерзімді нәтижелері көрсетіледі. Аннотация мына сұрақтарға жауап береді: сіз қандай мәселелерді шешесіз, ұсынылған шешімнің жаңалығы қандай, алынған нәтижелер кімге пайдалы болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-[...59 lines deleted...]
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z108" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. 6-бағанда ғылыми зерттеу жобасының өзектілігі, ғылыми зерттеу жобасының кемшіліктері/артықшылықтары, ғылыми зерттеу жобасы шешуге бағытталған қазіргі проблема көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z109" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. 7-бағанда ғылыми зерттеу жобасын іске асырудың негізгі тікелей (қандай жұмыстар жүргізілетін болады) және жанама (ғылыми зерттеу жобасын іске асыру неге әкеледі) нәтижелері көрсетіледі. Әсерді өлшеу үшін қандай көрсеткіштер пайдаланылады, қысқа мерзімді, орта мерзімді және ұзақ мерзімді болашақта осы ғылыми зерттеу жобасының (тікелей немесе жанама) әсер ету ауқымы қандай, ғылыми зерттеу жобасын іске асыру неге әкеледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z110" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. 8-бағанда әрбір іс-шараның болжалды құны, сондай-ақ ұсынылған қаржыландыру жоспары көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6199,35 +6000,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>