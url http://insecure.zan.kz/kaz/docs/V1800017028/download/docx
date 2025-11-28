--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="546aa60" w14:textId="546aa60">
+    <w:p w14:paraId="20d71c8" w14:textId="20d71c8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -188,170 +188,160 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Байланыс туралы" Қазақстан Республикасы Заңының 8-бабы 1-тармағының </w:t>
+      "Байланыс туралы" Қазақстан Республикасының Заңының 8-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-8) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысымен бекітілген Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі туралы ереженің 15-тармағының </w:t>
-[...9 lines deleted...]
-        <w:t>97) тармақшасына</w:t>
+        <w:t xml:space="preserve"> және Қазақстан Республикасының Үкіметінің 2025 жылғы 9 қазандағы № 846 қаулысымен бекітілген Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>118) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің м.а. 13.01.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 8/НҚ</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 546/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -933,180 +923,140 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Ұялы байланыстың абоненттік құрылғыларын тіркеу </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) "Байланыс туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 8-бабы 1-тармағының </w:t>
+      1. Осы Ұялы байланыстың абоненттік құрылғыларын тіркеу қағидалары (бұдан әрі – Қағидалар) "Байланыс туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 8-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-8) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысымен бекітілген Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі туралы ереженің 15-тармағының </w:t>
-[...9 lines deleted...]
-        <w:t>97) тармақшасына</w:t>
+        <w:t xml:space="preserve"> және Қазақстан Республикасының Үкіметінің 2025 жылғы 9 қазандағы № 846 қаулысымен бекітілген Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>118) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің м.а. 13.01.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 8/НҚ</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 546/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3767,166 +3717,382 @@
         <w:t>
       19. Иеленуші (меншік иесі) ұялы байланыстың абоненттік құрылғысын бұғаттауға өтініш берген кезде СҚДҚ операторы ұялы байланыстың абоненттік құрылғысының бірегей сәйкестендіру кодының бар екендігіне тексеріс жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkStart w:name="z50" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. СҚДҚ-да тоқтатылған ұялы байланыстың абоненттік құрылғысының сәйкестендіру кодын СҚДҚ операторының интернет-ресурсы арқылы тексеруге мүмкін болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z51" w:id="67"/>
+    <w:bookmarkStart w:name="z89" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve"> 3-1 тарау. Қылмыстық-атқару (пенитенциарлық) жүйесінің мекемелерінде және олардың аумағы шегінде тергеу изоляторларында пайдаланылатын ұялы байланыстың абоненттік құрылғыларының жұмысын сәйкестендіру коды бойынша тоқтата тұру және қалпына келтіру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 3-1-тараумен толықтырылды - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 546/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-1. Қылмыстық-атқару (пенитенциарлық) жүйесінің мекемелерінде және тергеу изоляторларында ұялы байланыстың абоненттік құрылғыларына қызмет көрсетуді тоқтата тұру осы Қағидаларға қосымшаға сәйкес нысан бойынша қылмыстық-атқару жүйесінің уәкілетті органынан келіп түскен талап негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z91" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-2. Қылмыстық-атқару жүйесінің уәкілетті органы сәйкестендіру кодтары дерекқорының операторына абоненттік құрылғыларда қызмет көрсету жұмысын тоқтата тұру туралы талап жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z92" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-3. Сәйкестендіру кодтары дерекқорының операторы талапты алған сәттен бастап 1 (бір) сағат ішінде ұялы байланыс операторын абоненттік құрылғыларда қызмет көрсету жұмысын тоқтата тұруға байланысты талаптың келіп түскені туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z93" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-4. Ұялы байланыс операторы хабарламаны алған сәттен бастап 3 (үш) жұмыс сағаты ішінде ұялы байланыстың абоненттік құрылғыларда қызмет көрсету жұмысын тоқтата тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z94" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-5. Қылмыстық-атқару (пенитенциарлық) жүйесінің мекемелерінде және тергеу изоляторларында ұялы байланыстың абоненттік құрылғыларында қызмет көрсету жұмысын қалпына келтіру осы Қағидаларға қосымшаға сәйкес нысан бойынша қылмыстық-атқару жүйесінің уәкілетті органынан тиісті талап келіп түскен кезде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z95" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-6. Қылмыстық-атқару жүйесінің уәкілетті органы сәйкестендіру кодтары дерекқорының операторына абоненттік құрылғыларда қызмет көрсету жұмысын қалпына келтіру туралы талап жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z96" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-7. Сәйкестендіру кодтары дерекқорының операторы талапты алған сәттен бастап 1 (бір) сағат ішінде ұялы байланыс операторын абоненттік құрылғыларда қызмет көрсету жұмысын қалпына келтіруге байланысты талаптың келіп түскені туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z97" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-8. Ұялы байланыс операторы хабарламаны алған сәттен бастап 3 (үш) жұмыс сағаты ішінде ұялы байланыстың абоненттік құрылғыларында қызмет көрсету жұмысын қалпына келтіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z51" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. СҚДҚ ресурстарына қолжетімділікті ұсыну үшін СҚДҚ операторының қызметтеріне ақы төлеу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z52" w:id="68"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z52" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Ұялы байланыс операторлары желіні, ақпараттық жүйелер мен бағдарламалық қамтылымды жаңғыртуға қатысты барлық шығынды өздері көтереді, сондай-ақ СҚДҚ ресурстарына қол жеткізуге ұсынғаны үшін СҚДҚ операторына ақы төлеуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z53" w:id="69"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z53" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. СҚДҚ-ға қолжетімділіктің бағаларын қалыптастыруды СҚДҚ операторы Қазақстан Республикасы Ұлттық экономика министрінің 2016 жылғы 15 наурыздағы № 134 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Мемлекеттік монополия субъектісі өндіретін және өткізетін тауарларға, жұмыстарға, көрсетілетін қызметтерге баға белгілеу қағидаларына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13588 болып тіркелген) сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z54" w:id="70"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z54" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Ұялы байланыс операторлары мен СҚДҚ операторының өзара іс-қимыл және өзара есептесу процесі араларында жасалған шарттың талаптарымен айқындалады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z55" w:id="71"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z55" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. 2019 жылғы 1 қаңтарға дейін қолданылатын ұялы байланыстың абоненттік құрылғысын тіркеудің оңайлатылған тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3959,142 +4125,511 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      5-тарау 01.01.2019 дейін қолданыста болды – ҚР Ақпарат және коммуникациялар министрінің м.а. 23.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="72"/>
+    <w:bookmarkStart w:name="z61" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Өтпелі ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z62" w:id="73"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z62" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Ұялы байланыс операторы осы Қағидалардың 5-тарауына сәйкес оңайлатылған тәртіппен тіркелген ұялы байланыстың абоненттік құрылғылары бойынша ұялы байланыс қызметтерін көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұялы байланыстың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>абоненттік құрылғыларын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тіркеу қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z99" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ТАЛАП ұялы байланыстың абоненттік құрылғылары жұмысының сәйкестендіру кодтары бойынша байланыс қызметтерін көрсетуді міндетті тоқтата тұру/қалпына келтіру туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар қосымшамен толықтырылды - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 546/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының Қылмыстық-атқару кодексінің 97-бабының 9-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, "Хабарласу туралы" Қазақстан Республикасы Заңының 15-1-бабының 1-тармағының 1-6) тармақшаларына сәйкес ұялы байланыстың абоненттік құрылғыларының қызметін көрсету жұмысын сәйкестендіру коды және телефон нөмірі бойынша тоқтата тұруды/қалпына келтіруді сұраймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Сәйкестендіру кодының нөмірі және телефон нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Байланыс қызметтерін тоқтата тұру/қалпына келтіру туралы осы талапты алған сәттен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бастап 24 сағат ішінде хабарлауды сұраймыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы _______________________________/ тегі, аты, әкесінің аты (бар болса)/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                          (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>