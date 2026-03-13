--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="49a56b4" w14:textId="49a56b4">
+    <w:p w14:paraId="0f2738b" w14:textId="0f2738b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -150,160 +150,150 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Бағалы қағаздар рыногы туралы" Қазақстан Республикасы Заңының 49-бабының </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> 2) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
+      "Бағалы қағаздар рыногы туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>49-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тармағына және "Қаржы нарығы мен қаржы ұйымдарын мемлекеттік реттеу, бақылау және қадағалау туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-3) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 20.09.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 89</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1491,213 +1481,213 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қағидалардың мақсаты үшін халықаралық қаржы ұйымдары деп мынадай ұйымдар түсініледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Азиялық даму банкі (Asian Development Bank);</w:t>
+      Азия даму банкі (the Asian Development Bank);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Америкааралық даму банкі (Inter-American Development Bank);</w:t>
+      Америкааралық даму банкі (the Inter-American Development Bank);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Африкалық даму банкі (African Development Bank);</w:t>
+      Африка даму банкі (the African Development Bank);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Еуразия даму банкі (Eurasian Development Bank);</w:t>
+      Еуразиялық даму банкі (Eurasian Development Bank);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Еуропа қайта құру және даму банкі (European Bank for Reconstruction and Development);</w:t>
+      Еуропа қайта құру және даму банкі (the European Bank for Reconstruction and Development);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Еуропа инвестициялық банкі (European Investment Bank);</w:t>
+      Еуропалық инвестициялық банк (the European Investment Bank);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Еуропа Кеңесінің Даму Банкі (the Council of Europe Development Bank);</w:t>
+      Еуропалық Даму Банкінің Кеңесі (the Council of Europe Development Bank);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жеке секторды дамыту жөніндегі исламдық корпоарция (the Islamic Corporation for the Development of the Private Sector);</w:t>
+      Жеке Секторды дамыту жөніндегі ислам корпорациясы (the Islamic Corporation for the Development of the Private Sector);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ислам даму банкі (Islamic Development Bank);</w:t>
+      Ислам даму банкі (the Islamic Development Bank);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жан-жақты инвестицияларға кепілдік беру агенттігі (the Multilateral Investment Guarantee Agency);</w:t>
+      Инвестицияларды кепілдендіру жөніндегі көпжақты агенттік (the Multilateral Investment Guarantee Agency);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Скандинавия инвестициялық банкі (the Nordic Investment Bank);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1761,69 +1751,149 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Инвестициялық дауларды реттеу жөніндегі халықаралық орталық (the International Centre for Settlement of Investment Disputes);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Халықаралық қайта құру және даму банкі (International Bank for Reconstruction and Development);</w:t>
+      Халықаралық қайта құру және даму банкі (the International Bank for Reconstruction and Development);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Халықаралық қаржы корпорациясы (International Finance Corporation).</w:t>
+      Халықаралық қаржы корпорациясы (the International Finance Corporation);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қара теңіз сауда және даму банкі (the Black Sea Trade and Development Bank).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z60" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Standard &amp; Poor's (Стандард энд Пурс) агенттігінің рейтингтік бағаларынан басқа қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті орган (бұдан әрі – уәкілетті орган) сондай-ақ, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8318 болып тіркелген, "Болу қажеттілігі қаржы ұйымдарының, Қазақстан Республикасының бейрезиденті-банктері филиалдарының, Қазақстан Республикасының бейрезиденті-сақтандыру (қайта сақтандыру) ұйымдары филиалдарының қызметін реттейтін Қазақстан Республикасының заңнамасына сәйкес талап етілетін заңды тұлғалар және елдер үшін ең төменгі рейтингіні, осы рейтингіні беретін рейтингілік агенттіктер тізбесін белгілеу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2012 жылғы 24 желтоқсандағы № 385 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -16528,51 +16598,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Инвестициялық портфельді басқарушының есеп айырысу күнгі қолда бар өтімділігі жоғары және өтімді активтері Әдістеменің 6-тармағына сәйкес осындай деп танылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z97" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Инвестициялық портфельді басқарушының өтімділігі жоғары активтерінің есебіне осы қаулымен бекітілген Инвестициялық портфельді басқару жөніндегі қызметті жүзеге асыратын ұйымдар сақтауға міндетті пруденциялық нормативтердің мәндерін есептеу қағидаларына (бұдан әрі – Қағидалар) қосымшаға сәйкес Инвестициялық портфельді басқарушының пруденциялық нормативтерінің мәндерін есептеу кестесінің 11.1, 1.2, 1.4, 1.5, 1.6, 1.7, 1.8, 1.9, 1.10, 1.12, 1.13, 2.1, 2.2, 2.3, 2.4, 2.8, 2.10, 2.11, 2.14, 3.1, 3.2, 3.5, 4.4, 5.1, 5.2, 5.3, 5.4-жолдарында көрсетілген активтер (репо операцияларының мәні болып табылатын бағалы қағаздарды қоспағанда) тиісті көлемдерде енгізіледі.</w:t>
+      6. Инвестициялық портфельді басқарушының өтімділігі жоғары активтерінің есебіне осы қаулымен бекітілген Инвестициялық портфельді басқару жөніндегі қызметті жүзеге асыратын ұйымдар сақтауға міндетті пруденциялық нормативтердің мәндерін есептеу қағидаларына (бұдан әрі – Қағидалар) қосымшаға сәйкес Инвестициялық портфельді басқарушының пруденциялық нормативтерінің мәндерін есептеу кестесінің .1, 1.2, 1.4, 1.5, 1.6, 1.7, 1.8, 1.9,1.10, 1.12, 1.13, 2.1, 2.2, 2.3, 2.4, 2.8, 2.10, 2.11, 2.14, 3.1, 3.2, 3.5, 4.4, 5.1, 5.2, 5.3, 5.4-жолдарында көрсетілген активтер (репо операцияларының мәні болып табылатын бағалы қағаздарды қоспағанда) тиісті көлемдерде енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Инвестициялық портфельді басқарушының өтімді активтері ретінде Қағидаларға қосымшаға сәйкес Инвестициялық портфельді басқарушының пруденциялық нормативтерінің мәндерін есептеу кестесінің 1.3, 1.11, 2.5, 2.6, 2.7, 2.9, 2.12, 2.13, 2.15, 2.16, 3.3, 3.4, 3.6, 3.7, 4.1, 4.2, 4.3, 4.5-жолдарында көрсетілген активтер (репо операцияларының мәні болып табылатын бағалы қағаздарды қоспағанда) тиісті көлемдерде танылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -16583,99 +16653,99 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Инвестициялық портфельді басқарушы әртараптандыру нормативін сақтайды, бұл ретте бір эмитентке және оның үлестес тұлғаларына инвестициялар көлемі инвестициялық портфельді басқарушының жиынтық өтімді активтерінің 20%-нан аспайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Әдістеменің осы тармағының үшінші бөлігінде белгіленген норма Қазақстан Республикасының мемлекеттік бағалы қағаздарына, сондай-ақ орталық контрагенттің қатысуымен жасалған "кері репо" операциясының мәні болып табылатын бағалы қағаздарға қатысты қолданылмайды.</w:t>
+      Әдістеменің осы тармағының үшінші бөлігінде белгіленген норма дауыс беретін акцияларының 50 (елу) пайызынан астамы мемлекетке немесе ұлттық басқарушы холдингке немесе Қазақстан Республикасының Ұлттық Банкіне тиесілі, бір-біріне қатысты үлестес болып табылатын тұлғалар шығарған (ұсынған) қаржы құралдарына, сондай-ақ Қазақстан Республикасының мемлекеттік бағалы қағаздарына, сондай-ақ орталық контрагенттің қатысуымен жасалған "кері репо" операциясының мәні болып табылатын бағалы қағаздарға қатысты қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.05.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 14</w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен. </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z98" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -17834,31 +17904,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>