--- v0 (2025-10-01)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="44aecc8" w14:textId="44aecc8">
+    <w:p w14:paraId="1682acc" w14:textId="1682acc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -150,160 +150,150 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Бағалы қағаздар рыногы туралы" Қазақстан Республикасы Заңының (бұдан әрі - Бағалы қағаздар рыногы туралы заң) 49-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, "Қаржы нарығы мен қаржы ұйымдарын мемлекеттiк реттеу, бақылау және қадағалау туралы" Қазақстан Республикасы Заңының </w:t>
+      "Бағалы қағаздар рыногы туралы" Қазақстан Республикасы Заңының (бұдан әрі - Бағалы қағаздар рыногы туралы заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>49-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тармағына және "Қаржы нарығы мен қаржы ұйымдарын мемлекеттiк реттеу, бақылау және қадағалау туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 9-3) тармақшасына және "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 2) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
+        <w:t xml:space="preserve"> 9-3) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 20.09.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 89</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1756,213 +1746,213 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қағидалардың мақсаты үшін халықаралық қаржы ұйымдары деп мынадай ұйымдар түсініледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Азиялық даму банкі (Asian Development Bank);</w:t>
-[...161 lines deleted...]
-      Жан-жақты инвестицияларға кепілдік беру агенттігі (the Multilateral Investment Guarantee Agency);</w:t>
+      Азия даму банкі (the Asian Development Bank);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Америкааралық даму банкі (the Inter-American Development Bank);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Африка даму банкі (the African Development Bank);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Еуразиялық даму банкі (Eurasian Development Bank);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Еуропа қайта құру және даму банкі (the European Bank for Reconstruction and Development);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Еуропалық инвестициялық банк (the European Investment Bank);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Еуропалық Даму Банкінің Кеңесі (the Council of Europe Development Bank);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке Секторды дамыту жөніндегі ислам корпорациясы (the Islamic Corporation for the Development of the Private Sector);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ислам даму банкі (the Islamic Development Bank);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инвестицияларды кепілдендіру жөніндегі көпжақты агенттік (the Multilateral Investment Guarantee Agency);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Скандинавия инвестициялық банкі (the Nordic Investment Bank);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2026,69 +2016,149 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Инвестициялық дауларды реттеу жөніндегі халықаралық орталық (the International Centre for Settlement of Investment Disputes);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Халықаралық қайта құру және даму банкі (International Bank for Reconstruction and Development);</w:t>
-[...17 lines deleted...]
-      Халықаралық қаржы корпорациясы (International Finance Corporation).</w:t>
+      Халықаралық қайта құру және даму банкі (the International Bank for Reconstruction and Development);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Халықаралық қаржы корпорациясы (the International Finance Corporation);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қара теңіз сауда және даму банкі (the Black Sea Trade and Development Bank).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z117" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Standard &amp; Poor's (Стандард энд Пурс) агенттігінің рейтингтік бағаларынан басқа қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті орган (бұдан әрі – уәкілетті орган) сондай-ақ, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8318 болып тіркелген, "Болу қажеттілігі қаржы ұйымдарының, Қазақстан Республикасының бейрезиденті-банктері филиалдарының, Қазақстан Республикасының бейрезиденті-сақтандыру (қайта сақтандыру) ұйымдары филиалдарының қызметін реттейтін Қазақстан Республикасының заңнамасына сәйкес талап етілетін заңды тұлғалар және елдер үшін ең төменгі рейтингіні, осы рейтингіні беретін рейтингілік агенттіктер тізбесін белгілеу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2012 жылғы 24 желтоқсандағы № 385 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -17960,89 +18030,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Брокер және (немесе) дилер бір эмитентке және оның үлестес тұлғаларына инвестициялар көлемі брокердің және (немесе) дилердің жиынтық өтімді активтерінің 20%-нан аспайтын әртараптандыру нормативін сақтайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Әдістеменің осы тармағының үшінші бөлігінде белгіленген норма Қазақстан Республикасының мемлекеттік бағалы қағаздарына, сондай-ақ орталық контрагенттің қатысуымен жасалған "кері репо" операциясының нысанасы болып табылатын бағалы қағаздарға қатысты қолданылмайды.</w:t>
+      Әдістеменің осы тармағының үшінші бөлігінде белгіленген норма дауыс беретін акцияларының 50 (елу) пайызынан астамы мемлекетке немесе ұлттық басқарушы холдингке немесе Қазақстан Республикасының Ұлттық Банкіне тиесілі, бір-біріне қатысты үлестес болып табылатын тұлғалар шығарған (ұсынған) қаржы құралдарына, сондай-ақ орталық контрагенттің қатысуымен жасалған "кері репо" операциясының мәні болып табылатын бағалы қағаздарға қатысты қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.05.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 14</w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -19207,144 +19277,144 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Инвестициялық портфельді басқарушының есептеу күніне қолда бар жоғары өтімді және өтімді активтері Әдістеменің 17-тармағына сәйкес сондай деп танылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z171" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Қағидаларға қосымшаға сәйкес тиісті көлемдерде Бағалы қағаздар нарығында брокерлік және (немесе) дилерлік қызметті жүзеге асыратын ұйымның пруденциялық нормативтерінің мәндерін есептеу кестесінің мынадай жолдарында көрсетілген активтер 1-ИПБ немесе 2-ИПБ жоғары өтімді активтерінің есебіне енгізіледі: 1.1, 1.2, 1.4, 1.5, 1.6, 1.7, 1.8, 1.9, 1.10, 1.12, 1.13, 2.1, 2.2, 2.3, 2.4, 2.8, 2.10, 2.11, 2.14, 3.1, 3.2, 3.5, 4.4, 5.1, 5.2, 5.3, 5.4. (репо операцияларының нысаны болып табылатын бағалы қағаздарды қоспағанда).</w:t>
+      17. 1-ИПБ немесе 2-ИПБ өтімділігі жоғары активтер есебіне Қағидаларға қосымшаға сәйкес Бағалы қағаздар нарығында брокерлік және (немесе) дилерлік қызметті жүзеге асыратын ұйымның пруденциялық нормативтерінің мәндерін есептеу кестесінің мынадай жолдарында көрсетілген, 1.1, 1.2, 1.4, 1.5, 1.6, 1.7, 1.8, 1.9, 1.10,1.12, 1.13, 2.1, 2.2, 2.3, 2.4, 2.8, 2.10, 2.11, 2.14, 3.1, 3.2, 3.5, 4.4, 5.1, 5.2, 5.3, 5.4 (репо операцияларының нысанасы болып табылатын бағалы қағаздарды қоспағанда) тиісті көлемдегі активтер кіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қағидаларға қосымшаға сәйкес бағалы қағаздар нарығында брокерлік және (немесе) дилерлік қызметті жүзеге асыратын ұйымның пруденциялық нормативтерінің мәндерін есептеу кестесінің мынадай жолдарында көрсетілген активтер 1-ИПБ немесе 2-ИПБ өтімді активтері ретінде танылады: 1.3, 1.11, 2.5, 2.6, 2.7, 2.9, 2.12, 2.13, 2.15, 2.16, 3.3, 3.4, 3.6, 3.7, 4.1, 4.2, 4.3, 4.5 (репо операцияларының мәні болып табылатын бағалы қағаздарды қоспағанда).</w:t>
-[...35 lines deleted...]
-      Әдістеменің осы тармағының үшінші бөлігінде белгіленген норма Қазақстан Республикасының мемлекеттік бағалы қағаздарына, сондай-ақ орталық контрагенттің қатысуымен жасалған "кері репо" операциясының нысанасы болып табылатын бағалы қағаздарға қатысты қолданылмайды.</w:t>
+      Қағидаларға қосымшаға сәйкес Бағалы қағаздар нарығында брокерлік және (немесе) дилерлік қызметті жүзеге асыратын ұйымның пруденциялық нормативтерінің мәндерін есептеу кестесінің мынадай жолдарында көрсетілген 1.3, 1.11, 2.5, 2.6, 2.7, 2.9, 2.12, 2.13, 2.15, 2.16, 3.3,3.4, 3.6, 3.7, 4.1, 4.2, 4.3, 4.5 (репо операцияларының нысанасы болып табылатын бағалы қағаздарды қоспағанда) тиісті көлемдегі активтер 1-ИПБ немесе 2-ИПБ өтімді активтері ретінде танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-ИПБ немесе 2-ИПБ әртараптандыру нормативін сақтайды, бұл ретте бір эмитентке және оның үлестес тұлғаларына инвестициялар көлемі 1-ИПБ немесе 2-ИПБ жиынтық өтімді активтерінің 20%-нан аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әдістеменің осы тармағының үшінші бөлігінде белгіленген норма дауыс беретін акцияларының 50 (елу) пайызынан астамы мемлекетке немесе ұлттық басқарушы холдингке немесе Қазақстан Республикасының Ұлттық Банкіне тиесілі, бір-біріне қатысты үлестес болып табылатын тұлғалар шығарған (ұсынған) қаржы құралдарына, сондай-ақ орталық контрагенттің қатысуымен жасалған "кері репо" операциясының мәні болып табылатын бағалы қағаздарға қатысты қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.05.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 14</w:t>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -19543,51 +19613,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20309,31 +20379,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>