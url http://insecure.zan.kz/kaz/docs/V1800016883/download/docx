--- v0 (2025-11-08)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ec2cb7f" w14:textId="ec2cb7f">
+    <w:p w14:paraId="809392b" w14:textId="809392b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -170,100 +170,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Ақпараттандыру туралы" Қазақстан Республикасы Заңының 17-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4) тармақшасына сәйкес </w:t>
+        <w:t xml:space="preserve"> 4) тармақшасына және Қазақстан Республикасы Үкіметінің 2025 жылдың 9 қазандағы № 846 қаулысымен бекітілген Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>62) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 27.10.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 399/НҚ</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Жасанды интеллект және цифрлық даму министрінің м.а. 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 664/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1025,90 +1055,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы электрондық ақпараттық ресурстардың резервтік көшірмелерін электрондық ақпараттық ресурстарды сақтаудың бірыңғай ұлттық резервтік платформасына беру қағидалары (бұдан әрі – Қағидалар) "Ақпараттандыру туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 17-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4) тармақшасының негізінде әзірленді және электрондық ақпараттық ресурстардың резервтік көшірмелерін электрондық ақпараттық ресурстарды сақтаудың бірыңғай ұлттық резервтік платформасына берудің тәртібі мен мерзімдерін.</w:t>
+        <w:t xml:space="preserve"> 4) тармақшасы және Қазақстан Республикасы Үкіметінің 2025 жылдың 9 қазандағы № 846 қаулысымен бекітілген Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>62) тармақшасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізінде әзірленді және электрондық ақпараттық ресурстардың резервтік көшірмелерін электрондық ақпараттық ресурстарды сақтаудың бірыңғай ұлттық резервтік платформасына берудің тәртібі мен мерзімдерін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 27.10.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 399/НҚ</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Жасанды интеллект және цифрлық даму министрінің м.а. 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 664/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1443,248 +1493,232 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-тараудың тақырыбы жаңа редакцияда - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 27.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. АКИАМО иесі электронды ақпараттық ресурстардың (бұдан әрі – ЭАР) резервтік көшірмелерін осы Қағидаларға сәйкес тәртіпте БҰРП-ға береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "МТҚ" АҚ АКИАМО иелеріне ЭАР резервтік көшірмелерін БҰРП-ға беру қажеттілігі туралы ақпаратты жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...43 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 27.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...44 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. АКИАМО иелері "МТҚ" АҚ-дан ақпаратты алған сәттен бастап 15 (он бес) жұмыс күннен кешіктірмей "МТҚ" АҚ-ға әрбір ЭАР бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) резервтік көшірудің ағымдағы мерзімділігі туралы ақпаратты қамтитын құжаттың көшірмесін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысанда техникалық сипаттама туралы мәліметтерді жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1703,674 +1737,694 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Қазақстан Республикасы Үкіметінің 2025 жылдың 9 қазандағы № 846 қаулысымен бекітілген Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>385) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бекітілетін АКИАМО тізбесі (бұдан әрі – Тізбе), әрбір АКИАМО иесінен алынған ақпарат негізінде және "МТҚ" АҚ уәкілетті органмен келісім бойынша БҰРП-ға беру үшін ЭАР резервтік көшірудің мерзімділігін белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 27.10.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Жасанды интеллект және цифрлық даму министрінің м.а. 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 664/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "МТҚ" АҚ АКИАМО иелеріне 20 (жиырма) жұмыс күн ішінде танысу мен орындау үшін жазбаша ресми түрде мынадай мәліметтер жолдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ЭАР атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) БҰРП-ға беру үшін резервтік көшірудің мерзімділігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) АҚҰҮО-ға қолжетімділік алу үшін мәліметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармаққа өзгеріс енгізілді - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 27.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. "МТҚ" АҚ резервтік көшірмелерін беру үшін АҚҰҮО АКИАМО иелеріне АҚҰҮО-ға қолжетімділік береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 8-тармаққа өзгеріс енгізілді - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 27.10.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 27.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. АКИАМО иелері өз қаражаты есебінен, АКИАМО иелерінің барлық инфрақұрылымының толық жоғалту (жойылу) жағдайларын есепке ала отырып, БҰРП-да сақталатын резервтік көшірмелерді АКИАМО-ның қалпына келтіруі үшін жеткілікті көлемде, БҰРП-ға ("МТҚ" АҚ) ЭАР резервтік көшірмелерін (сондай-ақ ЭАР-ға құжаттама, нұсқаулық көшірмелерін, конфигурация файлдарын және тағы басқа) дербес беруді ұйымдастырады. АКИАМО-ның резервтік көшірмелерінің берілуі, БҰРП-ға резервтік көшірмелерді қабылдау уақытша кейінге шегеру жағдайларынан басқа, "МТҚ" АҚ-дан ресми хабарлама алған күннен бастап 20 (жиырма) жұмыс күн ішінде іске асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 27.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Резервтік көшірме шифрланған түрде берілген жағдайда, шифрлау кілттері мен құралды шифрлау жүргізілген құралдар шифрді ашу үшін ЭАР иелері жағында барлық инфрақұрылым жоғалған жағдайда қалпына келтіру мүмкіндігі үшін электрондық түрде "МТҚ" АҚ-ға беруге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 27.10.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 27.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. Алып тасталды - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің м.а. 27.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 83/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...180 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="35"/>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. "МТҚ" АҚ ЭАР резервтік көшірмелерін қабылдауды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z41" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z41" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) техникалық ресурстардың жетіспеушілігі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z42" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z42" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) техникалық құралдардың АКИАМО иелері талап ететін құралдармен үйлеспеуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z43" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z43" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) серверлік, желілік жабдыққа, деректер базасын басқару жүйесіне және бағдарламалық қамтылымға лицензиялардың болмауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z44" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z44" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) техногенді және басқа да күтпеген жағдайлардың туындауы жағдайында уақытша тоқтатуды іске асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2389,90 +2443,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="40"/>
+    <w:bookmarkStart w:name="z45" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. ЭАР резервтік көшірмелерін қабылдауды уақытша тоқтату үшін негіз "МТҚ" АҚ уәкілетті орган мен АКИАМО иесіне себебін көрсете отырып ЭАР резервтік көшірмелерін беру процесін тоқтата тұру қажеттілігі туралы жіберген ақпарат болып табылады. ЭАР резервтік көшірмелерін қабылдауды уақытша тоқтату мерзімі уәкілетті органмен келісім бойынша осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген жағдайлар жойылғанға дейін белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2491,187 +2545,187 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="41"/>
+    <w:bookmarkStart w:name="z46" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Электронды ақпараттық ресурстардың резервті көшірмелерін электрондық ақпараттық ресурстарды сақтаудың бірыңғай ұлттық резервтік платформасына беру мерзімдері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың тақырыбы жаңа редакцияда - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 27.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="42"/>
+    <w:bookmarkStart w:name="z47" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. БҰРП-ға ЭАР резервтік көшірмелерін беру мерзімдері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z48" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z48" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бірінші кластағы ЭАР және деректер базасы үшін – жедел резервтеу кезінде нақты уақыт (немесе 1 сағатқа кідірумен нақты уақыт режиміне жақын) режимінде және толық аяқталғанға дейін іске қосусыз резервтеу кезінде резервтік көшіруді аяқтау сәтінен бастап 24 сағаттан кешіктірмей резервтік көшірмені беруді бастау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z49" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z49" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) екінші кластағы ЭАР үшін – толық аяқталғанға дейін іске қосусыз резервтеу кезінде резервтік көшіруді аяқтау сәтінен бастап 48 сағаттан кешіктірмей резервтік көшірмені беруді бастау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z50" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z50" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) үшінші кластағы ЭАР үшін – толық аяқталғанға дейін іске қосусыз резервтеу кезінде резервтік көшіруді аяқтау сәтінен бастап 72 сағаттан кешіктірмей резервтік көшірмені беруді бастау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z51" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z51" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ЭАР класы Қазақстан Республикасы Инвестициялар және даму министрінің міндетін атқарушысының 2016 жылғы 28 қаңтардағы № 135 бұйрығымен бекітілген (нормативтік құқықтық актілерін тіркеу мемлекеттік тізімінде № 13349 тіркелген) Ақпараттандыру объектілерін сыныптау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2686,71 +2740,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және ақпараттандыру объектілерінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сыныптауышына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z52" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z52" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. ЭАР Тізбеден алынған жағдайда АКИАМО иесі "МТҚ" АҚ-дан ақпарат алған күннен бастап 24 сағат ішінде АҚҰҮО-ға ЭАР резервтік көшірмелерін беруді тоқтатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3034,68 +3088,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Нысан </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Электрондық ақпараттық ресурстардың техникалық сипаттамалары туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қосымша жаңа редакцияда – ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 27.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3883,55 +3937,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>