--- v0 (2025-11-15)
+++ v1 (2026-01-16)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="04a4c42" w14:textId="04a4c42">
+    <w:p w14:paraId="1594801" w14:textId="1594801">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -151,130 +151,160 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғаш ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Ақпараттандыру туралы" 2015 жылғы 24 қарашадағы Қазақстан Республикасы Заңының </w:t>
+      "Ақпараттандыру туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-6-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 7) тармақшасына сәйкес </w:t>
+        <w:t xml:space="preserve"> 7) тармақшасына және Қазақстан Республикасы Үкіметінің 2025 жылғы 9 қазандағы № 846 қаулысымен бекітілген Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі туралы Ережесінің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>306) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 14.09.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 334/НҚ</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Жасанды интеллект және цифрлық даму министрінің м.а. 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">  (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -929,94 +959,156 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы сенім білдірілген бағдарламалық қамтылым мен электрондық өнеркәсіп өнімдерінің тізілімін қалыптастыру және жүргізу қағидалары, сондай-ақ сенім білдірілген бағдарламалық қамтылым мен электрондық өнеркәсіп өнімдерінің тізіліміне бағдарламалық қамтылым және электрондық өнеркәсіп өнімдерін енгізу жөніндегі </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) "Ақпараттандыру туралы" Қазақстан Республикасының Заңының </w:t>
+      1. Осы сенім білдірілген бағдарламалық қамтылымның және электрондық өнеркәсіп өнімінің тізілімін қалыптастыру және жүргізу қағидалары, сондай-ақ сенім білдірілген бағдарламалық қамтылымның және электрондық өнеркәсіп өнімінің тізіліміне бағдарламалық қамтылым және электрондық өнеркәсіп өнімдерін енгізу жөніндегі өлшемшарттар (бұдан әрі – Қағидалар) "Ақпараттандыру туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-6-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 7) тармақшасына сәйкес әзірленді және сенім білдірілген бағдарламалық қамтылым мен электрондық өнеркәсіп өнімдерінің тізілімін қалыптастыру, жүргізу тәртібін, сондай-ақ бағдарламалық қамтылымды және электрондық өнеркәсіп өнімдерін сенім білдірілген бағдарламалық қамтылым мен электрондық өнеркәсіп өнімдерінің тізіліміне енгізу жөніндегі өлшемшарттарды айқындайды.</w:t>
+        <w:t xml:space="preserve"> 7) тармақшасына, Қазақстан Республикасы Үкіметінің 2025 жылғы 9 қазандағы № 846 қаулысымен бекітілген Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі туралы Ережесінің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>306) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және сенім білдірілген бағдарламалық қамтылымның және электрондық өнеркәсіп өнімінің тізілімін қалыптастыру, жүргізу тәртібін, сондай-ақ бағдарламалық қамтылымды және электрондық өнеркәсіп өнімдерін сенім білдірілген бағдарламалық қамтылымның және электрондық өнеркәсіп өнімінің тізіліміне енгізу жөніндегі өлшемшарттарды айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Жасанды интеллект және цифрлық даму министрінің м.а. 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай ұғымдар қолданылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1329,280 +1421,792 @@
       1) бағдарламалық қамтылымның ақпараттық қауіпсіздіктің белгіленген талаптарына сәйкестігі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бағдарламалық қамтылымға айрықша мүліктік құқықтар көрсетілетін қызметті алушыға тиесілі, Қазақстан Республикасының бүкіл аумағында және айрықша құқықтың қолданылу мерзіміне қолданылады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) оқшаулау үлесінің кемінде 80% көрсетілген индустриялық сертификаттың болуы;</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақшаны алып тастау көзделген - ҚР Жасанды интеллект және цифрлық даму министрінің м.а. 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) бағдарламалық қамтылымды Қазақстан Республикасының аумағында орналасқан техникалық қолдау қызметімен қамтамасыз ету;</w:t>
+      3) оқшаулау үлесінің кемінде 80% көрсетілген индустриялық сертификаттың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармақты 3-1) тармақшамен толықтыру көзделген - ҚР Жасанды интеллект және цифрлық даму министрінің м.а. 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) Бағдарламалық қамтылымның мәлімделген функционалдық және пайдалану сипаттамаларына сәйкестігі;</w:t>
+      4) бағдарламалық қамтылымды Қазақстан Республикасының аумағында орналасқан техникалық қолдау қызметімен қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бағдарламалық қамтылымның ТЖҚ БНА мәлімделген кодтарына және сыныптау қағидаларының санаттарына сәйкестігі;</w:t>
+      5) Бағдарламалық қамтылымның мәлімделген функционалдық және пайдалану сипаттамаларына сәйкестігі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      7) мәлімделген бағдарламалық қамтылым дербес болып табылады. </w:t>
+        <w:t>
+      6) бағдарламалық қамтылымның ТЖҚ БНА мәлімделген кодтарына және сыныптау қағидаларының санаттарына сәйкестігі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="27"/>
+        <w:t xml:space="preserve">
+      7) мәлімделген бағдарламалық қамтылым дербес болып табылады. </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Электрондық өнеркәсіп өнім, егер ол мынадай өлшемшарттарға сәйкес келсе, Тізілімге енгізілуге тиіс:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="27"/>
+      Егер Тізілімге енгізуге өтінім берілген бағдарламалық қамтылым дербес бағдарлама болып табылмаған жағдайда, оны Тізілімге енгізуге өтінім берушінің жұмыс істеуі үшін қажетті бағдарламалық қамтылым Тізілімде болған жағдайда жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) электрондық өнеркәсіп өнімінің құрамына кіретін бағдарламалық қамтылымның ақпараттық қауіпсіздіктің белгіленген талаптарына сәйкестігі не бағдарламалық қамтылымды сынауды жүргізу мүмкін еместігі туралы ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті органнан шешімнің болуы.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      6. Электрондық өнеркәсіп өнім, егер ол мынадай өлшемшарттарға сәйкес келсе, Тізілімге енгізілуге тиіс:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) электрондық өнеркәсіп өнімінің құрамына кіретін бағдарламалық қамтылымға құқықтың бүкіл қолданылу мерзіміне пайдалану құқығының болуы;</w:t>
+      1) электрондық өнеркәсіп өнімінің құрамына кіретін бағдарламалық қамтылымның ақпараттық қауіпсіздіктің белгіленген талаптарына сәйкестігі не бағдарламалық қамтылымды сынауды жүргізу мүмкін еместігі туралы ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті органнан шешімнің болуы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) электрондық өнеркәсіп өнімін Қазақстан Республикасының аумағында орналасқан сервистік орталықпен қамтамасыз ету;</w:t>
+      2) электрондық өнеркәсіп өнімінің құрамына кіретін бағдарламалық қамтылымға құқықтың бүкіл қолданылу мерзіміне пайдалану құқығының болуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) оқшаулау үлесінің кемінде 30% көрсетілген индустриялық сертификаттың болуы;</w:t>
+      3) электрондық өнеркәсіп өнімін Қазақстан Республикасының аумағында орналасқан сервистік орталықпен қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақшаны алып тастау көзделген - ҚР Жасанды интеллект және цифрлық даму министрінің м.а. 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      5) электрондық өнеркәсіп өнімінің мәлімделген техникалық және пайдалану сипаттамаларына сәйкестігі; </w:t>
+        <w:t>
+      4) оқшаулау үлесінің кемінде 30% көрсетілген индустриялық сертификаттың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-тармақты 4-1) тармақшамен толықтыру көзделген - ҚР Жасанды интеллект және цифрлық даму министрінің м.а. 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) алып тасталды - ҚР Жасанды интеллект және цифрлық даму министрінің м.а. 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) электрондық өнеркәсіп өнімінің мәлімделген санатқа және ТЖҚ БНА кодына және сыныптау қағидаларының санаттарына сәйкестігі.</w:t>
+      6) электрондық өнеркәсіп өнімінің мәлімделген сыныптау Қағидаларының санаттарына сәйкестігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармаққа өзгеріс енгізілді - ҚР Жасанды интеллект және цифрлық даму министрінің м.а. 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Тізілімді жүргізу осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1637,150 +2241,172 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Тізілім, сондай-ақ тізілімге өзгерістер мен толықтырулар электрондық сатып алудың ақпараттық жүйесінің операторына 14 (он төрт) жұмыс күні ішінде жіберіледі және тиісті шешім қабылданғаннан кейін 14 (он төрт) жұмыс күні ішінде көрсетілетін қызметті берушінің ресми интернет-ресурсында жариялануға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. Өтініш беруші осы Қағидалардың </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">, сондай-ақ </w:t>
+      9. Өтініш беруші осы Қағидалардың 5 және 6-тармақтарында, сондай-ақ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген құжаттардың қолданылу мерзімдері аяқталатын күнге дейін күнтізбелік 30 (отыз) күннен кешіктірмей уәкілетті органға құжаттардың өзектендірілген нұсқаларын ұсына отырып, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша cенім білдірілген бағдарламалық қамтылым мен электрондық өнеркәсіп өнімдерінің тізіліміне өзгерістер және (немесе) толықтырулар енгізу туралы өтініш береді.</w:t>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тізілімде қамтылған мәліметтердің өзектілігін тексеру мақсатында уәкілетті орган Тізілімде қамтылған мәліметтердің, құжаттардың дұрыстығына мониторинг жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Жасанды интеллект және цифрлық даму министрінің м.а. 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z33" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Уәкілетті орган Тізілімнің мониторингі шеңберінде дұрыс емес мәліметтерді, дұрыс емес құжаттарды, қолданылу мерзімі өткен құжаттарды ұсыну және (немесе) осы Қағидаларда белгіленген бағдарламалық қамтылымды және электрондық өнеркәсіп өнімін Тізілімге енгізу жөніндегі өлшемшарттарға сәйкестігін жоғалту фактілерін анықтаған кезде уәкілетті орган бағдарламалық қамтылымды немесе электрондық өнеркәсіп өнімін Тізілімнен шығаруды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
@@ -4129,50 +4755,88 @@
               </w:rPr>
               <w:t>өлшемшарттарға</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z66" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымшаға өзгеріс енгізілді - ҚР Жасанды интеллект және цифрлық даму министрінің м.а. 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4370,51 +5034,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі</w:t>
+Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5216,184 +5880,144 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
+тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) бағдарламалық қамтылымды/электрондық өнеркәсіп өнімін сенім білдірілген бағдарламалық қамтылым және электрондық өнеркәсіп өнімі тізіліміне енгізу үшін Қағидалардың </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> белгіленген өлшемдерге бағдарламалық қамтылымның/ электрондық өнеркәсіп өнімінің сәйкестігін растайтын мынадай құжаттарды қоса бере отырып, осы Қағидалардың </w:t>
+1) бағдарламалық қамтылымды және электрондық өнеркәсіп өнімдерін сенім білдірілген бағдарламалық қамтылымның және электрондық өнеркәсіп өнімінің тізіліміне енгізу үшін Қағидалардың 5 немесе 6-тармағында белгіленген өлшемдерге бағдарламалық қамтылымның және электрондық өнеркәсіп өнімінің сәйкестігін растайтын мынадай құжаттарды қоса бере отырып, осы Қағидалардың </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымшасына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш беріледі:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">
-ҚР СТ ISO/IEC 15408-3-2017 "Ақпараттық технологиялар. Қауіпсіздікті қамтамасыз ету әдістері мен құралдары. Ақпараттық технологиялардың қауіпсіздігін бағалау өлшемшарттары. 3-бөлім. Қорғауды қамтамасыз етуге қойылатын талаптар" (бұдан әрі – ҚР СТ ISO/IEC 15408-3) сәйкес бағдарламалық қамтылым үшін 4-інші сенім деңгейінен төмен емес орындау немесе Қазақстан Республикасы Цифрлық даму, қорғаныс және аэроғарыш өнеркәсібі министрінің 2019 жылғы 3 маусымдағы № 111/НҚ </w:t>
+Бағдарламалық қамтылым үшін: ҚР СТ ISO/IEC 15408-3-2017 "Ақпараттық технологиялар. Қауіпсіздікті қамтамасыз ету әдістері мен құралдары. Ақпараттық технологиялардың қауіпсіздігін бағалау өлшемшарттары. 3-бөлім. Қорғауды қамтамасыз етуге қойылатын талаптар" (бұдан әрі – ҚР СТ ISO/IEC 15408-3-2017) сәйкес бағдарламалық қамтылым үшін 4-інші сенім деңгейінен төмен емес орындау немесе Қазақстан Республикасы Цифрлық даму, қорғаныс және аэроғарыш өнеркәсібі министрінің 2019 жылғы 3 маусымдағы № 111/НҚ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18795 болып тіркелген) бекітілген "Электрондық үкіметтің" ақпараттандыру объектілеріне және ақпараттық-коммуникациялық инфрақұрылымның аса маңызды объектілеріне жатқызылған ақпараттық жүйелерге олардың ақпараттық қауіпсіздік талаптарына сәйкестігіне сынақтар жүргізу әдістемесі мен қағидаларына сәйкес аккредиттелген сынау зертханалары берген ақпараттық қауіпсіздік талаптарына сәйкестігіне оң нәтижелері бар сынау хаттамаларының болуы (бұдан әрі – сынау хаттамалары);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -5404,52 +6028,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бағдарламалық қамтылымға айрықша мүліктік құқықтар көрсетілетін қызметті алушыға тиесілі, Қазақстан Республикасының бүкіл аумағында және айрықша құқықтардың қолданылу мерзіміне қолданылады;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-оқшаулау үлесін растайтын индустриялық сертификат кемінде 80%;</w:t>
+              <w:t xml:space="preserve">
+Қазақстандық тауар өндірушілердің тізіліміне енгізу үшін индустриялық сертификат немесе қазақстандық бағдарламалық қамтылым өндірушіні растау тәртібіне сәйкес бағдарламалық қамтылым оқшаулау үлесінің кемінде 80% есептеуін растайтын құжаттар. Бұл ретте индустриялық сертификатты бағдарламалық қамтылымның оқшаулау үлесін растаушы құжат ретінде ұсынуға 2026 жылғы 1 қаңтарға дейін "Өнеркәсіптік саясат туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>68-бабының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> төртінші бөлігіне сәйкес рұқсат етіледі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 осы Қағидалардың </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -5461,237 +6105,259 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес нысан бойынша Қазақстан Республикасының аумағында техникалық қолдау қызметімен бағдарламалық қамтылымды қамтамасыз ету туралы мәліметтер.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық өнеркәсіп өнімдері үшін:</w:t>
-[...17 lines deleted...]
-ҚР СТ ISO/IEC 15408-3 сәйкес бағдарламалық қамтылым үшін 4-інші сенім деңгейінен төмен емес орындау немесе сынау хаттамаларының болуы немесе ақпараттық қауіпсіздік саласындағы уәкілетті органнан бағдарламалық қамтылымды сынақтан өткізудің мүмкін еместігі туралы растаудың болуы;</w:t>
+Электрондық өнеркәсіп өнімдері үшін: ҚР СТ ISO/IEC 15408-3-2017 сәйкес бағдарламалық қамтылым үшін 4-інші сенім деңгейінен төмен емес орындау немесе сынау хаттамаларының болуы немесе ақпараттық қауіпсіздік саласындағы уәкілетті органнан бағдарламалық қамтылымды сынақтан өткізудің мүмкін еместігі туралы растаудың болуы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 электрондық өнеркәсіп өнімін өндірушіде құқықтың бүкіл қолданылу мерзіміне электрондық өнеркәсіп өнімінің құрамында бағдарламалық қамтылымды пайдалану құқығының туындау негіздерін растайтын құжаттар;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 осы Қағидалардың </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>10 қосымшасына</w:t>
+              <w:t>10-қосымшасына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес нысан бойынша Қазақстан Республикасының аумағында электрондық өнеркәсіп өнімін сервистік орталықпен қамтамасыз ету туралы мәліметтер;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-оқшаулау үлесін кемінде 30% растайтын индустриялық сертификат;</w:t>
+              <w:t xml:space="preserve">
+Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2025 жылғы 27 тамыздағы № 327 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 36717 болып тіркелген) Қазақстандық тауар өндірушілер тізілімін жүргізу қағидаларына сәйкес қазақстандық тауар өндірушілер тізілімінен үзінді көшірмесі немесе индустриялық сертификаты болу қажет. Бұл ретте индустриялық сертификатты электрондық өнеркәсіп өнімінің кемінде 30% оқшаулау үлесін растаушы құжат ретінде ұсынуға 2026 жылғы 1 қаңтарға дейін "Өнеркәсіптік саясат туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>68-бабының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> төртінші бөлігіне сәйкес жол беріледі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 осы Қағидалардың </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11-қосымшасына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес нысан бойынша электрондық өнеркәсіп өнімінің техникалық және пайдалану сипаттамаларының сипаттамасын қамтитын құжат.</w:t>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша электрондық өнеркәсіп өнімінің техникалық және пайдалану сипаттамаларының сипаттамасын қамтитын құжат;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) сенім білдірілген бағдарламалық қамтылым мен электрондық өнеркәсіп өнімін тізілімнен шығару үшін көрсетілетін қызметті алушының бастамасы бойынша осы Қағидалардың </w:t>
+2) бағдарламалық қамтылымды немесе электрондық өнеркәсіп өнімін сенім білдірілген бағдарламалық қамтылымның және электрондық өнеркәсіп өнімі тізілімінен алып тастау үшін көрсетілетін қызметті алушының бастамасы бойынша осы Қағидалардың </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымшасына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш беріледі.</w:t>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш беріледі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) сенім білдірілген бағдарламалық қамтылым мен электрондық өнеркәсіп өнімдерінің тізіліміне өзгерістер мен толықтырулар енгізу үшін осы Қағидалардың </w:t>
+3) сенім білдірілген бағдарламалық қамтылымның және электрондық өнеркәсіп өнімінің тізілімінде қамтылған мәліметтерге өзгерістер және (немесе) толықтырулар енгізу үшін осы Қағидалардың </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымшасына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш беріледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -5967,105 +6633,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1)көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты порталдың "жеке кабинеті", сондай-ақ Бірыңғай байланыс орталығы арқылы қашықтан қол жеткізу режимінде алуға мүмкіндігі бар.</w:t>
+1) көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты порталдың "жеке кабинеті", сондай-ақ 1414, 8 800 080 7777 Бірыңғай байланыс орталығы арқылы қашықтан қол жеткізу режимінде алуға мүмкіндігі бар;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2)көрсетілетін қызметті алушының электрондық-цифрлық қолтаңбасы болған жағдайда мемлекеттік қызметті портал арқылы электрондық нысанда алу мүмкіндігі болады.</w:t>
+2) көрсетілетін қызметті алушының электрондық-цифрлық қолтаңбасы болған жағдайда мемлекеттік қызметті портал арқылы электрондық нысанда алу мүмкіндігі болады;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3)мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары Қазақстан Республикасы цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің Интернет-ресурсында көрсетілген moap@ mdai. gov. kz.</w:t>
-[...17 lines deleted...]
-4)мемлекеттік қызмет көрсету мәселелері бойынша анықтамалық қызметтердің байланыс телефондары Қазақстан Республикасы мемлекеттік органдарының интернет-ресурстарының бірыңғай платформасында көрсетілген www. gov. kz "Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі" бөлімінде. Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 1414, 8 800 080 7777.</w:t>
+3) мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігінің интернет-ресурсында көрсетілген moap@mdai.gov.kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4) мемлекеттік қызмет көрсету мәселелері бойынша анықтамалық қызметтердің байланыс телефондары Қазақстан Республикасы мемлекеттік органдарының интернет-ресурстарының бірыңғай платформасында көрсетілген www.gov.kz "Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі" бөлімінде. Мемлекеттік қызмет көрсету мәселелері жөніндегі Бірыңғай байланыс орталығы: 1414, 8 800 080 7777. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6306,54 +6972,92 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өлшемшарттарға</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z68" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сенім білдірілген бағдарламалық қамтылымның және электрондық өнеркәсіп өнімдерінің тізіліміне өзгерістер және (немесе) толықтырулар енгізу туралы өтініш</w:t>
+        <w:t xml:space="preserve"> Сенім білдірілген бағдарламалық қамтылымның және электрондық өнеркәсіп өнімінің тізілімінде қамтылған мәліметтерге өзгерістер және (немесе) толықтырулар енгізу туралы өтініш</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 3-қосымшаның тақырыбы жаңа редакцияда - ҚР Жасанды интеллект және цифрлық даму министрінің м.а. 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ______________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6942,54 +7646,92 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш күні: (күні)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z70" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Өтініш бағдарламалық қамтылымды немесе электрондық өнеркәсіп өнімдерін сенім білдірілген бағдарламалық қамтылым және электрондық өнеркәсіп өнімдері тізіліміне енгізу туралы</w:t>
+        <w:t xml:space="preserve"> Бағдарламалық қамтылымды және электрондық өнеркәсіп өнімдерін сенім білдірілген бағдарламалық қамтылымның және электрондық өнеркәсіп өнімінің тізіліміне енгізу туралы өтініш</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-қосымшаның тақырыбы жаңа редакцияда - ҚР Жасанды интеллект және цифрлық даму министрінің м.а. 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7592,54 +8334,92 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жөніндегі өлшемшарттарға</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z72" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сенім білдірілген бағдарламалық қамтылым және электрондық өнеркәсіп өнімдерін сенім білдірілген бағдарламалық қамтылымның және электрондық өнеркәсіп өнімінің тізілімінен алып тастау туралы өтініш</w:t>
+        <w:t xml:space="preserve"> Бағдарламалық қамтылымды немесе электрондық өнеркәсіп өнімін сенім білдірілген бағдарламалық қамтылымның және электрондық өнеркәсіп өнімі тізілімінен алып тастау туралы өтініш</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 5-қосымшаның тақырыбы жаңа редакцияда - ҚР Жасанды интеллект және цифрлық даму министрінің м.а. 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ______________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14163,55 +14943,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>