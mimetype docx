--- v1 (2026-01-16)
+++ v2 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1594801" w14:textId="1594801">
+    <w:p w14:paraId="a8a1c96" w14:textId="a8a1c96">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1442,206 +1442,404 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      3) алып тасталды - ҚР Жасанды интеллект және цифрлық даму министрінің м.а. 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) бағдарламалық қамтылым оқшаулау үлесінің кемінде 80%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бағдарламалық қамтылымды Қазақстан Республикасының аумағында орналасқан техникалық қолдау қызметімен қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Бағдарламалық қамтылымның мәлімделген функционалдық және пайдалану сипаттамаларына сәйкестігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бағдарламалық қамтылымның ТЖҚ БНА мәлімделген кодтарына және сыныптау қағидаларының санаттарына сәйкестігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) мәлімделген бағдарламалық қамтылым дербес болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер Тізілімге енгізуге өтінім берілген бағдарламалық қамтылым дербес бағдарлама болып табылмаған жағдайда, оны Тізілімге енгізуге өтінім берушінің жұмыс істеуі үшін қажетті бағдарламалық қамтылым Тізілімде болған жағдайда жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармаққа өзгеріс енгізілді - ҚР Жасанды интеллект және цифрлық даму министрінің м.а. 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Электрондық өнеркәсіп өнім, егер ол мынадай өлшемшарттарға сәйкес келсе, Тізілімге енгізілуге тиіс:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) электрондық өнеркәсіп өнімінің құрамына кіретін бағдарламалық қамтылымның ақпараттық қауіпсіздіктің белгіленген талаптарына сәйкестігі не бағдарламалық қамтылымды сынауды жүргізу мүмкін еместігі туралы ақпараттық қауіпсіздікті қамтамасыз ету саласындағы уәкілетті органнан шешімнің болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) электрондық өнеркәсіп өнімінің құрамына кіретін бағдарламалық қамтылымға құқықтың бүкіл қолданылу мерзіміне пайдалану құқығының болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электрондық өнеркәсіп өнімін Қазақстан Республикасының аумағында орналасқан сервистік орталықпен қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      5-тармақты 3-1) тармақшамен толықтыру көзделген - ҚР Жасанды интеллект және цифрлық даму министрінің м.а. 07.11.2025 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      4) алып тасталды - ҚР Жасанды интеллект және цифрлық даму министрінің м.а. 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 567/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
@@ -1661,538 +1859,240 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...52 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
-      7) мәлімделген бағдарламалық қамтылым дербес болып табылады. </w:t>
-[...91 lines deleted...]
-      3) электрондық өнеркәсіп өнімін Қазақстан Республикасының аумағында орналасқан сервистік орталықпен қамтамасыз ету;</w:t>
+      4-1) Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2025 жылғы 27 тамыздағы № 327 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 36717 болып тіркелген) қазақстандық тауар өндірушілердің тізілімін жүргізу қағидаларына сәйкес, көрсетілетін қызметті алушының қазақстандық тауар өндірушінің тізілімінде болуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      5) алып тасталды - ҚР Жасанды интеллект және цифрлық даму министрінің м.а. 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) электрондық өнеркәсіп өнімінің мәлімделген сыныптау Қағидаларының санаттарына сәйкестігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...34 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...13 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармаққа өзгеріс енгізілді - ҚР Жасанды интеллект және цифрлық даму министрінің м.а. 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      6-тармақты 4-1) тармақшамен толықтыру көзделген - ҚР Жасанды интеллект және цифрлық даму министрінің м.а. 07.11.2025 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 567/НҚ</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>қолданысқа</w:t>
-[...133 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14943,55 +14843,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>