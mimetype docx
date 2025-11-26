--- v0 (2025-10-03)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="19789db" w14:textId="19789db">
+    <w:p w14:paraId="73bcefe" w14:textId="73bcefe">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -107,95 +107,164 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Қаржы министрінің 2018 жылғы 28 наурыздағы № 412 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 30 наурызда № 16690 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда – ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 04.12.2023 </w:t>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 09.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда – ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 04.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 1249</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 26-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -250,50 +319,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -312,68 +382,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мыналар:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрыққа 1-қосымшаға сәйкес Уәкiлеттi мемлекеттік органдардың салық салу объектiлерi және (немесе) салық салуға байланысты объектiлерi бар салық төлеушiлер туралы, сондай-ақ салық салу объектілері және (немесе) салық салуға байланысты объектілер туралы мәліметтерді ұсыну қағидалары және мерзімі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -428,150 +500,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті (А.М. Теңгебаев) заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық мемлекеттік тіркелген күннен бастап күнтізбелік он күн ішінде оның қазақ және орыс тілдеріндегі қағаз және электрондық түрдегі көшірмелерін ресми жариялауға және Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін "Қазақстан Республикасы Әділет министрлігінің Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жолдануын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрықтың Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -892,68 +964,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________Қ.Н.Қасымов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2018 жылғы 22 ақпан</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1083,147 +1137,125 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағиданың оң жақ жоғарғы бұырышы жаңа редакцияда – ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 04.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1249</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уәкiлеттi мемлекеттік органдардың салық салу объектiлерi және (немесе) салық салуға байланысты объектiлерi бар салық төлеушiлер туралы, сондай-ақ салық салу объектілері және (немесе) салық салуға байланысты объектілер туралы мәліметтерді ұсыну қағидалары және мерзімі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағиданың тақырыбы жаңа редакцияда – ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 04.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1249</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Уәкiлеттi мемлекеттік органдардың салық салу объектiлерi және (немесе) салық салуға байланысты объектiлерi бар салық төлеушiлер туралы, сондай-ақ салық салу объектілері және (немесе) салық салуға байланысты объектілер туралы мәліметтерді ұсыну қағидалары және мерзімі (бұдан әрі – Қағидалар) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 26-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1238,50 +1270,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және 491-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және уәкiлеттi мемлекеттік органдардың салық салу объектiлерi және (немесе) салық салуға байланысты объектiлерi бар салық төлеушiлер туралы, сондай-ақ салық салу объектілері және (немесе) салық салуға байланысты объектілер туралы мәліметтерді (бұдан әрі – мәліметтер) ұсыну тәртібін және мерзімін айқындайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1300,204 +1333,188 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Мәліметтерді беру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мәліметтер қағаз жеткізгіште электрондық нұсқасын (флеш-жады жеткізгіші ретінде пайдаланылатын есте сақтау құрылғысы арқылы, Microsoft Excel форматында) қоса бере отырып, екі данада қазақ және (немесе) орыс тілдерінде жасалады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)_бірінші данасы уәкiлеттi органда қалады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) екінші данасы мемлекеттік кірістер органына жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Мемлекеттік кірістер органына жіберілетін мәліметтерге уәкiлеттi органның басшысы не оны ауыстыратын тұлға, сондай-ақ мәліметтерді жасауға жауапты лауазымды тұлға қол қояды және мөрмен куландырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Мемлекеттік кірістер органының мәліметтерді қабылдауға жауапты қызметкері тегін, атын, әкесінің атын (болған кезде), лауазымын және алған күнін көрсете отырып мәліметтерді алғанын растап қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5.Уәкілетті мемлекеттік органдар жыл сайын, есепті жылдан кейінгі бірінші айдың 15-і күнінен кешіктірмей өзінің орналасқан жері бойынша мемлекеттік кірістер органына осы бұйрыққа 2-қосымшаға сәйкес нысаны бойынша салық салу объектiлерi және (немесе) салық салуға байланысты объектiлерi бар салық төлеушiлер туралы, сондай-ақ көлік құралдары салығы бойынша салық салу объектілері және (немесе) салық салуға байланысты объектілер туралы мәліметтерді ұсынады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1677,86 +1694,70 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Әкімшілік деректерді</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жинауға арналған нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: Мемлекеттік кірістер органдарына</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректердің нысаны https://www.gov.kz/memleket/entities/minfin, https://www.gov.kz/memleket/entities/kgd/</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4708,55 +4709,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5082,31 +5083,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>