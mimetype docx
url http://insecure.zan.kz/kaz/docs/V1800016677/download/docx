--- v0 (2025-12-31)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="10360b8" w14:textId="10360b8">
+    <w:p w14:paraId="e4f725a" w14:textId="e4f725a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -640,157 +640,209 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қаржы министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2018 жылғы 28 наурыздағы</w:t>
+              <w:t>2018 жылғы 28 наурыздағы № 413</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 413 бұйрығымен</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z6" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Электрондық ішкі мемлекеттік аудит қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағидалар жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 02.02.2023 </w:t>
+      Ескерту. Қағидалар жаңа редакцияда - ҚР Қаржы министрінің 29.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 111</w:t>
+        <w:t xml:space="preserve">№ 817 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="9"/>
+        <w:t xml:space="preserve">  (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z57" w:id="10"/>
+    <w:bookmarkStart w:name="z58" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Электрондық ішкі мемлекеттік аудит қағидалары (бұдан әрі – Қағидалар) "Мемлекеттік аудит және қаржылық бақылау туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 14-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -857,51 +909,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сәйкестіктің электрондық ішкі мемлекеттік аудиті, тиімділік аудиті және қаржылық есептілік аудиті Қазақстан Республикасы Қаржы министрінің 2018 жылғы 19 наурыздағы № 392 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16689 болып тіркелген) бекітілген Ішкі мемлекеттік аудит және қаржылық бақылау жүргізу қағидаларына (бұдан әрі - Ішкі мемлекеттік аудит қағидалары), сондай-ақ Қазақстан Республикасы Қаржы министрінің 2022 жылғы 1 ақпандағы № 113 </w:t>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16689 болып тіркелген) бекітілген Ішкі мемлекеттік аудит және қаржылық бақылау жүргізу қағидаларына (бұдан әрі – Ішкі мемлекеттік аудит қағидалары), сондай-ақ Қазақстан Республикасы Қаржы министрінің 2022 жылғы 1 ақпандағы № 113 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 26715 болып тіркелген) бекітілген "Сәйкестік аудиті" деген ішкі мемлекеттік аудит пен қаржылық бақылаудың рәсімдік стандартына, Қазақстан Республикасы Қаржы министрінің 2018 жылғы 2 қазандағы № 873 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -920,593 +972,551 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17690 болып тіркелген) бекітілген Ішкі аудит қызметтерінің тиімділік аудитін жүргізу бойынша ішкі мемлекеттік аудиттің және қаржылақ бақылаудың рәсімдік стандартына және Қазақстан Республикасы Қаржы министрінің 2017 жылғы 24 сәуірдегі № 272 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15209 болып тіркелген) бекітілген "Қаржылық есептілік аудиті" рәсімдік стандартына сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...61 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="11"/>
+    <w:bookmarkStart w:name="z59" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидалардың мақсаттары үшін мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z59" w:id="12"/>
-[...15 lines deleted...]
-      1) анықталған бұзушылықтарды жою туралы және оларға жол берген лауазымды тұлғалардың жауаптылығын қарау туралы нұсқама (бұдан әрі – нұсқама) – анықталған бұзушылықтарды жою, сондай-ақ Қазақстан Республикасының заңдарымен осы бұзушылықтарға жол берген тұлғаларға көзделген жауапкершілік шараларын қабылдау үшін орындауға міндетті мемлекеттік аудит объектілеріне жолданатын уәкілетті органның және оның аумақтық бөлімшелерінің актісі;</w:t>
+    <w:bookmarkStart w:name="z60" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нұсқама (бұдан әрі – нұсқама) – барлық мемлекеттік органдардың, ұйымдардың және лауазымды адамдардың орындауы үшін міндетті анықталған бұзушылықтар туралы және оларға жол берген лауазымды адамдардың жауаптылығын қарау туралы акт;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z60" w:id="13"/>
-[...15 lines deleted...]
-      2) анықталған бұзушылықтарды жою туралы және оларға жол берген адамдардың жауапкершілігін қарау туралы шешім (бұдан әрі – шешім) – анықталған бұзушылықтарды жою, сондай-ақ осы бұзушылықтарға жол берген адамдарға Қазақстан Республикасының заңнамасында көзделген жауапкершілік шараларын қолдану үшін мемлекеттік аудит объектілеріне жіберілетін ІАҚ орындауы үшін міндетті акт;</w:t>
+    <w:bookmarkStart w:name="z61" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) анықталған бұзушылықтарды жою туралы және оларға жол берген адамдардың жауапкершілігін қарау туралы шешім (бұдан әрі – шешім) – анықталған бұзушылықтарды жою, сондай-ақ осы бұзушылықтарға жол берген адамдарға Қазақстан Республикасының заңнамасында көзделген жауапкершілік шараларын қолдану үшін мемлекеттік аудит объектілеріне, мемлекеттік органдарға, ұйымдарға және лауазымды тұлғаларға жіберілетін ІАҚ орындауы үшін міндетті акт;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z61" w:id="14"/>
+    <w:bookmarkStart w:name="z62" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аудиторлық дәлелдемелер – негізінде мемлекеттік аудиторлар жұмыста бұзушылықтардың және (немесе) кемшіліктердің бар немесе жоқ екенін анықтайтын заңдылығы, анықтығы, қолжетімділігі, жеткілікті және қатыстылығы ескерілген іс жүзіндегі деректер, сондай-ақ аудиторлық есепте жазылған фактілерді растайтын өзге материалдар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z62" w:id="15"/>
+    <w:bookmarkStart w:name="z63" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аудиторлық есеп – электрондық ішкі мемлекеттік аудитті тікелей жүргізген мемлекеттік аудиторлар жасаған, белгілі бір уақыт кезеңі үшін жүргізілген электрондық ішкі мемлекеттік аудитінің нәтижелерін қамтитын құжат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z63" w:id="16"/>
+    <w:bookmarkStart w:name="z64" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) аудиторлық қорытынды – электрондық ішкі мемлекеттік аудит нәтижелері бойынша тұжырымдар мен ұсынымдарды қамтитын аудиторлық есеп негізінде жасалатын және ішкі мемлекеттік аудит жөніндегі уәкілетті орган және оның аумақтық бөлімшелері басшысының немесе оның орнындағы адамның электрондық цифрлық қолтаңбасымен бекітілетін құжат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z64" w:id="17"/>
+    <w:bookmarkStart w:name="z65" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) аудиторлық рәсімдер – аудит бағдарламасына сәйкес аудиторлық іс-шара барысында жүзеге асырылатын, аудиторлық іс-шара мақсаттарына қол жеткізу үшін қажет іс-қимылдар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z65" w:id="18"/>
+    <w:bookmarkStart w:name="z66" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) аудиторлық тапсырма – аудит тобының қатысушылары арасында бөлінетін бағдарламалық мәселелерді қамтитын құжат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z66" w:id="19"/>
+    <w:bookmarkStart w:name="z67" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) аудиторлық іс-шара – электрондық ішкі мемлекеттік аудит қорытындылары бойынша есептер мен қорытындыларды дайындауға, жүргізуге, ресімдеуге бағытталған іс-қимылдар кешені;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z67" w:id="20"/>
+    <w:bookmarkStart w:name="z68" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) аудиторлық іс-шараға жауапты тұлға – ішкі мемлекеттік аудит жөніндегі уәкілетті органның немесе оның аумақтық бөлімшелерінің лауазымды адамы, сондай-ақ электрондық ішкі мемлекеттік аудитті ұйымдастыру мен жүргізуді бақылау жөніндегі міндеттер жүктелген ІАҚ лауазымды адамы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z68" w:id="21"/>
-[...15 lines deleted...]
-      10) "е-Қаржымині" интеграцияланған автоматтандырылған ақпараттық жүйесінің "Қаржылық бақылау. Тәуекелдерді басқару жүйесі" кіші жүйесі (бұдан әрі – ТБЖ/ҚБ) – мемлекеттік аудит және қаржылық бақылау, мемлекеттік сатып алу саласындағы ішкі мемлекеттік аудит жөніндегі уәкілетті органының міндеттерін автоматизациялауға арналған кіші жүйе;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) "е-Қаржымині" интеграцияланған автоматтандырылған ақпараттық жүйесінің "Қаржылық бақылау. Тәуекелдерді басқару жүйесі" кіші жүйесі (бұдан әрі – Ақпараттық жүйе) – мемлекеттік аудит және қаржылық бақылау, мемлекеттік сатып алу саласындағы ішкі мемлекеттік аудит жөніндегі уәкілетті органының міндеттерін автоматизациялауға арналған кіші жүйе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z69" w:id="22"/>
+    <w:bookmarkStart w:name="z70" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) мемлекеттік аудит және қаржылық бақылау объектілері (бұдан әрі – мемлекеттік аудит объектілері) – мемлекеттік органдар, мемлекеттік мекемелер, квазимемлекеттік сектор субъектілері, сондай-ақ бюджет қаражатын алушылар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z70" w:id="23"/>
+    <w:bookmarkStart w:name="z71" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) мемлекеттік аудит тобы – екі және одан көп аудиторлық іс-шараға қатысушылар (мемлекеттік аудитор (-лар), мемлекеттік аудитордың ассистенті (-тері), қажет болған кезде тиісті бейіні бойынша тартылған сарапшылар);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z71" w:id="24"/>
+    <w:bookmarkStart w:name="z72" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) мемлекеттік аудит тобының жетекшісі – ішкі мемлекеттік аудит жөніндегі уәкілетті органның немесе оның аумақтық бөлімшелерінің басшысы, ІАҚ басшысы немесе оның орнындағы адам айқындайтын мемлекеттік аудит тобын басқаратын мемлекеттік аудитор;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z72" w:id="25"/>
+    <w:bookmarkStart w:name="z73" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) мемлекеттiк сатып алудың электрондық көрсетілетін қызметтеріне қол жеткiзудiң бірыңғай нүктесiн ұсынатын мемлекеттiк органның ақпараттық жүйесі – мемлекеттiк сатып алу веб-порталы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z73" w:id="26"/>
-[...15 lines deleted...]
-      15) ішкі аудит нәтижелері туралы есеп - аудиторлық есеп негізінде жасалған, электрондық ішкі мемлекеттік аудит нәтижелері бойынша тұжырымдар мен ұсынымдарды қамтитын және ІАҚ басшысының электрондық цифрлық қолтаңбасымен бекітілетін құжат;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) ішкі аудит нәтижелері туралы есеп – ішкі аудит қызметі жасаған жұмыс тиімділігін арттыру, мемлекеттік аудит объектісі қызметінің түпкілікті нәтижелеріне қол жеткізу мақсатында ішкі рәсімдерді, қағидаларды, процестерді жақсарту жөніндегі ұсынымдарды қамтитын, орталық мемлекеттік органның бірінші басшысына немесе облыстың, республикалық маңызы бар қаланың, астананың әкіміне және ішкі мемлекеттік аудит жөніндегі уәкілетті органға ұсынылатын құжат, ІАҚ басшысының электрондық цифрлық қолтаңбасымен бекітілетін құжат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z74" w:id="27"/>
+    <w:bookmarkStart w:name="z75" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) ішкі мемлекеттік аудит жөніндегі уәкілетті орган (бұдан әрі – уәкілетті орган) – Қазақстан Республикасы Қаржы министрлігінің Ішкі мемлекеттік аудит комитеті;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z75" w:id="28"/>
+    <w:bookmarkStart w:name="z76" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) электрондық құжат – ақпарат электрондық-цифрлық нысанда ұсынылған және электрондық цифрлық қолтаңба арқылы куәландырылған құжат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z76" w:id="29"/>
+    <w:bookmarkStart w:name="z77" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) электрондық цифрлық қолтаңба (бұдан әрі – ЭЦҚ) – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың анықтығын, оның тиесілілігін және мазмұнының өзгермейтіндігін растайтын электрондық цифрлық нышандар жиынтығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z77" w:id="30"/>
+    <w:bookmarkStart w:name="z78" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) электрондық ішкі мемлекеттік аудит – ақпараттық технологияларды қолдану арқылы уәкілетті орган және ІАҚ қашықтан жүзеге асыратын мемлекеттік аудит;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z78" w:id="31"/>
+    <w:bookmarkStart w:name="z79" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) электрондық ішкі мемлекеттік аудит ауқымы – мәселелер тізбесі, электрондық ішкі мемлекеттік аудит жүргізу кезеңі мен мерзімі, қажетті еңбек ресурстары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z79" w:id="32"/>
+    <w:bookmarkStart w:name="z80" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) электрондық ішкі мемлекеттік аудит жүргізу бағдарламасы (аудит бағдарламасы) – мемлекеттік аудит объектісінің атауын, аудиторлық іс-шара мақсатын (нысанасын), электрондық ішкі мемлекеттік аудитке жататын егжей-тегжейлі мәселелер тізбесін, Қазақстан Республикасының нормативтік құқықтық актілерінің тізбесін қамтитын құжат, сондай-ақ іске асыру үшін қабылданған квазимемлекеттік секторлар субъектілерінің актілерінің сәйкестігіне жүргізілетін электрондық ішкі мемлекеттік аудит.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z80" w:id="33"/>
+    <w:bookmarkStart w:name="z81" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Осы Қағидаларда пайдаланылатын басқа ұғымдар Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Бюджет кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, Заңда және Қазақстан Республикасының өзге заңнамасында айқындалатын мәндерде қолданылады.</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Қазақстан Республикасының өзге заңнамасында айқындалатын мәндерде қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z81" w:id="34"/>
+    <w:bookmarkStart w:name="z82" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Электрондық ішкі мемлекеттік аудит Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1554,113 +1564,133 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z82" w:id="35"/>
+        <w:t xml:space="preserve">
+      Уәкілетті органн жоспардан тыс электрондық ішкі мемлекеттік аудитті Заңның 18-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Электрондық ішкі мемлекеттік аудит жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z83" w:id="36"/>
-[...15 lines deleted...]
-      5. Электрондық ішкі мемлекеттік аудит құжаттары "Электрондық ішкі мемлекеттік аудит ісі" ТБЖ/ҚБ модулінде қалыптастырылады, онда аудит бағдарламасы, аудиторлық нұсқау, аудиторлық іс-шара жүргізуге тапсырмасы, аудиторлық есебі, аудиторлық қорытындысы, нұсқамасы және ТБЖ/ҚБ көзделген аудиторлық іс-шаралар нәтижелерін іске асыру бойынша басқа да құжаттары қамтылған.</w:t>
+    <w:bookmarkStart w:name="z84" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Электрондық ішкі мемлекеттік аудит құжаттары "Электрондық ішкі мемлекеттік аудит ісі" ақпараттық жүйе модулінде қалыптастырылады, онда аудит бағдарламасы, аудиторлық нұсқау, аудиторлық іс-шара жүргізуге тапсырмасы, аудиторлық есебі, аудиторлық қорытындысы, нұсқамасы және ақпараттық жүйемен көзделген аудиторлық іс-шаралар нәтижелерін іске асыру бойынша басқа да құжаттары қамтылған.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z84" w:id="37"/>
+    <w:bookmarkStart w:name="z85" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Электрондық ішкі мемлекеттік аудит дайындық, негізгі және қорытынды кезеңдерін қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z85" w:id="38"/>
+    <w:bookmarkStart w:name="z86" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Аудиторлық іс-шара басталғанға дейін дайындық кезеңінде мемлекеттік аудит объектісі, электрондық ішкі мемлекеттік аудит ауқымы анықталады, аудит бағдарламасы, аудиторлық нұсқау, аудиторлық іс-шара жүргізу тапсырмасы жасалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1699,534 +1729,472 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-1-қосымшаға</w:t>
+        <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Қаржылық есептіліктің электрондық ішкі мемлекеттік аудит бағдарламасын электрондық ішкі мемлекеттік аудит тобының жетекшісі немесе мемлекеттік аудитор жасайды және электрондық ішкі мемлекеттік аудитті жүргізуге жауапты тұлға бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттік аудит объектілерін алдын ала зерделеу нәтижелері туралы ақпарат Қағиданың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-2-қосымшасына</w:t>
+        <w:t>3-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жасалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Аудиторлық іс-шараны екі және одан көп қатысушылар жүргізген кезде аудиторлық нұсқау осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-қосымшаға</w:t>
+        <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жасалады, мемлекеттік аудит тобының мүшелері қол қояды және мемлекеттік аудит тобының басшысы бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Аудиторлық іс-шара жүргізуге тапсырманы мемлекеттік аудитор немесе мемлекеттік аудит тобының жетекшісі электрондық ішкі мемлекеттік аудитті жүргізуге жауапты тұлғаның келісуімен, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3-қосымшаға</w:t>
+        <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жасайды және оған уәкілетті органның немесе оның аумақтық бөлімшелері басшысының немесе оның орнындағы адамның ЭЦҚ-мен, орталық мемлекеттік органның бірінші басшысының, облыс, республикалық маңызы бар қала, астана әкімінің ЭЦҚ-мен қол қойылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z87" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Аудиторлық іс-шара жүргізуге тапсырмаға уәкілетті органның немесе оның аумақтық бөлімшелері басшысының немесе оның орнындағы адамның ЭЦҚ-сымен қол қойылғаннан кейін ол Қазақстан Республикасы Бас Прокурорының міндетін атқарушының 2020 жылғы 25 желтоқсандағы № 162 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21964 болып тіркелген) бекітілген Тексеруді және бақылау және қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау мен қадағалауды тағайындау туралы актілерді, олардың мерзімдерін ұзарту және күшін жою туралы қосымша актілерді, тексеру және бақылау және қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау мен қадағалау мерзімдерін тоқтата тұру, қайта бастау, ұзарту, қатысушылар құрамын өзгерту және тексеру және бақылау және қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау мен қадағалау туралы ақпараттық есепке алу құжаттарын ұсыну және олардың нәтижелері туралы хабарламаларды тіркеу қағидаларында (бұдан әрі – Актiлердi тіркеу қағидалары) айқындалған тәртіппен тіркеу үшін құқықтық статистика және арнайы есепке алу саласындағы уәкілетті органға жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудиторлық іс-шара жүргізуге тапсырма құқықтық статистика және арнайы есепке алу саласындағы уәкілетті органда тіркелгеннен кейін ақпараттық технологияларды қолдану арқылы, оның ішінде мемлекеттік сатып алу веб-порталы арқылы мемлекеттік аудит объектісіне жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудиторлық іс-шара жүргізуге тапсырманы мемлекеттік аудит объектісінің бірінші басшысы немесе оның міндетін атқарушы тұлға алған кезде және оны оқығанда, ақпараттық жүйеде оны жеткізу туралы хабарлама қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Аудиторлық іс-шараны жүргізуге тапсырмаға орталық мемлекеттік органның бірінші басшысының, облыс, республикалық маңызы бар қала, астана әкімінің немесе оның орнындағы адамның ЭЦҚ-сымен қол қойылғаннан кейін ақпараттық технологиялар арқылы жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудиторлық іс-шара жүргізуге тапсырманы мемлекеттік аудит объектісінің бірінші басшысы немесе оның орнындағы адам алған кезде және оны оқығанда, ақпараттық жүйеде оны жеткізу туралы хабарлама қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z89" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Электрондық ішкі мемлекеттік аудитті жүргізудің негізгі кезеңінде мемлекеттік аудитор (-лар), мемлекеттік аудитордың ассистенті (-тері), қажет болған кезде тиісті бейіні бойынша тартылған сарапшылар бюджетті атқару жөніндегі орталық уәкілетті органның ақпараттық жүйелерінде қамтылған мәліметтерді пайдалана отырып, мемлекеттік аудит объектісінің Қазақстан Республикасының заңнама нормаларын, сондай-ақ оларды іске асыру үшін қабылданған квазимемлекеттік сектор субъектілерінің актілерін сақтауы тұрғысынан аудиторлық рәсімдерді орындау жолымен ішкі мемлекеттік аудитті жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық ішкі мемлекеттік аудит нәтижелері бойынша анықталған бұзушылықтар және (немесе) кемшіліктер фактілері аудиторлық дәлелдерге және (немесе) өзге де құжаттар мен ақпараттарға негізделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оның негізінде электрондық ішкі мемлекеттік аудит нәтижелері бойынша тұжырымдар мен ұсынымдар қалыптастырылатын аудиторлық дәлелдер, объективтік, дұрыс және жеткілікті болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Электрондық ішкі мемлекеттік аудитті жүргізудің қорытынды кезеңінде шешім қабылданады және электрондық ішкі мемлекеттік аудиттің құжаттары ақпараттық жүйесінің Электрондық ішкі мемлекеттік аудит ісі модулінде қалыптастырылады (аудиторлық есеп, аудиторлық қорытынды, нұсқама және аудиторлық іс-шаралар нәтижелерін іске асыру жөніндегі басқа да құжаттар).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z91" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Аудиторлық іс-шараларды жүргізу кезінде мемлекеттік аудитор (-лар), мемлекеттік аудитордың ассистенті (-тері), қажет болған жағдайда тиісті бейін бойынша тартылатын сарапшылар Заңда белгіленген құзыретке сүйене отырып, жалпы, мемлекеттік аудит және қаржылық бақылау рәсімдік стандарттарын және осы Қағидаларды басшылыққа алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z92" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Электрондық ішкі мемлекеттік аудит ауқымын өзгерту электрондық ішкі мемлекеттік аудит құжаттарына (аудит бағдарламасы, аудиторлық нұсқау, аудиторлық іс-шара жүргізуге тапсырма) тиісті өзгерістер немесе толықтырулар енгізуімен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z93" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Уәкілетті орган және оның аумақтық бөлімшелері аудиторлық қорытынды бекітілгеннен кейін 3 (үш) жұмыс күні ішінде құқықтық статистика және арнайы есепке алу саласындағы уәкілетті органға Актiлердi тіркеу қағидаларында айқындалған тәртіппен электрондық ақпараттық есепке алу құжатын – талон-хабарламаны жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z94" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...291 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Электрондық ішкі мемлекеттік аудит нәтижелері бойынша шешімдер қабылдау мен құжаттарды қалыптастыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z94" w:id="47"/>
+    <w:bookmarkStart w:name="z95" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Аудиторлық есеп осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>4-қосымшаға</w:t>
+        <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша аудит бағдарламасы мәселелерінің тізбесімен қатаң сәйкестікте жасалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -2293,934 +2261,946 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Аудиторлық есептің ажырамас бөлігі болып табылатын осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5-қосымшаға</w:t>
+        <w:t xml:space="preserve">7-қосымшаға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша бұзушылықтар мен жетіспеушіліктер тізілімінде анықталған бұзушылықтар мен жетіспеушіліктер көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="48"/>
-[...15 lines deleted...]
-      16. Мемлекеттік аудитор жүргізген тексеру қорытындысы бойынша ТБЖ/ҚБ аудиторлық есепті қалыптастырады және оған қол қояды.</w:t>
+    <w:bookmarkStart w:name="z96" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Мемлекеттік аудитор жүргізген тексеру қорытындысы бойынша ақпараттық жүйеде аудиторлық есепті қалыптастырады және оған қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ТБЖ/ҚБ мемлекеттік аудитор қол қойылған аудиторлық есеп ақпараттық технологияларды қолдану арқылы, соның ішінде мемлекеттік сатып алу веб-портал арқылы мемлекеттік аудит объектісінің бірінші басшысына немесе оның міндетін атқарушы тұлғаға танысу және қол қою үшін:</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Ақпараттық жүйеде мемлекеттік аудитор қол қойылған аудиторлық есеп ақпараттық технологияларды қолдану арқылы, соның ішінде мемлекеттік сатып алу веб-портал арқылы мемлекеттік аудит объектісінің бірінші басшысына немесе оның міндетін атқарушы тұлғаға танысу және қол қою үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жүргізу мерзімі 15 (он бес) жұмыс күнін құрайтын аудиторлық іс-шаралар бойынша – аудиторлық іс-шараны жүргізуге тапсырмада көрсетілген аудиторлық іс-шара аяқталғанша кемінде 1 (бір) жұмыс күнінен кешіктірмей;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z98" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жүргізу мерзімі 15 (он бес) жұмыс күнінен асатын аудиторлық іс-шаралар бойынша – аудиторлық іс-шараны жүргізуге тапсырмада көрсетілген аудиторлық іс-шара аяқталғанша кемінде 1 (бір) жұмыс күнінен кешіктірмей жолданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="49"/>
-[...37 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z99" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Мемлекеттік аудитор қол қойған аудиторлық есепті мемлекеттік аудит объектісінің бірінші басшысы немесе оның міндетін атқарушы тұлға алған кезде ақпараттық жүйеде оны жеткізу туралы хабарлама қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z100" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Аудиторлық іс-шараны жүргізуге тапсырмада көрсетілген аудиторлық іс-шараларды аяқтау күнінен кешіктірмей аудиторлық есепке мемлекеттік аудит объектісінің бірінші басшысы немесе оның міндетін атқарушы тұлға ЭЦҚ қол қояды және ақпараттық жүйеде автоматты түрде қайта бағытталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аудиторлық іс-шара нәтижелерімен келіспеген кезде аудиторлық іс-шараны жүргізуге тапсырмада көрсетілген аудиторлық іс-шараларды аяқтау күнінен кешіктірмей аудиторлық есепке мемлекеттік аудит объектісінің басшысы немесе оның міндетін атқарушы тұлға қарсылықтары бар екені туралы ескертпемен және олар бойынша негіздемелерді көрсете отырып қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="51"/>
+    <w:bookmarkStart w:name="z101" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Қаржылық бақылауды Заңның 5-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес уәкілетті органы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z99" w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z102" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Электрондық ішкі мемлекеттік аудит материалдарының сапасына бақылау жүргізілгеннен кейін 3 (үш) жұмыс күні ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z103" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>6-қосымшаға</w:t>
-[...11 lines deleted...]
-    </w:p>
+        <w:t>8-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша аудиторлық іс-шараға жауапты тұлға электрондық ішкі мемлекеттік аудит қорытындылары бойынша аудиторлық қорытындыны ақпараттық жүйеде қалыптастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z104" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) уәкілетті органның немесе оның аумақтық бөлімшелерінің басшысы немесе оның міндетін атқарушы аудиторлық қорытындыны ЭЦҚ бекітеді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z105" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) бұзушылықтар және (немесе) кемшіліктер анықталған жағдайда, ішкі мемлекеттік органның және оның аумақтық бөлімшілерінің мемлекеттік аудиторы мемлекеттік аудит объектілері орындауы үшін міндетті құжат болып табылатын, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>7-қосымшаға</w:t>
-[...11 lines deleted...]
-    </w:p>
+        <w:t>9-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша анықталған бұзушылықтарды жою және оларға жол берген тұлғалардың жауапкершілігін қарау туралы нұсқаманы ақпараттық жүйеде қалыптастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z106" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) уәкілетті органының немесе оның аумақтық бөлімшелерінің басшысы немесе оның міндетін атқарушы нұсқамаға ЭЦҚ қол қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...14 lines deleted...]
-      Аудиторлық қорытындыға және нұсқамаға аудит объектісінің қаралмаған және сапа бақылауымен расталмаған қарсылықтары бар бұзушылық және (немесе) кемшілік фактілерін енгізуге жол берілмейді.</w:t>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудиторлық қорытындыға және нұсқамаға аудит объектісінің, мемлекеттік органдардың, ұйымдардың және лауазымды тұлғалардың қаралмаған және сапа бақылауымен расталмаған қарсылықтары бар бұзушылық және (немесе) кемшілік фактілерін енгізуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттік аудиторлар электрондық ішкі мемлекеттік аудит нәтижелері бойынша жасайтын құжаттарының сапа бақылауы Заңның 14-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8) тармақшасымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес уәкілетті орган бекіткен Ішкі мемлекеттік аудит және қаржылық бақылау жүргізу қағидаларында айқындалған тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="53"/>
+    <w:bookmarkStart w:name="z107" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Ішкі аудит нәтижелері туралы есепке қол қойылғаннан кейін 3 (үш) жұмыс күні ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z101" w:id="54"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z108" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) аудиторлық іс-шараға жауапты тұлға осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>8-қосымшаға</w:t>
-[...13 lines deleted...]
-    <w:bookmarkStart w:name="z102" w:id="55"/>
+        <w:t>10-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша электрондық ішкі мемлекеттік аудиттің қорытындылары бойынша ішкі аудиттің нәтижелері туралы есепті ақпараттық жүйеде қалыптастырады және ЭЦҚ арқылы қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z109" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) бұзушылықтар және (немесе) кемшіліктер анықталған жағдайда, ІАҚ мемлекеттік аудиторы ТБЖ/ФК-да анықталған бұзушылықтарды жоюға және осы Қағидаларға </w:t>
-[...9 lines deleted...]
-        <w:t>9-қосымшаға</w:t>
+      2) бұзушылықтар және (немесе) кемшіліктер анықталған жағдайда, ІАҚ мемлекеттік аудиторы ақпараттық жүйеде анықталған бұзушылықтарды жоюға және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша оларға жол берген адамдардың жауапкершілігін қарау туралы мемлекеттік аудит объектісінің орындауы үшін міндетті құжат болып табылатын шешімді (бұдан әрі – шешім) қалыптастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z103" w:id="56"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z110" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) орталық мемлекеттік органның бірінші басшысы, облыстың, республикалық маңызы бар қаланың, астананың әкімі ЭЦҚ арқылы шешімге қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ішкі аудит нәтижелері туралы есепке мемлекеттік аудит объектісінің қаралмаған қарсылықтарымен және сапа бақылауымен расталмаған анықталған бұзушылықтарды және (немесе) кемшіліктерді жоюға арналған шешімді енгізуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық ішкі мемлекеттік аудиттің нәтижелері бойынша ІАҚ мемлекеттік аудиторлары жасайтын құжаттардың сапасын бақылау Ішкі мемлекеттік аудит қағидаларында айқындалған тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="57"/>
+    <w:bookmarkStart w:name="z111" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Аудиторлық қорытынды мен нұсқама ақпараттық технологияларды қолдану арқылы, оның ішінде мемлекеттiк сатып алу веб-порталы арқылы аудиторлық қорытынды бекітілгеннен кейін 1 (бір) жұмыс күні ішінде мемлекеттік аудит объектісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-[...18 lines deleted...]
-    <w:bookmarkStart w:name="z105" w:id="58"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік аудит объектісінің бірінші басшысы немесе оның міндетін атқарушы тұлға Аудиторлық қорытындыны және нұсқаманы алған және оларды оқыған кезде ақпараттық жүйеде олардың жеткізілгені туралы хабарлама қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z112" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Ішкі аудит нәтижелері туралы есеп және шешім аудиторлық қорытынды бекітілгеннен кейін 1 (бір) жұмыс күні ішінде ақпараттық технологияларды қолдану арқылы мемлекеттік аудит объектісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z106" w:id="59"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z113" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Электрондық ішкі мемлекеттік аудит нәтижелері бойынша қабылданатын құжаттар мониторингі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z107" w:id="60"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z114" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Мемлекеттік аудит объектісі тиісті құжаттарда көрсетілген мерзімдерде уәкілетті органға немесе оның аумақтық бөлімшелеріне ақпараттық технологияларды қолдану арқылы, оның ішінде мемлекеттiк сатып алу веб-порталы арқылы ұсынымдарды қарау нәтижелері туралы және нұсқамалардың орындалуы туралы ақпарат жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z109" w:id="62"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z115" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Мемлекеттік аудит объектісі, мемлекеттік органдар, ұйымдар және лауазымды тұлғалар тиісті құжаттарда көрсетілген мерзімдерде ІАҚ-ға ақпараттық технологияларды қолдану арқылы, оның ішінде мемлекеттік сатып алу веб-порталы арқылы ұсынымдарды қарау нәтижелері туралы және шешімнің орындалуы туралы ақпарат жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z116" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Аудиторлық іс-шараға жауапты адам тұрақты және жүйелі негізде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z112" w:id="65"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z117" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік аудит объектісі, мемлекеттік органдар, ұйымдар және лауазымды тұлғалар жіберетін аудиторлық қорытындыда немесе ішкі аудит нәтижелері туралы есепте берілген ұсынымдарды қарау нәтижелері туралы ақпараттың уақтылығы мен толықтығына;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z118" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік аудит объектісінің, мемлекеттік органдардың, ұйымдардың және лауазымды тұлғалардың нұсқаманы немесе шешімді уақтылы және толық орындауына мониторингті жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z119" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      27. Мемлекеттік аудит объектісінің ұсынымдарды қарауы және нұсқаманы толық орындауы нәтижелері бойынша осы Қағидаларға </w:t>
-[...9 lines deleted...]
-        <w:t>10-қосымшаға</w:t>
+      27. Мемлекеттік аудит объектісінің, мемлекеттік органдардың, ұйымдардың және лауазымды тұлғалардың ұсынымдарды қарауы және нұсқаманы толық орындауы нәтижелері бойынша осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша аудиторлық іс-шараның аяқталғаны туралы анықтама жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z113" w:id="66"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z120" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      28. Мемлекеттік аудит объектісінің ұсынымдарды қарауы және шешімді толық орындауы нәтижелері бойынша осы Қағидаларға </w:t>
-[...9 lines deleted...]
-        <w:t>11-қосымшаға</w:t>
+      28. Мемлекеттік аудит объектісінің, мемлекеттік органдардың, ұйымдардың және лауазымды тұлғалардың ұсынымдарды қарауы және шешімді толық орындауы нәтижелері бойынша осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша аудиторлық іс-шараның аяқталуы туралы анықтама жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z114" w:id="67"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z121" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      29. Мемлекеттік аудит объектісі нұсқаманы көрсетілген мерзімде орындамаған немесе тиісінше орындамаған кезде аудит тобының жетекшісі немесе мемлекеттік аудитор нұсқамада көрсетілген мерзім аяқталған күннен бастап 5 (бес) жұмыс күні ішінде "Әкімшілік құқық бұзушылық туралы" Қазақстан Республикасы Кодексінің </w:t>
+      29. Мемлекеттік аудит объектісі нұсқаманы көрсетілген мерзімде орындамаған немесе тиісінше орындамаған кезде аудит тобының жетекшісі немесе мемлекеттік аудитор нұсқамада көрсетілген мерзім аяқталған күннен бастап 5 (бес) жұмыс күні ішінде әкімшілік құқық бұзушылық туралы Қазақстан Республикасы Кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>462-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген шараларды қолданады (бұдан әрі – Кодекс).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z115" w:id="68"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z122" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      30. Мемлекеттік аудит объектісі шешімді көрсетілген мерзімде орындамаған немесе тиісінше орындамаған кезде аудит тобының жетекшісі немесе мемлекеттік аудитор шешімде көрсетілген мерзім өткен күннен бастап 5 (бес) жұмыс күні ішінде Кодектің </w:t>
+      30. Мемлекеттік аудит объектісі, мемлекеттік органдар, ұйымдар және лауазымды тұлғалар шешімде көрсетілген мерзімде орындамаған немесе тиісінше орындамаған кезде аудит тобының жетекшісі немесе мемлекеттік аудитор шешімде көрсетілген мерзім өткен күннен бастап 5 (бес) жұмыс күні ішінде Кодектің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>462-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген шараларды қолданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z116" w:id="69"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z123" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Электрондық ішкі мемлекеттік аудит нәтижелері бойынша шешімдер мен құжаттарға шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z117" w:id="70"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z124" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. Электрондық ішкі мемлекеттік аудит нәтижелері бойынша шешімдер мен құжаттарға шағымдану Заңның 37-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3235,51 +3215,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>60-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3313,138 +3293,334 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Электрондық ішкі мемлекеттік</w:t>
+              <w:t>Электрондық ішкі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аудит Қағидаларына</w:t>
+              <w:t>мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>аудит қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бекітемін:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиторлық іс-шараны</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жүргізуге жауапты тұлға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(лауазымы, тегі, аты,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әкесінің аты (ол болған</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайда), қолы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20___ жылғы ___ _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z119" w:id="71"/>
+    <w:bookmarkStart w:name="z126" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аудит бағдарламасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-[...37 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мемлекеттік аудит объектісінің атауы:________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3459,1259 +3635,1273 @@
       2. Аудиторлық іс-шараның мақсаты/мәні:_______________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Электрондық ішкі мемлекеттік аудитті қамтитын егжей-тегжейлі сұрақтар тізбесі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік аудит көрсеткіштері және көрсеткіштердің әрқайсысына аудиторлық іс-шараның (бірлескен, қатар, үстеме тексерулер) егжей-тегжей мәселелері</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік аудит көрсеткіштері және көрсеткіштердің әрқайсысына аудиторлық іс-шараның (бірлескен, қатар, үстеме тексерулер) егжей-тегжей мәселелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудиторлық іс-шарамен (бірлескен, қатар, үстеме тексерумен) қамтылуға жататын бюджеттік бағдарлама (нөмірі және атауы) және (немесе) активтер</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиторлық іс-шарамен (бірлескен, қатар, үстеме тексерумен) қамтылуға жататын бюджеттік бағдарлама (нөмірі және атауы) және (немесе) активтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қамтылатын кезең (жыл/жарты жыл/айлар)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қамтылатын кезең (жыл/жарты жыл/айлар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудиторлық іс-шарамен (бірлескен, қатар, үстеме тексерумен) қамтылуға жататын республикалық және (немесе) жергілікті бюджет қаражатының және (немесе) активтердің көлемі (мың теңге)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиторлық іс-шарамен (бірлескен, қатар, үстеме тексерумен) қамтылуға жататын республикалық және (немесе) жергілікті бюджет қаражатының және (немесе) активтердің көлемі (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жиыны:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -4744,341 +4934,215 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оларды іске асыру үшін қабылданған квазимемлекеттік сектор субъектілерінің актілері, олардың сәйкестігіне электрондық ішкі мемлекеттік аудит жүргізіледі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________________________________</w:t>
+      _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік аудит тобының басшысы/мемлекеттік аудитор</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________________________________</w:t>
-[...17 lines deleted...]
-      (лауазымы, тегі, аты, әкесінің аты (бар болған жағдайда), қолы)</w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+            (лауазымы, тегі, аты, әкесінің аты (бар болған жағдайда), қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Мемлекеттік аудит объектісінің атауы (аудит объектісінің толық атауы,</w:t>
-[...35 lines deleted...]
-      2. Аудиторлық іс-шараның мақсаты/мәні (аудиторлық іс-шара тақырыбына байланысты, мақсаты ретінде "Мемлекеттік аудит және қаржылық бақылау туралы"</w:t>
+      1. Мемлекеттік аудит объектісінің атауы (аудит объектісінің толық атауы, ұйымдық-құқықтық нысаны көрсетіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасы Заңының 14-бабының </w:t>
+      2. Аудиторлық іс-шараның мақсаты/мәні (аудиторлық іс-шара тақырыбына байланысты, мақсаты ретінде "Мемлекеттік аудит және қаржылық бақылау туралы" Қазақстан Республикасы Заңының 14-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2)-тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген бағыттар көрсетіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Электрондық ішкі мемлекеттік аудитке жататын егжей-тегжейлі сұрақтар тізбесі (электрондық</w:t>
-[...107 lines deleted...]
-      оларды іске асыру үшін қабылданған квазимемлекеттік сектор субъектілерінің актілері көрсетіледі).</w:t>
+      3. Электрондық ішкі мемлекеттік аудитке жататын егжей-тегжейлі сұрақтар тізбесі (электрондық ішкі мемлекеттік аудитке жататын сұрақтарды нақтылау).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қазақстан Республикасының нормативтік құқықтық актілерінің тізбесі, сондай-ақ оларды іске асыру үшін қабылданған квазимемлекеттік сектор субъектілерінің актілері, олардың сәйкестігіне электрондық ішкі мемлекеттік аудит жүргізіледі (аудиторлық іс-шара барысында қолданылатын Қазақстан Республикасының нормативтік құқықтық актілерінің тізбесі, сондай-ақ оларды іске асыру үшін қабылданған квазимемлекеттік сектор субъектілерінің актілері көрсетіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5114,98 +5178,568 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Электрондық ішкі мемлекеттік</w:t>
+              <w:t>Электрондық ішкі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>аудит қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-1-қосымша</w:t>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бекітемін:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиторлық іс-шараны</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жүргізуге жауапты тұлға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(лауазымы, тегі, аты,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әкесінің аты (ол болған</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайда), қолы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20___ жылғы ___ _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...14 lines deleted...]
-      Нысан</w:t>
+    <w:bookmarkStart w:name="z128" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қаржылық есептіліктің электрондық ішкі мемлекеттік аудитін жүргізу бағдарламасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік аудит объектісінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аудиторлық іс-шараның мақсаты, пәні __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тексеру түрі (бірлескен, қосарлас) ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ішкі мемлекеттік аудитке жататын мәселелердің егжей-тегжейлі тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тармақтың № __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік аудиттің көрсеткіштері және көрсеткіштердің әрқайсысына аудиторлық іс-шараның (бірлескен, қосарлас тексерудің) егжей-тегжейлі мәселелері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зерттеу әдісі (жаппай/іріктеп)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қамту кезеңі (жыл/жарты жыл/айлар)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Баланс валютасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жиыны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Аудиторлық іс-шара (бірлескен, қосарлас тексеру) барысында пайдаланылатын Қазақстан Республикасының нормативтік құқықтық актілерінің және ішкі мемлекеттік аудит органдарының өзге де құжаттарының тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік аудит тобының жетекшісі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (лауазымы, тегі, аты, әкесінің аты (ол болған жағдайда), қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5241,507 +5775,883 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бекітемін:</w:t>
+              <w:t>Электрондық ішкі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудит қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Аудиторлық іс-шараны</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жүргізуге жауапты тұлға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_____________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(лауазымы, тегі, аты және</w:t>
+              <w:t>(лауазымы, тегі, аты,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әкесінің аты (болған кезде),</w:t>
+              <w:t>әкесінің аты (ол болған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қолы)</w:t>
+              <w:t>жағдайда), қолы)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20___ жылғы ___ _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z150" w:id="72"/>
+    <w:bookmarkStart w:name="z130" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қаржылық есептіліктің электрондық ішкі мемлекеттік аудитін жүргізу бағдарламасы</w:t>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> Мемлекеттік аудит объектілерін алдын ала зерделеу нәтижелері туралы ақпарат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мемлекеттік аудит объектілерін алдын ала зерделеу: ______________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік аудит объектілерінің атауы, мемлекеттік аудит объектісінің орналасқан жері (облыс/қала)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағидалар 1-1-қосымшамен толқытырылды - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 18.09.2023 </w:t>
-[...325 lines deleted...]
-      (лауазымы, тегі, аты және әкесінің аты (болған жағдайда), қолы)</w:t>
+      2. Аудиторлық іс-шараны ұйымдастыру үшін негіз: _________________. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (құжаттың атауы, күні, нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Аудиторлық іс-шараның мақсаты, мәні және мәселелері: ___________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Аудиторлық іс-шараны ұйымдастыру үшін маңызы бар мынадай құжаттар зерделенді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (зерттелген құжаттардың, есептердің және басқа да ақпараттың, оның ішінде мемлекеттік аудит объектісінде Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес алынған ақпараттың тізбесін көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (көрсетілген мақсатқа, аудиторлық іс-шараның нысанасы мен мәселесіне сәйкес ішкі бақылау жүйесін және оның заңда көзделген компоненттерін ұйымдастырудың тиімділік дәрежесіне алдын ала талдау және бағалау жүргізу, оның нәтижелері бойынша ішкі бақылау жүйесінің қойылған мақсаттар мен міндеттерге қол жеткізуді қамтамасыз ету қабілеті айқындалады)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мәнділік – __________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (көрсетілген мақсатқа, аудиторлық іс-шараның нысанасы мен мәселесіне сәйкес мемлекеттік аудит объектісі Қаржы және шаруашылық операцияларды жасаған кезде Қазақстан Республикасы заңнамасы нормаларының, сондай-ақ оларды іске асыруға қабылданған квазимемлекеттік сектор субъектілері актілерінің талаптарынан ауытқудың, сондай-ақ қабылданатын шешімдерге ықпал ететін өзге де қателіктердің болуын айқындау, рұқсат етілетін ең жоғары мөлшері мемлекеттік аудит объектісі қызметінің ерекшелігіне және көрсеткіштер санатына байланысты Қазақстан Республикасының мемлекеттік аудит және қаржылық бақылау туралы заңнамасына сәйкес айқындалады. Маңыздылық және аудиторлық тәуекел көрсеткіштерін есептеу стандарттарға сәйкес жүзеге асырылады)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Үстеме тексеру жүргізу қажеттілігі _____________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік аудит объектісінің атауы, үстеме тексеру жүргізу қажеттілігінің негіздемесін көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Мамандарды (Сарапшыларды) тарту қажеттілігі __________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мамандардың (сарапшылардың) қажеттілігінің негіздемесін көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Режимдік объектілерде мемлекеттік аудит жүргізу жағдайларында рұқсаттар алу қажеттілігі ____________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қажет / қажет емес)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Мемлекеттік аудит объектісін алдын ала зерделеу және жүргізілген талдау қорытындылары бойынша мыналарды ұсынамыз:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9.1. Мемлекеттік аудит объектісінде аудиторлық іс-шара өткіз</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік аудит объектісінің атауы )</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ____________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тәуекелдердің болуы мен дәрежесі, ішкі бақылау жүйесі, маңыздылығы туралы қорытындылар негізінде аудиторлық іс-шараны өткізудің орындылығын көрсету, аудит жүргізуден бас тартқан жағдайда себебін көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9.2. Аудит бағдарламасына қосу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аудиторлық іс-шарамен қамтылатын бюджет қаражаты мен активтердің</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көлемі: _________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аудиторлық іріктеу қорытындылары бойынша тексерілетін жылдар және бюджеттік бағдарламалар бөлінісінде ішкі мемлекеттік аудитпен қамтылатын қаражат пен активтердің көлемін көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік аудиттің көрсеткіштері және көрсеткіштердің әрқайсысына аудиторлық іс-шараның (бірлескен, қатарлас тексерудің) егжей-тегжейлі мәселелері ________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Аудиторлық іс-шара барысында мемлекеттік аудиторлар, ассистенттер мен сарапшылар арасында – мемлекеттік органдар мен мемлекеттік аудит және қаржылық бақылау органдары арасында бірлескен және қатар тексерулер жүргізілген жағдайда қамтылуға тиіс мәселелерді бөлу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________ .</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Аудиторлық іс-шараны өткізу мерзімі белгіленсін: _______________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік аудит тобының басшысы ____________________________. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы, тегі, аты, әкесінің аты (ол болған жағдайда))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік аудит тобының қатысушылары _______________________. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы, тегі, аты, әкесінің аты (ол болған жағдайда))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5777,98 +6687,1603 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Электрондық ішкі мемлекеттік</w:t>
+              <w:t>Электрондық ішкі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>аудит қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-2 қосымша</w:t>
+              <w:t>4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік аудит</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тобының басшысы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(лауазымы, тегі, аты, әкесінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аты (ол болған жағдайда), қолы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20___ жылғы "___"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...14 lines deleted...]
-      Нысан</w:t>
+    <w:bookmarkStart w:name="z132" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аудиторлық тапсырма*</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мемлекеттік аудит объектісінің атауы: __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аудиторлық іс-шара мерзімі: __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиторлық тобының қатысушылары арасындағы бөлінетін аудиторлық іс-шаралар (аудит жоспарынан) мәселелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі, аты, әкесінің аты (ол болған жағдайда) және мемлекеттік аудитордың, мемлекеттік аудитордың ассистентінің лауазымы (тартылған сарапшының, сарапшының)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудиторлық іс-шараны жүргізу мерзімі (кезеңдері)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аудит бағдарламасының мәселесін қарау басталған күн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аудит бағдарламасының мәселесін қарау аяқталатын күн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аудиторлық есепке енгізу үшін материалдарды ұсыну күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+...</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік аудит тобының мүшелері (мемлекеттік аудитор (-лар), мемлекеттік аудитордың ассистенті (-тері), қажет болған кезде тиісті бейіні бойынша тартылған сарапшылар) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (лауазымы, тегі, аты, әкесінің аты (ол болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Келісілді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық ішкі мемлекеттік аудитті жүргізуге жауапты тұлға</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (лауазымы, тегі, аты, әкесінің аты (ол болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20___ жылғы "___" ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *Мемлекеттік аудитормен (бір қатысушы) аудиторлық іс-шара жүргізілген кезде аудиторлық есеп жасалынбайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мемлекеттік аудит объектісінің атауы (аудит объектісінің толық атауы, ұйымдық-құқықтық нысаны көрсетіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аудиторлық іс-шара мерзімі (аудиторлық іс-шараны жүргізуге арналған тапсырмаға сәйкес аудиторлық іс-шара мерзімі және аудиторлық іс-шараны жүргізу үшін қажет жұмыс күндерінің жалпы саны көрсетіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5904,938 +8319,666 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Электрондық Ішкі мемлекеттік </w:t>
+              <w:t>Электрондық ішкі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аудитті жүргізуге жауапты тұлға</w:t>
+              <w:t>мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>_______________________</w:t>
+              <w:t>аудит қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(лауазымы, тегі, аты, әкесінің </w:t>
-[...12 lines deleted...]
-              <w:t>аты (болған жағдайда), қолы)</w:t>
+              <w:t>5-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z152" w:id="73"/>
+    <w:bookmarkStart w:name="z134" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мемлекеттік аудит объектілерін алдын ала зерделеу нәтижелері туралы ақпарат</w:t>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> Аудиторлық іс-шараны (тексеруді) жүргізуге тапсырма (Тексеруді тағайындау туралы акті)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20 __ жылғы "___" ________ № __</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағидалар 1-2-қосымшамен толқытырылды - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 18.09.2023 </w:t>
-[...55 lines deleted...]
-      (мемлекеттік аудит объектілерінің атауы, мемлекеттік аудит объектісінің орналасқан жері (облыс/қала)</w:t>
+       "Мемлекеттік аудит және қаржылық бақылау туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18 бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес (бұдан әрі – Заң) ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аудиторлық іс-шараны (тексеруді) жүргізу тапсырылған мемлекеттік аудит тобының басшысын көрсете отырып, ішкі мемлекеттік аудит органыдарының қызметкері (-лері) нің тегі, аты, әкесінің аты (ол болған жағдайда) және лауазымы көрсетіледі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік аудит объектісінің ұйымдық-құқықтық нысаны, толық атауы, оның орналасқан жері, бизнес сәйкестендіру нөмірі, мемлекеттік аудит объектісінің бірінші басшысы немесе оның міндетін атқарушы тұлғаның тегі, аты-жөні көрсетіледі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аудиторлық іс-шараның (тексерудің) мақсаты/мәні көрсетіледі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мәселелері бойынша аудиторлық іс-шара (тексеру) жүргізу тапсырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *Мемлекеттік аудиттің түрі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудиторлық іс-шарамен (тексерумен) қамтылатын кезең</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудиторлық іс-шараны (тексеруді) жүргізу мерзімі: ____ бастап _______ дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудиторлық іс-шараға жауапты тұлға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (тегі, аты, әкесінің аты (ол болған жағдайда), лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудиторлық іс-шара (тексеру) жүргізуге тапсырма құқықтық статистика және арнайы есепке алу саласындағы уәкілетті органда тіркелген күннен бастап күшіне енеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Негіздеме: ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (ішкі мемлекеттік аудит жөніндегі уәкілетті орган мен оның аумақтық бөлімшелерінің тиісті жылға арналған мемлекеттік аудит объектілерінің тізбесі; Қазақстан Республикасының Президенті мен Қазақстан Республикасы Үкіметінің тапсырмасы; тәуекелдерді басқару жүйесін қолдана отырып,бюджетті атқару жөніндегі орталық уәкілетті органның ақпараттық жүйелерінің деректеріне мониторинг нәтижелері; жеке және заңды тұлғаның өтініштері; аудиторлық іс-шара тағайындау үшін негіз болған құжаттың нөмірі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ішкі мемлекеттік аудит жөніндегі уәкілетті органның/оның аумақтық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Аудиторлық іс-шараны ұйымдастыру үшін негіз: _____________________________. </w:t>
-[...71 lines deleted...]
-      1) _______________________________________________________</w:t>
+      бөлімшелерінің басшысы ____________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (тегі, аты, әкесінің аты (ол болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *Үстеме тексеру жүргізу кезінде көрсетілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (зерттелген құжаттардың, есептердің және басқа да ақпараттың, оның ішінде мемлекеттік аудит объектісінде Заңның </w:t>
-[...631 lines deleted...]
-      (қолы, тегі, аты, әкесінің аты (бар болса))</w:t>
+      Ескерпе: Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>37-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік аудит объектілерінің құқықтыры мен түсініктемелері аудиторлық іс-шараны жүргізу тапсырмасының сыртқы жағында көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6871,1763 +9014,178 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Электрондық ішкі мемлекеттік</w:t>
+              <w:t>Электрондық ішкі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>аудит қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
-[...370 lines deleted...]
-Аудиторлық іс-шараны жүргізу мерзімі (кезеңдері)</w:t>
+              <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...933 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...364 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z136" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № __ аудиторлық есеп*</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8661,868 +9219,1084 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Электрондық ішкі мемлекеттік</w:t>
+              <w:t>____________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аудит қағидаларына</w:t>
+              <w:t>(жасалған орны)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
-[...64 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>20 __ жылғы "___"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(аудиторлық есептің күні)**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z132" w:id="80"/>
-[...50 lines deleted...]
-      "Мемлекеттік аудит және қаржылық бақылау туралы" Қазақстан Республикасы</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мемлекеттік аудит объектісінің атауы: __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Электрондық ішкі мемлекеттік аудит түрі: _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Электрондық ішкі мемлекеттік аудитті жүргізуге тапсырма: ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Электрондық ішкі мемлекеттік аудит жүргізілді: __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Электрондық ішкі мемлекеттік аудиттің мақсаты, мәні: ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Электрондық ішкі мемлекеттік аудитпен қамтылған кезең: _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Электрондық ішкі мемлекеттік аудитті жүргізу мерзімі: ___ бастап ___ дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Электрондық ішкі мемлекеттік аудит объектісінің лауазымды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұлғалары: _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Жүргізілген электрондық ішкі мемлекеттік аудиттің нәтижелері туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Заңының </w:t>
-[...253 lines deleted...]
-      _______________________________________________________________</w:t>
+      1) Аудит бағдарламасы сұрағының нөмірі мен атауы: ________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудит бағдарламасы сұрағына жауап _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Аудит бағдарламасы сұрағының нөмірі мен атауы: ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудит бағдарламасында қарастырылған сұрақтардың реттілігіне сәйкес аудит бағдарламасының сұрағына жауап _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Мемлекеттік аудит саласында немесе аудит объектісінің қызметінде анықталған нәтижелердің мемлекеттік аудит көрсеткіштеріне сәйкестігі тұрғысынан бағалау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Ішкі мемлекеттік аудитті жүргізудегі кедергілер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Электрондық ішкі мемлекеттік аудит барысында қолданылған шаралар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік аудитор (-лар) _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+            (лауазымы) (тегі, аты, әкесінің аты (ол болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тартылған сарапшылар (тартылған кезде)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+            (лауазымы) (тегі, аты, әкесінің аты (ол болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Таныстым ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Мемлекеттік аудит объектісінің бірінші басшысы немесе оның міндетін атқарушы тұлғаның қолы, тегі, аты, әкесінің аты (ол болған жағдайда), танысқан күні)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Аудиторлық іс-шарамен (тексерумен) қамтылатын кезең </w:t>
-[...322 lines deleted...]
-      *Үстеме тексеру жүргізу кезінде көрсетілмейді.</w:t>
+      13. "Мемлекеттік аудит және қаржылық бақылау туралы" Қазақстан Республикасының Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>37-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік аудит объектісінің басшысы мемлекеттік аудиттің аудиторлық іс-шаралары қозғаған кәсіпкерлік субъектілерінің және өзге де тұлғаларды анықталған бұзушылықтары туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Электрондық ішкі мемлекеттік аудит объектісінің атауы (аудит объектісінің ұйымдық-құқықтық нысаны, толық атауы, оның орналасқан жері, мемлекеттік тіркеу туралы деректертер, бизнес сәйкестендіру нөмірі көрсетіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Электрондық ішкі мемлекеттік аудит түрі (сәйкестік аудиті).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Электрондық ішкі мемлекеттік аудитті жүргізуге тапсырма (ішкі мемлекеттік аудитті жүргізуге арналған тапсырманың күні мен нөмірі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Электрондық ішкі мемлекеттік аудит жүргізілді (тегі, аты, әкесінің аты (болған жағдайда) мемлекеттік аудитор (-лар) дың, мемлекеттік аудитордың асситенті (-тері), тиісті бейіні бойынша тартылған сарапшылар).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Электрондық ішкі мемлекеттік аудиттің мақсаты (мәні) (электрондық ішкі мемлекеттік аудитті жүргізу тапсырмасына сәйкес ішкі мемлекеттік аудиттің мақсаты (мәні)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Электрондық ішкі мемлекеттік аудитпен қамтылған кезең (мемлекеттік аудит объектісі қызметінің тексерілген кезеңі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Электрондық ішкі мемлекеттік аудитті жүргізу мерзімі (электрондық ішкі мемлекеттік аудитті жүргізудің басталған және аяқталған күні).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Мемлекеттік аудит объектісінің лауазымды тұлғалары (келісімімен электрондық ішкі мемлекеттік аудит жүзеге асырылған мемлекеттік аудит объектісінің лауазымды тұлғаларының тегі, аты, әкесінің аты (ол болған жағдайда)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Жүргізілген ішкі мемлекеттік аудиттің нәтижелері туралы мәліметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудиторлық есептің осы бөлімінде ол арқылы электрондық ішкі мемлекеттік аудит жүргізілген мемлекеттік органның ақпараттық жүйесі, сондай-ақ мемлекеттік аудит мақсатына қол жеткізілгенін растау үшін жеткілікті жүргізілген электрондық ішкі мемлкеттік аудит нәтижелері көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қажет болған кезде аудиторлық есепте тексерілетін мәселелер бойынша ақпарат жалпылама түрде көрсетіледі, егжей-тегжейлі ақпарат аудиторлық есепке қосымшаларда жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудит мәселелері бойынша бұзушылықтар анықталған кезде, әрбір бұзушылық фактісі кезек тәртібімен нөмірленеді және ережелері бұзылған нормативтік құқықтық актілердің баптарына, тармақтары мен тармақшаларына сілтеме жасай отырып, бұзушылықтардың сипаттамасы мен түрі сипатталған жеке тармақпен тіркеледі және тиісті бұзушылықтардың дәлелдемесі болатын құжаттардың деректемелері мен атаулары көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер аудит бағдарламасының мәселесі бойынша бұзушылықтар мен кемшіліктер анықталмаса, аудиторлық есепте "Бағдарлама мәселесі (атауы) тексерілді. Бұзушылықтар мен кемшіліктер анықталмады." деген жазба жасалады және оның негізінде осы қорытындылар қалыптастырылған ішкі мемлекеттік аудитке ұшыраған құжаттардың деректемелері көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудиторлық есепке тиісті аудиторлық дәлелдермен және (немесе) өзге де құжаттармен және ақпаратпен расталмаған фактілер, қорытындылар енгізуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Мемлекеттік аудит саласында немесе аудит объектісінің қызметінде анықталған нәтижелердің мемлекеттік аудит көрсеткіштеріне сәйкестігі тұрғысынан бағалау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Ішкі мемлекеттік аудитті жүргізудегі кедергілер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (ішкі мемлекеттік аудит объектісінің лауазымды тұлғаларының ішкі мемлекеттік аудит органы қызметкерлерінің ішкі мемлекеттік аудит жүргізуіне кедергі жасау фактілері туралы мәліметтер көрсетіледі (кедергі жасау түрін көрсетіңіз: қажетті құжаттарды, материалдар мен өзге де мәліметтерді, және мемлекеттік аудит объектісінің қызметі туралы ақпаратты беруден бас тарту, мемлекеттік аудит жүргізу үшін рұқсат беруден бас тарту немесе оны жүзеге асыруға өзгеше кедергі жасау, дұрыс емес ақпарат беру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ішкі мемлекеттік аудит органының қызметкері ішкі мемлекеттік аудит жүргізуге кедергі жасауда көрінген әкімшілік құқық бұзушылық туралы хаттама жасаған жағдайда аудиторлық есепте оның нөмірі мен күні көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Электрондық мемлекеттік ішкі аудит барысында қабылданған шаралар (бюджетке өтеуді қамтамасыз ету арқылы аудит объектісі қабылдаған шараларды көрсету, жұмыстарды орындау жолымен қалпына келтіру, қызметтерді көрсету, тауарларды жеткізу және (немесе) бұзушылықтардың айқындалған сомасын есепке алу және (немесе) азайту бойынша көрсетіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерпе: Заңының </w:t>
+      13. "Мемлекеттік аудит және қаржылық бақылау туралы" Қазақстан Республикасының Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>37-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес мемлекеттік аудит объектілерінің құқықтыры мен</w:t>
-[...17 lines deleted...]
-      түсініктемелері аудиторлық іс-шараны жүргізу тапсырмасының сыртқы жағында көрсетіледі.</w:t>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік аудит объектісінің басшысы мемлекеттік аудиттің аудиторлық іс-шаралары қозғаған кәсіпкерлік субъектілерінің және өзге де тұлғаларды анықталған бұзушылықтары туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысанды толтыру бойынша түсіндірме:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      *ІАҚ аудиторлық іс-шарасының нәтижелері Қазақстан Республикасы Қаржы министрінің 2018 жылғы 19 наурыздағы № 392 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16689 болып тіркелген) Ішкі мемлекеттік аудитті және қаржылық бақылауды жүргізу қағидаларына сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес сәйкестік аудиті бойынша аудиторлық есеппен немесе 7-1-қосымшаға сәйкес тиімділік аудиті бойынша аудиторлық есеппен ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      **Аудиторлық есептің жоғары бөлігінде оның жасалған орны (елдің мекеннің атауы, аудиторлық есептің күні (жұмыс уақытында, жұмыс күні Ішкі мемлекеттік аудитті жүргізудін аяқталған күні), аудиторлық есептің нөмірі көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9558,19973 +10332,15624 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Электрондық ішкі мемлекеттік</w:t>
+              <w:t>Электрондық ішкі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>аудит қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4-қосымша</w:t>
-[...55 lines deleted...]
-            </w:pPr>
+              <w:t>7-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z134" w:id="81"/>
+    <w:bookmarkStart w:name="z138" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № __ аудиторлық есеп*</w:t>
-[...40 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Бұзушылықтар мен жетіспеушіліктер тізілімі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="559"/>
+        <w:gridCol w:w="560"/>
+        <w:gridCol w:w="560"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...1159 lines deleted...]
-              <w:t>5-қосымша</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) Бюджетке қаражат түсімі кезінде (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бюджет түсімдері бойынша анықталған қаржылық бұзушылықтардың жалпы сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бұзушылықтар фактісін сипаттау, нормативті құқықтық акт бұзылған ережелеріне сілтеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бұзушылықтар сыныптауышының тармағы (болған кезде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...163 lines deleted...]
-            <w:gridSpan w:val="38"/>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жыл </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудит объектісінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудит объектісінің бизнес- сәйестендіру нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өңір коды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай бюджеттік классификация бойынша бюджет түсімдерінің коды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...30 lines deleted...]
-            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...100 lines deleted...]
-          </w:p>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...227 lines deleted...]
-            <w:gridSpan w:val="12"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бюджетке өтеуге жатады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аудит барысында өтелді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...23 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:vMerge/>
-[...61 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-барлығы</w:t>
-[...12 lines deleted...]
-            </w:tcBorders>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-оның ішінде</w:t>
-[...29 lines deleted...]
-          <w:p/>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...23 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:vMerge/>
-[...165 lines deleted...]
-          <w:p/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...370 lines deleted...]
-            </w:r>
+Жиыны (оның ішінде аудитке қатысқан тұлғалар бөліндісінде):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...309 lines deleted...]
-            </w:tcBorders>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жиыны (оның ішінде аудитке қатысқан тұлғалар бөліндісінде):</w:t>
-[...144 lines deleted...]
-            </w:tcBorders>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...181 lines deleted...]
-            </w:tcBorders>
+Жиыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:gridSpan w:val="22"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...202 lines deleted...]
-            </w:pPr>
+2) Бюджет қаражаты мен активтерді пайдаланған кезде (мың теңге)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жиыны</w:t>
-[...99 lines deleted...]
-            </w:pPr>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарлама әкімшісінің коды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарлама әкімшісінің, әзірлеушінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудит объектісінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақылау объектісінің бизнес- сәйестендіру нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өңірлер коды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарлама коды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламаның атауы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
-            <w:tcBorders>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудитпен қамтылған қаражат көлемі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="62"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) Бюджет қаражаты мен активтерді пайдаланған кезде (мың теңге)</w:t>
+барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-            <w:vMerge w:val="restart"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с №</w:t>
-[...13 lines deleted...]
-            </w:tcBorders>
+бюджет қаражаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жыл</w:t>
-[...13 lines deleted...]
-            </w:tcBorders>
+оның ішінде трансферттерді пайдалану кезінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарлама әкімшісінің коды</w:t>
-[...263 lines deleted...]
-Аудитпен қамтылған қаражат көлемі</w:t>
+активтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...106 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...19 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-барлығы</w:t>
-[...12 lines deleted...]
-            </w:tcBorders>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-оның ішінде</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...106 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...94 lines deleted...]
-            </w:r>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...29 lines deleted...]
-            </w:r>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...257 lines deleted...]
-8</w:t>
+Жиыны (оның ішінде аудитке қатысқан тұлғалар бөліндісінде):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...140 lines deleted...]
-            </w:r>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...29 lines deleted...]
-            </w:r>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...230 lines deleted...]
-            </w:pPr>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...103 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жиыны (оның ішінде аудитке қатысқан тұлғалар бөліндісінде):</w:t>
-[...131 lines deleted...]
-            </w:pPr>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...103 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...168 lines deleted...]
-            </w:pPr>
+Жиыны</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...103 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:gridSpan w:val="22"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...333 lines deleted...]
-            </w:pPr>
+Белгіленген қаржылық бұзушылықтардың жалпы сомасы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="32"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:gridSpan w:val="22"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жиыны</w:t>
-[...296 lines deleted...]
-            </w:pPr>
+(23 баған + 28 баған + 33 баған)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Белгіленген қаржылық бұзушылықтардың жалпы сомасы</w:t>
+барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде трансферттерді пайдалану кезінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="18"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде қалпына келтіруге (өтеуге) жатады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="62"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="18"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(23 баған + 28 баған + 33 баған)</w:t>
+(24 баған + 26 баған + 29 баған + 31 баған + 34 баған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...12 lines deleted...]
-          </w:tcPr>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде мынаған жатады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-оның ішінде трансферттерді пайдалану кезінде</w:t>
-[...12 lines deleted...]
-            </w:tcBorders>
+оның ішінде трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-оның ішінде қалпына келтіруге (өтеуге) жатады</w:t>
+оның ішінде аудит барысында қалпына келтірілді (өтелді)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="47"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(24 баған + 26 баған + 29 баған + 31 баған + 34 баған)</w:t>
+қалпына келтіруге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+өтеуге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бақылау барысында қалпына келтірілді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аудит барысында өтелді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...35 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-барлығы</w:t>
-[...12 lines deleted...]
-            </w:tcBorders>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-оның ішінде мынаған жатады</w:t>
-[...13 lines deleted...]
-            </w:tcBorders>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-оның ішінде трансферттер</w:t>
-[...12 lines deleted...]
-            </w:tcBorders>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-оның ішінде аудит барысында қалпына келтірілді (өтелді)</w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...48 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-қалпына келтіруге</w:t>
-[...52 lines deleted...]
-          <w:p/>
+1</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...29 lines deleted...]
-            </w:r>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...65 lines deleted...]
-            </w:r>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
-[...184 lines deleted...]
-19</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...29 lines deleted...]
-            </w:r>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...65 lines deleted...]
-            </w:r>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...165 lines deleted...]
-            </w:pPr>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...36 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...165 lines deleted...]
-            </w:pPr>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...36 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...165 lines deleted...]
-            </w:pPr>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...36 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:gridSpan w:val="22"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...263 lines deleted...]
-            </w:pPr>
+Оның ішінде</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:gridSpan w:val="22"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...263 lines deleted...]
-            </w:pPr>
+2-бөлім. Қаражатты пайдалану кезіндегі заңнама бұзушылықтары</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="62"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:gridSpan w:val="17"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оның ішінде</w:t>
+Мемлекеттік сатып алу туралы заңнаманы бұзушылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бухгалтерлік, бюджеттік есепті жүргізу мен қаржылық, бюджеттік есептілікті жасау кезіндегі заңнаманы бұзушылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2-бөлім. Қаражатты пайдалану кезіндегі заңнама бұзушылықтары</w:t>
+мемлекеттік сатып алуды жүргізу тәсілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аудитпен қамтылған мемлекеттік сатып алу рәсімдерінің (лоттарының) саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде мемлекеттік сатып алу қорытындысына ықпал ететін заңнама бұзушылықтарымен жүргізген мемлекеттік сатып алу туралы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде мемлекеттік сатып алу қорытындысына ықпал етпейтін заңнама бұзушылықтарымен жүргізген мемлекеттік сатып алу туралы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аудитпен қамтылған мемлекеттік сатып алу сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде мемлекеттік сатып алудың қорытындысына ықпал ететін мемлекеттік сатып алу туралы заңнаманы бұзушылықтармен жүргізілген мемлекеттік сатып алу сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде мемлекеттік сатып алудың қорытындысына ықпал етпейтін мемлекеттік сатып алу туралы заңнаманы бұзушылықтармен жүргізілген мемлекеттік сатып алу сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бюджеттік есепті жүргізу, қаржылық есептілікті жасау қағидаларын бұзушылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="48"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік сатып алу туралы заңнаманы бұзушылық</w:t>
-[...12 lines deleted...]
-            </w:tcBorders>
+бюджеттік есепке алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бухгалтерлік, бюджеттік есепті жүргізу мен қаржылық, бюджеттік есептілікті жасау кезіндегі заңнаманы бұзушылық</w:t>
+қаржылық есептілік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge w:val="restart"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-мемлекеттік сатып алуды жүргізу тәсілі</w:t>
-[...13 lines deleted...]
-            </w:tcBorders>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-аудитпен қамтылған мемлекеттік сатып алу рәсімдерінің (лоттарының) саны</w:t>
-[...13 lines deleted...]
-            </w:tcBorders>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-оның ішінде мемлекеттік сатып алу қорытындысына ықпал ететін заңнама бұзушылықтарымен жүргізген мемлекеттік сатып алу туралы</w:t>
-[...13 lines deleted...]
-            </w:tcBorders>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-оның ішінде мемлекеттік сатып алу қорытындысына ықпал етпейтін заңнама бұзушылықтарымен жүргізген мемлекеттік сатып алу туралы</w:t>
-[...13 lines deleted...]
-            </w:tcBorders>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-аудитпен қамтылған мемлекеттік сатып алу сомасы</w:t>
-[...13 lines deleted...]
-            </w:tcBorders>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-оның ішінде мемлекеттік сатып алудың қорытындысына ықпал ететін мемлекеттік сатып алу туралы заңнаманы бұзушылықтармен жүргізілген мемлекеттік сатып алу сомасы</w:t>
-[...11 lines deleted...]
-            </w:tcBorders>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-оның ішінде мемлекеттік сатып алудың қорытындысына ықпал етпейтін мемлекеттік сатып алу туралы заңнаманы бұзушылықтармен жүргізілген мемлекеттік сатып алу сомасы</w:t>
-[...36 lines deleted...]
-бюджеттік есепті жүргізу, қаржылық есептілікті жасау қағидаларын бұзушылық</w:t>
+31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...77 lines deleted...]
-          <w:p/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...99 lines deleted...]
-            </w:r>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...287 lines deleted...]
-            </w:r>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...29 lines deleted...]
-            </w:r>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...238 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...238 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...238 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:gridSpan w:val="22"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...263 lines deleted...]
-            </w:pPr>
+Оның ішінде</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="19"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-бөлім. Қаражатты пайдалану кезіндегі заңнаманы бұзушылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...263 lines deleted...]
-            </w:pPr>
+Бұзушылықтар фактісін сипаттау, НҚА бұзылған ережелеріне сілтеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бұзушылықтар сыныптауышының тармағы (болған кезде)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="62"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бухгалтерлік, бюджеттік есепті жүргізу мен қаржылық, бюджеттік есептілікті жасау кезіндегі заңнаманы бұзушылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өзге де бұзушылықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...24 lines deleted...]
-          </w:p>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="54"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бюджет кредиттерін, мемлекеттік кепілдіктерді, мемлекет кепілгерлігін беру талаптары мен рәсімдерін бұзушылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...30 lines deleted...]
-            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...62 lines deleted...]
-          </w:p>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бухгалтерлік, бюджеттік есепті жүргізу мен қаржылық, бюджеттік есептілікті жасау кезіндегі заңнаманы бұзушылық</w:t>
-[...12 lines deleted...]
-            </w:tcBorders>
+бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өзге де бұзушылықтар</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="5"/>
+мемлекеттік кепілдіктер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мемлекет кепілгерлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қалпына келтіруге жатады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде аудит барысында өтелгені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+өтеуге жатады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде аудит барысында өтелгені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...7 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бюджет кредиттерін, мемлекеттік кепілдіктерді, мемлекет кепілгерлігін беру талаптары мен рәсімдерін бұзушылық</w:t>
-[...13 lines deleted...]
-            </w:tcBorders>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-барлығы</w:t>
-[...12 lines deleted...]
-            </w:tcBorders>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-оның ішінде</w:t>
-[...15 lines deleted...]
-          <w:p/>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...35 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-қалпына келтіруге жатады</w:t>
-[...129 lines deleted...]
-          <w:p/>
+1</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бюджеттік кредиттер</w:t>
-[...159 lines deleted...]
-          <w:p/>
+2</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32</w:t>
-[...295 lines deleted...]
-40</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...29 lines deleted...]
-            </w:r>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...264 lines deleted...]
-            </w:pPr>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...264 lines deleted...]
-            </w:pPr>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:gridSpan w:val="17"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...297 lines deleted...]
-            </w:pPr>
+3-бөлім. Мемлекеттің, квазимемлекеттік сектор субъектілерінің активтерін басқару мен пайдалану кезіндегі заңнаманы бұзушылықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бұзушы лықтар фактісін сипаттау, нормативті құқықтық акт бұзылған ережелері не сілтеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бұзу шылықтар сыныптауы шының тарма ғы (болған кезде)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="16"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...29 lines deleted...]
-            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...284 lines deleted...]
-          </w:p>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="7"/>
+қалпына келтіруге жатады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде аудит барысында қалпына келтірілді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қалпына келтіруге жатады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде аудит барысында өтелді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...25 lines deleted...]
-            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...251 lines deleted...]
-          </w:p>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оның ішінде</w:t>
+42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3-бөлім. Мемлекеттің, квазимемлекеттік сектор субъектілерінің активтерін басқару мен пайдалану кезіндегі заңнаманы бұзушылықтар</w:t>
-[...76 lines deleted...]
-            </w:r>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
-            <w:vMerge w:val="restart"/>
-[...96 lines deleted...]
-          <w:p/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
-            <w:vMerge/>
-[...43 lines deleted...]
-            </w:r>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...132 lines deleted...]
-          <w:p/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
-            <w:tcBorders>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...177 lines deleted...]
-            </w:r>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
-            <w:tcBorders>
-[...41 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...136 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:gridSpan w:val="22"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...198 lines deleted...]
-            </w:pPr>
+3) бақылау объектісі қызметіндегі, сондай-ақ оның міндеттерін, функцияларын іске асыруға байланысты өзге де заңнаманы бұзушылықтар, заңнаманың жетіспеушіліктері мен кемшіліктері</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...198 lines deleted...]
-            </w:pPr>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарлама әкімшісінің коды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарлама әкімшісінің, мемлекеттік (салалық) бағдарлама әзірлеушісінің/ бірлесіп орындаушысының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақылау объектісінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақылау объектісінің бизнес сәйестендіру нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өңірдің коды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарлама коды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарлама атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тиімсіз пайдаланылған бюджет қаражатының (активінің) сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өзге де бұзушылықтар (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нормативтік және құқықтық актілерге сілтеме жасай отырып, өзге де салалық заңнамадағы кемшілік, бұзушылық фактісін, заңнаманың жетілдірілмеуіне (НҚА арасындағы қайшылықтар, құқықтық реттеудегі олқылықтар, коллизиялар) және/ немесе жұмыстың ұйымдастырылуына (біліктілігінің болмауы немесе жеткіліксіздігі, өкілеттіктерді қайталау, басқа ұйымдармен өзара іс-қимыл жасау тетігінің жасалмауы) байланысты жүйелі проблемаларды сипаттау</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...191 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...177 lines deleted...]
-            </w:tcBorders>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="62"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) бақылау объектісі қызметіндегі, сондай-ақ оның міндеттерін, функцияларын іске асыруға байланысты өзге де заңнаманы бұзушылықтар, заңнаманың жетіспеушіліктері мен кемшіліктері</w:t>
-            </w:r>
+Жиыны (оның ішінде аудитке қатысқан тұлғалар бөліндісінде):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="198" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с №</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...103 lines deleted...]
-            </w:r>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...29 lines deleted...]
-            </w:r>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...177 lines deleted...]
-            </w:r>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="198" w:type="dxa"/>
-[...42 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="559" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...36 lines deleted...]
-4</w:t>
+Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...29 lines deleted...]
-            </w:r>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...29 lines deleted...]
-            </w:r>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...140 lines deleted...]
-            </w:r>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="198" w:type="dxa"/>
-[...1499 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жиыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...37 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...103 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -29583,699 +26008,451 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Электрондық ішкі мемлекеттік</w:t>
+              <w:t>Электрондық ішкі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>аудит қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6-қосымша</w:t>
-[...55 lines deleted...]
-            </w:pPr>
+              <w:t>8-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бекітемін:</w:t>
+              <w:t>Бекітемін: Электрондық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Электрондық ішкі мемлекеттік</w:t>
+              <w:t>ішкі мемлекеттік аудитті</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аудитті жүргізуге жауапты тұлға</w:t>
+              <w:t>жүргізуге жауапты тұлға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(лауазымы, тегі, аты, әкесінің аты (бар болған жағдайда),</w:t>
+              <w:t>(лауазымы, тегі, аты, әкесінің аты</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қолы)</w:t>
+              <w:t>(ол болған жағдайда), қолы)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20___ жылғы "__" _________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z138" w:id="83"/>
+    <w:bookmarkStart w:name="z140" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Электрондық ішкі мемлекеттік аудит нәтижелері бойынша</w:t>
-[...300 lines deleted...]
-      "Мемлекеттік аудит және қаржылық бақылау туралы" (бұдан әрі – Заң) Қазақстан</w:t>
+        <w:t xml:space="preserve"> Электрондық ішкі мемлекеттік аудит нәтижелері бойынша аудиторлық қорытынды</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мемлекеттік аудит объектісі: __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Электрондық ішкі мемлекеттік аудиттің мақсаты (мәні): ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Электрондық ішкі мемлекеттік аудитпен қамтылған кезең: _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Электрондық ішкі мемлекеттік аудиттің нәтижелелері: _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Электрондық ішкі мемлекеттік аудиттің қорытындысы бойынша тұжырымдар _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Электрондық ішкі мемлекеттік аудиттің қорытындысы бойынша ұсынымдар*: _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Қаржылық бақылаудың ден қою шаралары*: _____________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Республикасы Заңының 25-бабы </w:t>
+      8. Ұсынымдарды қарау нәтижелері туралы ақпарат ұсыну мерзімі растайтын құжаттарды қоса бере отырып, 20__ жылғы ___ _________ дейін. Бір мезгілде "Мемлекеттік аудит және қаржылық бақылау туралы" (бұдан әрі – Заң) Қазақстан Республикасы Заңының 25-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес ұсынымдардың қаралу нәтижелері</w:t>
-[...106 lines deleted...]
-      шығарылмайды.</w:t>
+        <w:t xml:space="preserve"> сәйкес ұсынымдардың қаралу нәтижелері туралы ақпаратты мемлекеттік аудит объектісі растау құжаттарын тиісті көрсетілген мерзімдерде жіберуге міндетті екенін Сізге хабарлаймыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудиторлық іс-шараға жауапты тұлға</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *Бұзушылықтар және (немесе) жетіспеушіліктер анықталмаған кезде ұсынымдар шығарылмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -30321,51 +26498,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Электрондық ішкі мемлекеттік аудитпен қамтылған кезең (мемлекеттік аудит объектісі қызметінің тексерілген кезеңі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Электрондық ішкі мемлекеттік аудиттің нәтижелері (мемлекеттік аудитпен қамтылған жалпы сомасы; нормативті құқықтық актілер ережелері бұзылған баптарының, тармақтарының, тармақшаларының бұзушылықтары сипаты көрсетіле отырып анықталған қаржылық бұзушылықтар сомасы; нормативті құқықтық актілер ережелері бұзылған баптарының, тармақтарының, тармақшаларының бұзушылықтары сипаты көрсетіле отырып анықталған рәсімдік бұзушылықтар сомасы; бюджетке өтеуді қамтамасыз ету, жұмыстарды орындау, қызметтерді көрсету, тауарларды жеткізу арқылы қалпына келтіру және (немесе) анықталған қаржылық бұзушылық сомаларын есепке алу бойынша көрсету жөніндегі мемлекеттік аудит объектісімен қабылданған шаралар).</w:t>
+      4. Электрондық ішкі мемлекеттік аудиттің нәтижелері (мемлекеттік аудитпен қамтылған жалпы сомасы; нормативті құқықтық актілер ережелері бұзылған баптарының, тармақтарының, тармақшаларының бұзушылықтары сипаты көрсетіле отырып анықталған қаржылық бұзушылықтар сомасы; нормативті құқықтық актілер ережелері бұзылған баптарының, тармақтарының, тармақшаларының бұзушылықтары сипаты көрсетіле отырып анықталған рәсімдік бұзушылықтар сомасы; бюджетке өтеуді қамтамасыз ету, жұмыстарды орындау, қызметтерді көрсету, тауарларды жеткізу арқылы қалпына келтіру және (немесе) анықталған қаржылық бұзушылық сомаларын есепке алу бойынша көрсету және (немесе) азайту жөніндегі мемлекеттік аудит объектісімен қабылданған шаралар).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Электрондық ішкі мемлекеттік аудитпен нәтижелері (өткізілген электрондық мемлекеттік аудит сұрақтары бойынша мемелкеттік аудит объектінің қызметінің нәтижилеріне жалпы баға көрсетіледі; анықталған кезде бұзышылықтардың және кемшіліктердің себептері, сондай-ақ олар әкелуі мүмкін салдарлар).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -30475,77 +26652,90 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Электрондық ішкі мемлекеттік</w:t>
+              <w:t>Электрондық ішкі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>аудит қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>7-қосымша</w:t>
+              <w:t>9-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -30592,142 +26782,168 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(мемлекеттік аудит объектісінің атауы)</w:t>
+              <w:t>(мемлекеттік аудит объектісінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>атауы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(мемлекеттік аудит объектісі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>басшысының тегі, аты, әкесінің</w:t>
+              <w:t>басшысының тегі, аты,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аты (бар болған жағдайда))</w:t>
+              <w:t>әкесінің аты (ол болған</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайда))</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z140" w:id="84"/>
+    <w:bookmarkStart w:name="z142" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Анықталған бұзушылықтарды жою және оларға жол берген тұлғалардың жауапкершілігін қарау туралы нұсқама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-[...15 lines deleted...]
-      __________________________________________________________________</w:t>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (мемлекеттік аудиттің түрі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -30737,177 +26953,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жүргізілген электрондық ішкі мемлекеттік аудитпен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ______________________________________________________________</w:t>
-[...125 lines deleted...]
-      есепке алу жолымен қалпына келтіруге жатады.</w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік аудит объектісінің толық атауын, мемлекеттік аудит объектісінің ұйымдастыру-құқықтық нысанын көрсетіледі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (20__ жылғы "___"___№___ аудиторлық есеп, 20__ жылғы "___"________№___ аудиторлық қорытынды) _____ мың теңге сомасында қаржылық бұзушылықтар анықталды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оның ішінде _____ мың теңге бюджетке өтелуге (аударуға), ______ мың теңге жұмыстар орындау, қызметтер көрсету, тауарлар жеткізу жолымен қалпына келтіруге, ______ мың теңге есепке алу жолымен қалпына келтіруге жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________ мың теңге сомасында рәсімдік сипаттағы бұзушылықтар анықталды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -30916,744 +27060,368 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық ішкі мемлекеттік аудит барысында ___________ шаралар қабылданды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...88 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
-      Заңының </w:t>
+      (жұмыстар орындау, қызметтер көрсету, тауарлар жеткізу жолымен қалпына келтіруді және (немесе) анықталған бұзушылықтар сомасын есепке алу бойынша көрсету және (немесе) қаржыландыру жоспарын азайту және мемлекеттік сатып алу заңнамасында көзделген шаралармен бюджетке өтеуді қамтамасыз ету арқылы мемлекеттік аудит объектісімен қабылданған шаралар көрсетіледі) "Мемлекеттік аудит және қаржылық бақылау туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (бұдан әрі - Заң), "Мемлекеттік сатып алу туралы" Қазақстан Республикасы</w:t>
-[...17 lines deleted...]
-      Заңының ___ бабына (қажет болған жағдайда) және Қазақстан Республикасы Қаржы министрінің</w:t>
+        <w:t xml:space="preserve"> (бұдан әрі - Заң), "Мемлекеттік сатып алу туралы" Қазақстан Республикасы Заңының __ бабына (қажет болған жағдайда) және Қазақстан Республикасы Қаржы министрінің 2018 жылғы 19 наурыздағы № 392 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерінің мемлекеттік тіркеу тізілімінде № 16689 болып тіркелген) бекітілген Ішкі мемлекеттік аудит және қаржылық бақылау жүргізу қағидаларының ___ тармағына сәйкес:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бюджетке ____ Бюджеттік сыныптама кодына ___ мың теңге сомасын өтеуді (аударуды);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қамтамасыз етуді, (тауар атауы) ____ мың теңге сомаға ____________ орындауды/көрсетуді қамтамасыз етуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (жұмыстар немесе қызметтер атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бухгалтерлік есеп пен қаржылық есептілік бойынша ________ мың теңге сомасын қалпына келтіруді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мемлекеттік сатып алу саласындағы бұзушылықтар бойынша жүргізілген мемлекеттік сатып алу тәсіліне сәйкес нақты сатып алу бойынша бұзушылықтарды жоюға ықпал ететін қажетті шараларды көрсетуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2018 жылғы 19 наурыздағы № 392 </w:t>
-[...306 lines deleted...]
-      отырып, хабарлансын.</w:t>
+      5) анықталған бұзушылықтарға жол берген лауазымды тұлғалардың тәртіптік жауапкершілігін қарастыруды </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҰСЫНАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нұсқаманың орындалуы туралы 20__ жылғы "__" ___________ дейінгі мерзімде растайтын құжаттарды (төлем тапсырмаларының, бұйрықтардың көшірмелері және т.б.) қоса бере отырып, хабарлансын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бір мезгілде Заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нұсқамалардың орындалуы туралы</w:t>
-[...35 lines deleted...]
-      мерзімде жіберуге міндетті екенін Сізге хабарлаймыз.</w:t>
+        <w:t xml:space="preserve"> сәйкес нұсқамалардың орындалуы туралы ақпаратты мемлекеттік аудит объектісі растау құжаттарын қоса бере отырып, тиісті көрсетілген мерзімде жіберуге міндетті екенін Сізге хабарлаймыз.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес мемлекеттік аудит объектісінің лауазымды адамдары</w:t>
-[...126 lines deleted...]
-        <w:t xml:space="preserve">                      (қолы)        (тегі, аты, әкесінің аты (бар болған жағдайда))</w:t>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік аудит объектісінің лауазымды адамдары мемлекеттік аудит және қаржылық бақылау органдарының нұсқамаларын орындамағаны үшін Қазақстан Республикасының әкімшілік құқық бұзушылық туралы кодексіне сәйкес жауаптылықта болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ішкі мемлекеттік аудит жөніндегі уәкілетті органның/оның аумақтық бөлімшесінің басшысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы) (тегі, аты, әкесінің аты (ол болған жағдайда))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -31689,832 +27457,592 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Электрондық ішкі мемлекеттік</w:t>
+              <w:t>Электрондық ішкі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">аудит қағидаларына </w:t>
+              <w:t>мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>8-қосымша</w:t>
+              <w:t>аудит қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z142" w:id="85"/>
+    <w:bookmarkStart w:name="z144" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ішкі аудит нәтижелері туралы есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-[...646 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Заңының 5-бабы </w:t>
+      _____________________ _____________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             (жасалған орны) (жасалған күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мемлекеттік аудит объектісі: __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік аудит объектісінің ұйымдық-құқықтық нысаны, толық атауы, Бизнес-сәйкестендіру нөмірі көрсетілсін)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Электрондық ішкі мемлекеттік аудиттің мақсаты (мәні): ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (электрондық ішкі мемлекеттік аудит жүргізуге арналған тапсырмаға сәйкес электрондық ішкі мемлекеттік аудиттің мақсаты мен мәні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ішкі мемлекеттік аудитпен қамтылған кезең: _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (мемлекеттік аудит объектісі қызметінің тексерілген кезеңі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Электрондық ішкі мемлекеттік аудит нәтижелері: _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік аудит қамтыған жалпы сома; бұзушылықтардың, ережелері бұзылған нормативтік құқықтық актілердің баптарының, тармақтары мен тармақшаларының сипаттамасы көрсетіле отырып, анықталған қаржылық бұзушылықтардың сомасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұзушылықтардың, ережелері бұзылған нормативтік құқықтық актілердің баптарының, тармақтары мен тармақшаларының сипаттамасы көрсетіле отырып, рәсімдік сипаттағы бұзушылықтардың сомасы; бюджетке өтеуді қамтамасыз ету, жұмыстарды орындау, қызметтерді көрсету, тауарларды жеткізу жолымен қалпына келтіру және (немесе) анықталған қаржылық бұзушылық сомасын есеп бойынша көрсету және (немесе) азайту арқылы мемлекеттік аудит объектісі қолданған шаралар; бюджетке өтеуге (бюджеттік сыныптама кодын көрсете отырып), жұмыстарды орындау, қызметтерді көрсету, тауарларды жеткізу жолымен қалпына келтіруге, есеп бойынша көрсетуге жататын қаржылық бұзушылық сомасы көрсетіледі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Электрондық ішкі мемлекеттік аудит нәтижелері бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қорытындылар: _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (жүргізілген ішкі мемлекеттік аудит мәселелері бойынша мемлекеттік аудит объектісі қызметінің нәтижелерінің жалпы бағалануы; бұзушылықтар анықталған жағдайда олардың бұзушылықтары мен кемшіліктері себептерін, сондай-ақ оларға әкеп соғуы мүмкін болатын салдарлар көрсетіледі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ішкі мемлекеттік аудит қорытындылары бойынша ұсынымдар*:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (анықталған бұзушылықтар мен кемшіліктердің себептерін жоюға бағытталған ұсынымдар, сондай-ақ мемлекеттік аудит объектісі қызметінің тиімділігін арттыру және жетілдіру шаралары көрсетіледі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Қаржылық бақылаудың ден қою шаралары: ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ("Мемлекеттік аудит және қаржылық бақылау туралы" Қазақстан Республикасы Заңының 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қаржылық бақылаудың қажетті ден қою шаралары көрсетіледі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Аудиторлық іс-шара жүргізуге жауапты тұлға______________________________</w:t>
-[...17 lines deleted...]
-                                                                       (қолы, тегі, аты, әкесінің аты (бар болса)</w:t>
+      Аудиторлық іс-шара жүргізуге жауапты тұлға</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы, тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * бұзушылықтар және кемшіліктер анықтамаған кезде ұсынымдар берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -32568,90 +28096,90 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Электрондық ішкі мемлекеттік</w:t>
+              <w:t>Электрондық ішкі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>аудит қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>9-қосымша</w:t>
-[...12 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>11-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -32672,621 +28200,514 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мемлекеттік аудит объектісінің атауы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>_________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(мемлекеттік аудит объектісінің</w:t>
+              <w:t>(мемлекеттік аудит объектісі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>атауы)</w:t>
+              <w:t>басшысының тегі, аты,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>_________________________</w:t>
-[...38 lines deleted...]
-              <w:t>аты (бар болса)</w:t>
+              <w:t>әкесінің аты (ол болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z144" w:id="86"/>
+    <w:bookmarkStart w:name="z146" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бұзушылықтарды жою және ұсынымдарды қарастыру туралы шешім (өкім) ______________________________________________________________________  (мемлекеттік аудит объектісінің атауы)</w:t>
-[...36 lines deleted...]
-      қарастыру қорытындысы бойынша және Қазақстан Республикасы Қаржы министрінің</w:t>
+        <w:t xml:space="preserve"> Бұзушылықтарды жою және ұсынымдарды қарастыру туралы шешім (өкім)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік аудит объектісінің атауы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2018 жылғы 19 наурыздағы № 392 </w:t>
+      өткізілген 20___ жылғы __________________ ішкі аудит нәтижелері туралы есепті қарастыру қорытындысы бойынша және Қазақстан Республикасы Қаржы министрінің 2018 жылғы 19 наурыздағы № 392 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің</w:t>
-[...125 lines deleted...]
-      жөнінде шаралар қабылдансын;</w:t>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 16689 болып тіркелген) бекітілген Ішкі мемлекеттік аудит және қаржылық бақылау жүргізу қағидаларының ___ тармағын басшылыққа ала отырып, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ТАПСЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ішкі аудит нәтижелері туралы есепте берілген ұсынымдар қарастырылсын және орындалуы қамтамасыз етілсін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ішкі аудит нәтижелері туралы есепте көрсетілген қаржылық бұзушылықтарды жою жөнінде шаралар қабылдансын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) анықталған бұзушылықтарға жол берген тұлғалардың жауапкершілігі қарастырылсын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) осы шешімнің (өкімнің) орындалуы туралы ақпаратты растау құжаттарын қоса бере</w:t>
-[...35 lines deleted...]
-      "Мемлекеттік аудит және қаржылық бақылау туралы" Қазақстан Республикасы</w:t>
+      4) осы шешімнің (өкімнің) орындалуы туралы ақпаратты растау құжаттарын қоса бере отырып, 20__ жылғы________ дейінгі мерзімде ұсынылсын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Заңының 25-бабы </w:t>
+      "Мемлекеттік аудит және қаржылық бақылау туралы" Қазақстан Республикасы Заңының 25-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес ұсынымдардың қаралу нәтижелері туралы</w:t>
-[...53 lines deleted...]
-      Осы бұзушылықтарды жою және ұсынымдарды қарастыру туралы шешімнің</w:t>
+        <w:t xml:space="preserve"> сәйкес ұсынымдардың қаралу нәтижелері туралы ақпаратты мемлекеттік аудит объектісі растау құжаттарын қоса бере отырып, көрсетілген мерзімдерде жіберуге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (өкімнің) орындалуын бақылау___________________ ішкі аудит қызметі </w:t>
-[...17 lines deleted...]
-      (тегі, аты, әкесінің аты (бар болса) басшысына жүктелсін.</w:t>
+      Осы бұзушылықтарды жою және ұсынымдарды қарастыру туралы шешімнің (өкімнің) орындалуын бақылау___________________ ішкі аудит қызметі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда) басшысына жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қосымша: Ішкі аудит нәтижелері туралы есеп __ парақта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Орталық мемлекеттік органның басшысы/облыс, республикалық маңызы</w:t>
-[...34 lines deleted...]
-        <w:t xml:space="preserve">                                                  (лауазымы, тегі, аты, әкесінің аты (бар болса), қолы)</w:t>
+      Орталық мемлекеттік органның басшысы/облыс, республикалық маңызы бар қала, астана әкімі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (лауазымы, тегі, аты, әкесінің аты (ол болған жағдайда), қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -33322,130 +28743,94 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Электрондық ішкі мемлекеттік</w:t>
+              <w:t>Электрондық ішкі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>аудит қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>10-қосымша</w:t>
-[...12 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>12-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -33462,1288 +28847,71 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ішкі мемлекеттік аудит</w:t>
-[...1215 lines deleted...]
-              </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z148" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ішкі аудит қызметінің аудиторлық іс-шараның аяқталғаны туралы анықтама</w:t>
+        <w:t xml:space="preserve"> Аудиторлық іс-шараның аяқталғаны туралы анықтама</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -34793,124 +28961,1024 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ішкі мемлекеттік аудит</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>органының басшысы (басшының</w:t>
+              <w:t>жөніндегі уәкілетті</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>орынбасары)</w:t>
+              <w:t>органының/оның</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
+              <w:t>аумақтық бөлімшесінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(тегі, аты, әкесінің аты (бар болса)</w:t>
+              <w:t>басшысы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>20__ жылғы "__"____________</w:t>
+              <w:t>______________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(тегі, аты, әкесінің аты</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(ол болған жағдайда))</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20___ жылғы "__" ______</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1.______________________________________________</w:t>
+      1. Электрондық ішкі мемлекеттік аудит нәтижелері бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік аудит объектісінің ұйымдастыру-құқықтық нысаны және атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мыналар анықталды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қаржылық бұзушылықтардың сомасы ______ мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оның ішінде бюджетке өтелуге жататыны _______ мың теңге, қалпына келтіруге _______ мың теңге; рәсімдік сипаттағы бұзушылықтардың сомасы _______ мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кемшіліктер: ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (кемшіліктерді тізімдеңіз - бұзушылықтарға жол беруге жағдай жасайтын (бұзушылықтардың туындау қаупі) әрекеттер (әрекеттер немесе әрекетсіздік).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мемлекеттік аудит объектісінің атына 20__ жылғы "___" ________ № ___ аудиторлық қорытынды жіберілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қаржылық бақылауға ден қоюдың мынадай шаралары қабылданды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) 20__ жылғы "___" ________ № ___ анықталған бұзушылықтарды жою және оларға жол берген адамдардың жауапкершілігін қарау туралы нұсқама жіберілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (мемлекеттік аудит объектісі қабылдаған шараларды бюджетке өтеуді қамтамасыз ету, жұмыстарды орындау, қызметтер көрсету, тауарларды жеткізу және (немесе) қаржылық бұзушылықтардың анықталған сомаларын есепке алу бойынша көрсету және (немесе) қаржыландыру жоспарын азайту және кінәлі тұлғаларды жауапқа тарту арқылы қалпына келтіру)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік сатып алу саласындағы бұзушылықтар бойынша жүргізілген мемлекеттік сатып алу тәсіліне сәйкес нақты сатып алу бойынша бұзушылықтарды жоюға ықпал ететін мемлекеттік аудит объектісі қабылдаған шараларды көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) әкімшілік құқық бұзушылық туралы Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Кодекс) көзделген құзырет шегінде әкімшілік іс жүргізу қозғалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       (оларға қатысты әкімшілік іс жүргізу қозғалған лауазымды адамдардың лауазымын, тегін, атын, әкесінің атын (ол болған жағдайда), әкімшілік жаза қолдану туралы қаулының күні мен нөмірін, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодекстің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бір бөлігі мен бабын, салынған әкімшілік айыппұлдың сомасын, өндіріп алынған әкімшілік айыппұлдың сомасын; әкімшілік құқық бұзушылық туралы істі тоқтату жөніндегі құжатты көрсету; әкімшілік жаза қолданылмаған жағдайда себептерін көрсету: мысалы, әкімшілік жауапкершілік, мерзімінің өтіп кетуіне байланысты әкімшілік жауаптылықтан босату және т. б. туралы хаттама уақтылы жасалмады)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тиісті аудиторлық дәлелдемелері бар материалдар құқық қорғау органдарына немесе әкімшілік құқық бұзушылық туралы істерді қозғауға және (немесе) қарауға уәкілетті органдарға берілген:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (материалдар берілген құқық қорғау органының немесе әкімшілік құқық бұзушылық туралы істерді қозғауға және (немесе) қарауға уәкілетті органның атауын, ілеспе хаттың күні мен нөмірін көрсету; тиісті орган қабылдаған шаралар)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының заңнамасына сәйкес, оның ішінде жұмыстарды орындау, қызметтер көрсету, тауарларды жеткізу және (немесе) анықталған бұзушылықтар сомасын есепке алу және (немесе) қаржыландыру жоспарын азайту және нұсқаманы орындау арқылы бюджетке өтеуді қамтамасыз ету, қалпына келтіру мақсатында сотқа талап қойылды (сот шешімінің нөмірі мен күнін көрсете отырып, талап қою мәнін, талап қою күнін, талап қою арызын қарау нәтижелерін көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) электрондық ішкі мемлекеттік аудит материалдарын іске асыру туралы басқа да қажетті ақпарат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік аудит объектісі аудиторлық қорытындыда берілген ұсынымдарды қарады және міндетті орындау үшін жіберілген нұсқаманы орындады</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық ішкі мемлекеттік аудит материалдарын ағымдағы архивке беруге Сіздің келісіміңізді сұраймын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік аудит тобының басшысы/мемлекеттік аудитор</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (лауазымы, тегі, аты, әкесінің аты (ол болған жағдайда))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+            20__ жылғы "___" ___________ (қолы) __________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электрондық ішкі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудит қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ішкі аудит қызметінің аудиторлық іс-шараның аяқталғаны туралы анықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ішкі мемлекеттік аудит</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>органының басшысы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(басшының орынбасары)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20__ жылғы "__" ____________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (мемлекеттік аудит объектісінің ұйымдақ-құқықтық нысаны және атауы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -34974,51 +30042,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рәсімдік сипаттағы бұзушылық сомасы _______ мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      кемшілік:_____________________________________________.</w:t>
+      кемшілік: ____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кемшіліктерді санамалау - ықтимал бұзушылықтарға жол беруге (бұзушылықтардың</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -35046,464 +30114,213 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мемлекеттік аудит объектісі мынадай шаралар қабылдады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік аудит объектісінің ілеспе хатының күні мен нөмірін және бюджетке өтеуді</w:t>
-[...251 lines deleted...]
-      шараларды көрсету);</w:t>
+      Мемлекеттік аудит объектісінің ілеспе хатының күні мен нөмірін және бюджетке өтеуді қамтамасыз ету, жұмыстарды орындау, қызметтерді көрсету, тауарларды жеткізу және (немесе) қаржылық бұзушылықтардың анықталған сомаларын есепке алу және (немесе) қаржыландыру жоспарын азайту мен кінәлі адамдарды жауапкершілікке тарту бойынша қалпына келтіруді қамтамасыз ету арқылы мемлекеттік аудит объектісі қабылдаған шараларды көрсету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік сатып алу саласындағы бұзушылықтар бойынша мемлекеттік аудит объектісі қабылдаған мемлекеттік сатып алудың жүргізілген тәсіліне сәйкес нақты сатып алу бойынша бұзушылықтарды жоюға ықпал ететін шараларды көрсету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Материалдарды тиісті аудиторлық дәлелдемелерімен бірге құқық қорғау органдарына немесе әкімшілік құқық бұзушылық туралы істерді қозғауға және (немесе) қарауға уәкілеттік берілген органдарға берілді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (материалдар берілген тиісті құқық қорғау органдарының немесе әкімшілік құқық бұзушылық туралы істерді қозғауға және (немесе) қарауға уәкілеттік берілген органдарының атауы, ілеспе хаттың күні мен нөмірі; тиісті орган қабылдаған шараларды көрсету);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ішкі мемлекеттік аудит материалдарын іске асыру туралы басқа да қажетті ақпарат берілді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Мемлекеттік аудит объектісі берген ұсынымның ішкі аудит нәтижелері туралы есепте</w:t>
-[...71 lines deleted...]
-      сұраймын.</w:t>
+      3. Мемлекеттік аудит объектісі берген ұсынымның ішкі аудит нәтижелері туралы есепте мынадай деректер қарастырылды: (ұсынымдарды қарау нәтижелері туралы мемлекеттік аудит объектісінің ілеспе хатының күні мен нөмірін көрсету).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ішкі мемлекеттік аудит материалдарын ағымдағы архивке тапсыруға Сіздің келісіміңізді сұраймын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік аудит/мемлекеттік аудитор тобының басшысы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ______________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">                           (лауазымы, тегі, аты, әкесінің аты (бар болса)</w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (лауазымы, тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (қолы) _________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -35579,55 +30396,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -35953,31 +30770,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>