--- v0 (2025-11-13)
+++ v1 (2026-03-15)
@@ -1,46 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="31cbb70" w14:textId="31cbb70">
+    <w:p w14:paraId="55439f3" w14:textId="55439f3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -84,70 +86,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Мемлекеттік инвестициялық жобаның инвестициялық ұсынысын әзірлеу немесе түзету, оған қажетті сараптамаларды жүргізу, сондай-ақ бюджеттік инвестицияларды жоспарлау, қарау, іріктеу, іске асырылуын мониторингілеу және бағалау қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2014 жылғы 5 желтоқсандағы № 129 бұйрығына өзгерістер мен толықтырулар енгізу және Қазақстан Республикасы Ұлттық экономика министрінің кейбір бұйрықтарының күші жойылды деп тану туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z0" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Ұлттық экономика министрінің м.а. 2018 жылғы 16 ақпандағы № 61 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 6 наурызда № 16532 болып тіркелді. Күші жойылды - Қазақстан Республикасы Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 2025 жылғы 23 желтоқсандағы № 133 бұйрығымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z0" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z1" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -14775,140 +14853,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ұлттық экономика министрінің</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">міндетін атқарушы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -15367,1909 +15461,1798 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Инвестициялық ұсынысқа экономикалық қорытынды" </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2523"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="264"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2523" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоба бойынша жалпы ақпарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2523" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МИЖ атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2523" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жобаның қуаты (өлшем бірлігі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2523" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Іске асырылу кезеңі (жыл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2523" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланылу кезеңі (жыл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2523" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жобаның іске асырылуын негіздеу (салалық сараптама қорытындысына сәйкес)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2523" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржыландыру тетіктері және көлемдері (пайдалануға берілгенге дейінгі барлық шығындар) (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2523" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БИЖ ТЭН-ін әзірлеу (түзету) құны (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2523" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сатып алу құны (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2523" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік инвестициялық саясаттың басымдықтарына сәйкестігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2523" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұсынылған құжаттың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2523" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік жоспарлау жүйесінің құжаттарындағы ережелерге, Қазақстан Республикасы Президентінің Қазақстан халқына жыл сайынғы жолдауларына, Қазақстан Республикасы Президентінің тапсырмаларына сәйкестігі (құжаттың деректемелерін көрсету)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2523" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жобаны басқарудың институционалдық схемасының пысықталғандығы (іске асырылу барысында, сол сияқты инвестициялықтан кейінгі кезеңдегі барлық жобаға қатысушылары туралы ақпарат, олардың өзара іс -қимылдары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2523" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соңғы нәтиженің өлшенетін (сандық) көрсеткіштерінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2523" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тәуекелдерді бағалау тұрғысынан жобаны іске асыру мүмкіндігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2523" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МИЖ құнын есептеудің негіздемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұжырымдар: (мемлекеттік инвестициялық жобаларды бюджеттен қаржыландырудың ықтимал түрі мен тәсілдерін, сондай-ақ МИЖ іске асырудың орындылығын айқындау).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
@@ -19044,1793 +19027,1689 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бюджеттік инвестициялық жобаға арналған экономикалық қорытынды" </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1939"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="234"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1939" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10127" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жобаның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="234" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1939" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10127" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Жобаның қуаты (өлшем бірлігі) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="234" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1939" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10127" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрылыс мерзімі (құрылу) (жылы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="234" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1939" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10127" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдалану мерзімі (жылы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="234" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1939" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10127" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өтелімділік мерзімі (тауарларды, жұмыстарды және қызметтерді сатудан түскен тікелей ақша қаражатының ағындарын алуға әкеп соқпайтын жобаларды қоспағанда) (жылы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="234" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1939" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10127" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік жоспарлау жүйесі құжаттарының ережелеріне, Қазақстан Республикасы Президентінің Қазақстан халқына жыл сайынғы жолдауларына, Қазақстан Республикасы Президентінің тапсырмаларына сәйкестігі (құжаттың деректемелерін көрсету)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="234" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1939" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10127" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Стратегиялық жоспарда айқындалған нәтижелердің көрсеткіштері </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="234" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1939" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10127" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жобаның құны (пайдалануға енгізуге дейінгі барлық шығындар) (мың. теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="234" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1939" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10127" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жердің сатып алу құны (мың. тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="234" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1939" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10127" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржыландыру көздері (мың. тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="234" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1939" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10127" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоба бойынша құжаттаманың құрамы, оның ішінде экономикалық сараптаманы жүргізуге уәкілетті заңды тұлғаның экономикалық сараптама қорытындысы (экономикалық қорытынды дайындаған кезде назарға алынған құжаттар мен материалдарды көрсету; ұсынылған құжаттар құрамына ескертпелер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="234" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1939" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10127" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Техникалық-технологиялық шешімдерді бағалау </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="234" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1939" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10127" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Институционалдық шешімдерді бағалау </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="234" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1939" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10127" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тәуекелдерді бағалау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="234" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1939" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10127" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әлеуметтік ықпалды бағалау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="234" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұжырымдама:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -21188,371 +21067,376 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Квазимемлекеттік сектор субъектілерінің салалық картасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="466"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1343"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="466" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="758" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жобаның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1472" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Іс-шаралардың /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 компоненттердің атаулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1050" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жобаға тапсырыс беруші</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қатысушылардың (инвестицияны алушы) атаулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2994" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының стратегиялық және (немесе) бағдарламалық құжаттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="758" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экономика секторы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1342" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жобаны іске асыруды бастау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1343" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21701,258 +21585,259 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблицаның жалғасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="960"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="427"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="947"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жобаның аяқталу мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1227" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жобаның іске асырылу орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жобаның тиімділік көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жобаның өтелімділік мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нәтижелер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1936" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -21982,51 +21867,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржыландыру көзі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="427" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -22102,231 +21987,231 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="693" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Республикалық бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="693" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="693" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұлттық қор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="693" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз қаражаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="693" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзіндік қаражат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1939" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23124,70 +23009,71 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жұмыстар топтамасының операциясы" </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1424"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="2479"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23197,78 +23083,71 @@
               <w:t>
 Жұмыстың сипаттамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23339,51 +23218,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бакылау мезгілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23393,118 +23272,104 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23514,118 +23379,104 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23635,192 +23486,178 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Операциясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -23887,51 +23724,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Материалдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2479" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -23968,245 +23805,249 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2128" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағалау</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (теңге/сағат)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  Барлығы (теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24216,359 +24057,303 @@
               <w:t>
 Жалпы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1424" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...172 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -24939,994 +24724,869 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жобаның мүдделі тараптары" </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5554"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="981"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5554" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тегі, аты-жөнінің бас әріптері /тобы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  Лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жобадағы рөлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Байланыс ақпараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="981" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ықпалы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5554" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5554" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5554" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -26297,176 +25957,177 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Операциялар тізімі" </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5676"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3312"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5676" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3312" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Операция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3312" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмыстардың сипаттамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5676" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26500,126 +26161,119 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жұмыс топтамасының атауы" жұмыс топтамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5676" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3312" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3312" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27021,250 +26675,251 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Операцияның ресурстары" </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6513"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1602"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6513" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Операцияның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1601" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ресурстың типі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="984" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1602" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ресурстардың қолжетімділігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6513" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27298,241 +26953,206 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  "Жұмыстар топтамасының атауы" жұмыстар топтамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6513" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -27903,755 +27523,672 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Коммуникацияларды басқару жоспары" </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3448"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1169"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3448" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Хабарлама түрі /форматы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2717" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тағайындау /аудитория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1899" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Беру әдісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1168" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мерзімділігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1899" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құпиялылық дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1169" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жіберуші</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3448" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3448" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -29022,492 +28559,472 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Өзгерістерді бақылау процестері" </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7808"/>
-        <w:gridCol w:w="4492"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7808" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзгерістер объектісі (саласы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4492" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзгерістерді айқындау рәсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7808" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4492" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7808" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4492" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7808" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мазмұны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4492" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7808" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жобаның құжаттамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4492" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 –</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7808" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4492" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29909,1277 +29426,1142 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Тәуекелдердің мақсаттарға қол жеткізуге ықпалын айқындау" </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1177"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="649"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ықпалы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мыналар бойынша мақсаттар:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2805" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өте төмен</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (0,05)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төмен (0,1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірқалыпты (0,2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2557" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоғары (0,4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салмақтық коэффициенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2805" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мерзімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2805" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мазмұны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2805" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сапасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2805" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -31550,149 +30932,150 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жобаның тәуекелдері, олардың жобаға ықпалы және тәуекелдерге ден қою"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="695"/>
-[...13 lines deleted...]
-        <w:gridCol w:w="696"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="695" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тәуекелдің коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="695" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тәуекелдің сипаттамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="427" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -31722,162 +31105,162 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ықпалы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="427" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1231" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тәуекелге әсер ету стратегиясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ден қою стратегиясы шеңберіндегі әрекеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -32158,303 +31541,303 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="962" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ықпал ету деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="695" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салмақтық коэффициент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="962" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ықпал ету деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="695" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салмақтық коэффициент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ықпал ету деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="695" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салмақтық коэффициенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ықпал ету деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="695" w:type="dxa"/>
+            <w:tcW w:w="820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32503,677 +31886,565 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="695" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...172 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="695" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...172 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -33544,73 +32815,74 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Тәуекел туралы деректер" </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1943"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="525"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="947"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -33621,189 +32893,161 @@
               <w:t>
 Тәуекелдің сипаттамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="852" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
@@ -33888,51 +33132,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -33962,51 +33206,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ықпал етуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34201,126 +33445,119 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құнға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="853" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стратегия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="525" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34330,159 +33567,159 @@
               <w:t>
 Әрекеттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ықпал ету дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салмақтық коэффициенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ықпал ету дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34511,123 +33748,123 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ықпал ету дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салмақтық коэффициенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ықпал ету дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34637,475 +33874,398 @@
               <w:t>
 Салмақтық коэффициенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...133 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -35135,123 +34295,123 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түзетілген ықпал ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түзетілген мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="853" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тәуекелдің иесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="525" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35409,256 +34569,242 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құнға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ықпал ету дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салмақтық коэффициенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ықпал ету дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35687,123 +34833,123 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ықпал ету дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салмақтық коэффициенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ықпал ету дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35813,570 +34959,490 @@
               <w:t>
 Салмақтық коэффициенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...133 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қайталама</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тәуекелдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36386,78 +35452,71 @@
               <w:t>
 Қалдық тәуекел</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36528,445 +35587,382 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уақыт резерві</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1180" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...133 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36976,78 +35972,71 @@
               <w:t>
 Қосымша жоспарлар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37057,68 +36046,61 @@
               <w:t>
 Ескертпелер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -37489,516 +36471,475 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жоба бойынша тікелей жұмыстар" </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="709"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3374"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептік кезеңге жоспарланған жұмыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмыстың коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2485" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орындалуы туралы белгісі, күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауытқудың негізгі себебі  /орындалмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3374" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бақылау оқиғаларына немесе жобаны аяқтау күніне ықпалы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -38369,66 +37310,67 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Заңды тұлғалардың жарғылық капиталына мемлекеттiң қатысуы арқылы iске асырылуы жоспарланатын бюджеттiк инвестициялардың экономикалық қорытындысы" </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2074"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2972"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38462,326 +37404,291 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жалпы мәлiметтер" бөлiмi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік инвестициялардың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік бағдарлама әкімшісінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -38817,85 +37724,78 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
@@ -38925,129 +37825,115 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -39083,129 +37969,115 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қатысушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -39217,881 +38089,797 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инвестицияларды алушы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Іс-шараның тізімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-іс-шара</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-іс-шара</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 n-іс-шара</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Іске асырылу кезеңі (айы, жылы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Бюджеттік инвестициялардың көлемі, мың.теңге </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік үкіметтік бағдарламалар мен аумақтарды дамыту бағдарламаларына сәйкес келуі (құжат деректемелерін көрсету)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Экономикалық сараптама жүргізуге уәкілетті заңды тұлғаның экономикалық сараптама қорытындысының бар болуы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -40125,291 +38913,263 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Нәтижелер" бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тікелей нәтиже</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түпкілікті нәтиже</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -40443,90 +39203,83 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Іс-шаралар құны" бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -40556,129 +39309,115 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -40690,423 +39429,388 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 оның ішінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2823" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-іс-шара</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2823" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-іс-шара</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2823" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 n-іс-шара</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -41140,127 +39844,120 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзгелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ….</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -41633,63 +40330,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -42011,35 +40730,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId7"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>