--- v0 (2025-11-09)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bad8526" w14:textId="bad8526">
+    <w:p w14:paraId="ca8974a" w14:textId="ca8974a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Құқық қорғау органдары және (немесе) уәкілетті орган ұсынатын, қылмыстық жолмен алынған кірістерді жылыстатуға және терроризмді қаржыландыруға ықтимал қатысы болуы туралы ақпарат алған кезде, Еуразиялық экономикалық одақтың кедендік шекарасы арқылы өткізілетін қолма-қол ақша қаражатын және (немесе) ақша құралдарын уәкілетті орган айқындайтын тәртіппен ұстап алуды (тоқтата тұруды) жүзеге асыру қағидаларын бекіту туралы</w:t>
+        <w:t>Құқық қорғау органдары және (немесе) уәкілетті орган ұсынатын, қылмыстық жолмен алынған кірістерді жылыстатуға, терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға ықтимал қатысы болуы туралы ақпарат алған кезде, Еуразиялық экономикалық одақтың кедендік шекарасы арқылы өткізілетін қолма-қол ақша қаражатын және (немесе) ақша құралдарын уәкілетті орган айқындайтын тәртіппен ұстап алуды (тоқтата тұруды) жүзеге асыру қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Қаржы министрінің 2018 жылғы 15 ақпандағы № 193 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 3 наурызда № 16481 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда - ҚР Қаржы министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 823</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы кедендік реттеу туралы" Қазақстан Республикасы кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -234,74 +272,136 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Құқық қорғау органдары және (немесе) уәкілетті орган ұсынатын, қылмыстық жолмен алынған кірістерді жылыстатуға және терроризмді қаржыландыруға ықтимал қатысы болуы туралы ақпарат алған кезде, Еуразиялық экономикалық одақтың кедендік шекарасы арқылы өткізілетін қолма-қол ақша қаражатын және (немесе) ақша құралдарын уәкілетті орган айқындайтын тәртіппен ұстап алуды (тоқтата тұруды) жүзеге асыру </w:t>
+      1. Құқық қорғау органдары және (немесе) уәкілетті орган ұсынатын, қылмыстық жолмен алынған кірістерді жылыстатуға, терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға ықтимал қатысы болуы туралы ақпарат алған кезде, Еуразиялық экономикалық одақтың кедендік шекарасы арқылы өткізілетін қолма-қол ақша қаражатын және (немесе) ақша құралдарын уәкілетті орган айқындайтын тәртіппен ұстап алуды (тоқтата тұруды) жүзеге асыру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 823</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті (А.М. Теңгебаев) заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -679,188 +779,350 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Құқық қорғау органдары және (немесе) уәкілетті орган ұсынатын, қылмыстық жолмен алынған кірістерді жылыстатуға және терроризмді қаржыландыруға ықтимал қатысы болуы туралы ақпарат алған кезде, Еуразиялық экономикалық одақтың кедендік шекарасы арқылы өткізілетін қолма-қол ақша қаражатын және (немесе) ақша құралдарын уәкілетті орган айқындайтын тәртіппен ұстап алуды (тоқтата тұруды) жүзеге асыру қағидалары</w:t>
+        <w:t xml:space="preserve"> Құқық қорғау органдары және (немесе) уәкілетті орган ұсынатын, қылмыстық жолмен алынған кірістерді жылыстатуға, терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға ықтимал қатысы болуы туралы ақпарат алған кезде, Еуразиялық экономикалық одақтың кедендік шекарасы арқылы өткізілетін қолма-қол ақша қаражатын және (немесе) ақша құралдарын уәкілетті орган айқындайтын тәртіппен ұстап алуды (тоқтата тұруды) жүзеге асыру қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
+      Ескерту. Қағидалардың тақырыбы жаңа редакцияда - ҚР Қаржы министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 823</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
       Ескерту. Қағида жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 26.05.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 530</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z33" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z34" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Құқық қорғау органдары және (немесе) уәкілетті орган ұсынатын, қылмыстық жолмен алынған кірістерді жылыстатуға және терроризмді қаржыландыруға ықтимал қатысы болуы туралы ақпарат алған кезде, Еуразиялық экономикалық одақтың (бұдан әрі – ЕАЭО) кедендік шекарасы арқылы өткізілетін қолма-қол ақша қаражатын және (немесе) ақша құралдарын уәкілетті орган айқындайтын тәртіппен ұстап алуды (тоқтата тұруды) жүзеге асыру қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасындағы кедендік реттеу туралы" Қазақстан Республикасы Кодексінің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 1-тармағының 14) тармақшасына сәйкес әзірленді және Құқық қорғау органдары және (немесе) уәкілетті орган ұсынатын, қылмыстық жолмен алынған кірістерді жылыстатуға және терроризмді қаржыландыруға ықтимал қатысы болуы туралы ақпарат алған кезде, Еуразиялық экономикалық одақтың кедендік шекарасы арқылы өткізілетін қолма-қол ақша қаражатын және (немесе) ақша құралдарын уәкілетті орган айқындайтын тәртіппен ұстап алуды (тоқтата тұруды) жүзеге асыру қағидаларын айқындайды.</w:t>
+      1. Осы Құқық қорғау органдары және (немесе) уәкілетті орган ұсынатын, қылмыстық жолмен алынған кірістерді жылыстатуға, терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға ықтимал қатысы болуы туралы ақпарат алған кезде, Еуразиялық экономикалық одақтың (бұдан әрі – ЕАЭО) кедендік шекарасы арқылы өткізілетін қолма-қол ақша қаражатын және (немесе) ақша құралдарын уәкілетті орган айқындайтын тәртіппен ұстап алуды (тоқтата тұруды) жүзеге асыру қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасындағы кедендік реттеу туралы" Қазақстан Республикасы Кодексінің 13-бабы 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және Құқық қорғау органдары және (немесе) уәкілетті орган ұсынатын, қылмыстық жолмен алынған кірістерді жылыстатуға, терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға ықтимал қатысы болуы туралы ақпарат алған кезде, Еуразиялық экономикалық одақтың кедендік шекарасы арқылы өткізілетін қолма-қол ақша қаражатын және (немесе) ақша құралдарын уәкілетті орган айқындайтын тәртіппен ұстап алуды (тоқтата тұруды) жүзеге асыру қағидаларын айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 823</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z20" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Ұстауды жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Мемлекеттік кірістер органдары құқық қорғау органдарымен және қаржы мониторингі бойынша уәкілетті органмен өзара іс-қимылда құқық қорғау органдары және (немесе) қаржы мониторингі бойынша уәкілетті орган беретін ақпараттың негізінде ЕАЭО кедендік шекарасы арқылы қолма-қол ақша қаражаты мен (немесе) ақша құралдарын өткізуді ұстау арқылы ЕАЭО кедендік шекарасы арқылы қолма-қол ақша қаражаты мен (немесе) ақша құралдарын өткізу кезінде қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл бойынша шараларды қабылдайды.</w:t>
+      2. Мемлекеттік кірістер органдары құқық қорғау органдарымен және қаржы мониторингі бойынша уәкілетті органмен өзара іс-қимылда құқық қорғау органдары және (немесе) қаржы мониторингі бойынша уәкілетті орган беретін ақпараттың негізінде ЕАЭО кедендік шекарасы арқылы қолма-қол ақша қаражаты мен (немесе) ақша құралдарын өткізуді ұстау арқылы ЕАЭО кедендік шекарасы арқылы қолма-қол ақша қаражаты мен (немесе) ақша құралдарын өткізу кезінде қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл бойынша шараларды қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Қаржы министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 823</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Мемлекеттік кірістер органдары ЕАЭО және Қазақстан Республикасының кеден заңнамаларына сәйкес жолаушылар кедендік декларациясында мәлімделген мәліметтерді пайдалана отырып, қолма-қол ақша қаражаты мен (немесе) ақша құралдарын ұстауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -873,54 +1135,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Қолма-қол ақша қаражатын тоқтата тұру кезінде Қазақстан Республикасының "Кеден одағының кедендік шекарасы арқылы қолма-қол ақша қаражатын және (немесе) ақша құралдарын өткізу кезінде қылмыстық жолмен алынған кiрiстердi заңдастыруға (жылыстатуға) және терроризмдi қаржыландыруға қарсы iс-қимыл туралы шартты ратификациялау туралы" Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ратификацияланған, Кеден одағының кедендік шекарасы арқылы қолма-қол ақша қаражатын және (немесе) ақша құралдарын өткізу кезінде мемлекеттік кірңстер органдары қылмыстық жолмен алынған кiрiстердi заңдастыруға (жылыстатуға) және терроризмдi қаржыландыруға қарсы iс-қимыл туралы шартты басшылыққа алу қажет.</w:t>
+        <w:t xml:space="preserve"> ратификацияланған, Кеден одағының кедендік шекарасы арқылы қолма-қол ақша қаражатын және (немесе) ақша құралдарын өткізу кезінде мемлекеттік кірістер органдары қылмыстық жолмен алынған кiрiстердi заңдастыруға (жылыстатуға), терроризмдi қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы iс-қимыл туралы шартты басшылыққа алу қажет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Қаржы министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 823</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-параграф. Алынған қолма-қол ақша қаражаты мен (немесе) ақша құралдарын сақтау және ұстау мерзімдері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z25" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1146,291 +1470,357 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Құқық қорғау органдары және</w:t>
+              <w:t xml:space="preserve">Құқық қорғау органдары және </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(немесе) уәкілетті орган</w:t>
+              <w:t xml:space="preserve">(немесе) уәкілетті орган </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұсынатын, қылмыстық жолмен</w:t>
+              <w:t xml:space="preserve">ұсынатын, қылмыстық жолмен </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>алынған кірістерді жылыстатуға</w:t>
+              <w:t xml:space="preserve">алынған кірістерді жылыстатуға, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және терроризмді</w:t>
+              <w:t xml:space="preserve">терроризмді қаржыландыруға </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қаржыландыруға ықтимал</w:t>
+              <w:t xml:space="preserve">және жаппай қырып-жою </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қатысы болуы туралы ақпарат</w:t>
+              <w:t xml:space="preserve">қаруын таратуды </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>алған кезде, Еуразиялық</w:t>
+              <w:t xml:space="preserve">қаржыландыруға ықтимал </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>экономикалық одақтың кедендік</w:t>
+              <w:t xml:space="preserve">қатысы болуы туралы ақпарат </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>шекарасы арқылы өткізілетін</w:t>
+              <w:t xml:space="preserve">алған кезде, Еуразиялық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қолма-қол ақша қаражатын және</w:t>
+              <w:t xml:space="preserve">экономикалық одақтың кедендік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(немесе) ақша құралдарын</w:t>
+              <w:t xml:space="preserve">шекарасы арқылы өткізілетін </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>уәкілетті орган айқындайтын</w:t>
+              <w:t xml:space="preserve">қолма-қол ақша қаражатын және </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тәртіппен ұстап алуды (тоқтата</w:t>
+              <w:t xml:space="preserve">(немесе) ақша құралдарын </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тұруды) жүзеге асыру</w:t>
+              <w:t xml:space="preserve">уәкілетті орган айқындайтын </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларын бекіту туралы</w:t>
+              <w:t xml:space="preserve">тәртіппен ұстап алуды (тоқтата </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларға 1-қосымша</w:t>
+              <w:t xml:space="preserve">тұруды) жүзеге асыру </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z35" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> _______________ бойынша Мемлекеттік кірістер департаменті ____________ кеден бекеті Алынған қолма-қол ақша қаражаты мен (немесе) ақша құралдарын есепке алу журналы</w:t>
+        <w:t xml:space="preserve"> _____________бойынша Мемлекеттік кірістер департаменті __________кеден бекеті  Алынған қолма-қол ақша қаражаты мен (немесе) ақша құралдарын есепке алу журналы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Қаржы министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 823</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -1452,311 +1842,391 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-№ </w:t>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Актінің тіркеу нөмірі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Регистрационный номер акта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тіркеу күні</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тіркеу күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заңды немесе жеке тұлғаның деректері</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заңды немесе жеке тұлғаның деректері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қолма-қол ақша қаражаты мен (немесе) ақша құралдарының атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қолма-қол ақша қаражаты мен (немесе) ақша құралдарының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы/мөлшері</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сомасы/мөлшері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пломбалардың орын саны /нөмірі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пломбалардың орын саны /нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жауапты қызметкердің тегі, аты-жөні және қолы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапты қызметкердің Тегі, аты, әкесінің аты (егер ол жеке басты куәландыратын құжатта көрсетілсе) және қолы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -3703,401 +4173,579 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Құқық қорғау органдары және</w:t>
+              <w:t xml:space="preserve">Құқық қорғау органдары және </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(немесе) уәкілетті орган</w:t>
+              <w:t xml:space="preserve">(немесе) уәкілетті орган </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұсынатын, қылмыстық жолмен</w:t>
+              <w:t xml:space="preserve">ұсынатын, қылмыстық жолмен </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>алынған кірістерді жылыстатуға</w:t>
+              <w:t xml:space="preserve">алынған кірістерді жылыстатуға, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және терроризмді</w:t>
+              <w:t xml:space="preserve">терроризмді қаржыландыруға </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қаржыландыруға ықтимал</w:t>
+              <w:t xml:space="preserve">және жаппай қырып-жою </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қатысы болуы туралы ақпарат</w:t>
+              <w:t xml:space="preserve">қаруын таратуды </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>алған кезде, Еуразиялық</w:t>
+              <w:t xml:space="preserve">қаржыландыруға ықтимал </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>экономикалық одақтың кедендік</w:t>
+              <w:t xml:space="preserve">қатысы болуы туралы ақпарат </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>шекарасы арқылы өткізілетін</w:t>
+              <w:t xml:space="preserve">алған кезде, Еуразиялық </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">экономикалық одақтың кедендік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қолма-қол ақша қаражатын және</w:t>
+              <w:t xml:space="preserve">шекарасы арқылы өткізілетін </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(немесе) ақша құралдарын</w:t>
+              <w:t xml:space="preserve">қолма-қол ақша қаражатын және </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>уәкілетті орган айқындайтын</w:t>
+              <w:t xml:space="preserve">(немесе) ақша құралдарын </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тәртіппен ұстап алуды (тоқтата</w:t>
+              <w:t xml:space="preserve">уәкілетті орган айқындайтын </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тұруды) жүзеге асыру</w:t>
+              <w:t xml:space="preserve">тәртіппен ұстап алуды (тоқтата </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларын бекіту туралы</w:t>
+              <w:t xml:space="preserve">тұруды) жүзеге асыру </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларға 2-қосымша</w:t>
+              <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:bookmarkStart w:name="z32" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ұстап алынған (тоқтатыла тұрған) қолма-қол ақша қаражаты мен (немесе) ақша құралдарын беру АКТІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      20__ жылғы "___" ________________ № ________________________________</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Қаржы министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 823</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ____________________________________________________________________</w:t>
+      20__ жылғы "___" ________________ №</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      (акті жасалған жер (ел, елді-мекен)</w:t>
+        <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ____________________________________________________________________</w:t>
+        <w:t>(акті жасалған жер (ел, елді-мекен)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      (мемлекеттік кірістер органының атауы)</w:t>
+        <w:t xml:space="preserve">_________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>(мемлекеттік кірістер органының атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
       Ұстап алынған (тоқтатылған) қолма-қол ақша қаражаты мен (немесе) ақша құралдары</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
@@ -4116,199 +4764,249 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қолма-қол ақша қаражаты мен (немесе) ақша құралдарының атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қолма-қол ақша қаражаты мен (немесе) ақша құралдарының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы/мөлшері</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сомасы/мөлшері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қолма-қол ақша қаражаттары және (немесе) ақша құралдары, оның ішінде бонкнот номиналы, чектер туралы мәліметтер</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қолма-қол ақша қаражаттары және (немесе) ақша құралдары, оның ішінде бонкнот номиналы, чектер туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әріптік-сандық нөмірі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әріптік-сандық нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -4532,346 +5230,270 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...80 lines deleted...]
-      </w:pPr>
+        <w:t>      Сәйкестендіру құралы ___________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(орын саны, пломбалар саны мен нөмірлері)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>берді лауазымды адамның тегі, аты, әкесінің аты (егер ол жеке басты куәландыратын құжатта көрсетілсе) лауазымы)____________ / _______________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(күні) (қолы) лауазымды</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұлғасы жеке нөмерінің таңбасы</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________ қабылдап алды</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(мемлекеттік органның/заңды тұлғаның атауы, мемлекеттік органның/заңды тұлғаның</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымды тұлғасының тегі, аты, әкесінің аты (егер ол жеке басты куәландыратын құжатта көрсетілсе), лауазымы)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________ / _______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(күні) (қолы)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Актінің данасын алды: __________ ________ / __________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(күні) (қолы) (тегі, аты, әкесінің аты (егер ол жеке басты куәландыратын құжатта көрсетілсе))</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _______________________________________________________ қабылдап алды</w:t>
-[...107 lines deleted...]
-                                        (күні) (қолы) (тегі, аты және әкесінің аты (ол болған кезде))</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -4879,55 +5501,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5253,31 +5875,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>