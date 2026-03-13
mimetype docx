--- v0 (2025-10-02)
+++ v1 (2026-03-13)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c962485" w14:textId="c962485">
+    <w:p w14:paraId="9f50a03" w14:textId="9f50a03">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,160 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Тақырыптық және қарсы тексерулер тағайындау мен хронометраждық зерттеп-қарауды жүргізу туралы шешім шығару қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Қаржы министрінің 2018 жылғы 15 ақпандағы № 197 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 2 наурызда № 16479 болып тіркелді. Күші жойылды - Қазақстан Республикасы Қаржы министрінің 2025 жылғы 30 қыркүйектегі № 548 бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың күші жойылды – ҚР Қаржы министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 142-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -201,50 +293,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -263,210 +356,210 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Тақырыптық және қарсы тексерулер тағайындау мен хронометраждық зерттеп-қарауды жүргізу туралы шешім шығару </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті (А.М. Теңгебаев) заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық мемлекеттік тіркелген күннен бастап күнтізбелік он күн ішінде оның қазақ және орыс тілдеріндегі қағаз және электрондық түрдегі көшірмелерін ресми жариялау және Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жолдануын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрықтың Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -575,68 +668,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Б. Сұлтанов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -728,164 +803,164 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 197 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тақырыптық және қарсы тексерулер тағайындау мен хронометраждық зерттеп-қарауды жүргізу туралы шешім шығару қағидалары </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z29" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z29" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы Тақырыптық және қарсы тексерулер тағайындау мен хронометраждық зерттеп-тексеруді жүргізу туралы шешім шығару қағидалары (бұдан әрі - Қағидалар) тақырыптық және қарсы тексерулер тағайындау мен хронометраждық зерттеп-тексеруді жүргізу туралы шешім шығару тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Пирамида" талдамалық есебі салық төлеуші (салық агенті) ұсынған қосылған құн салығы бойынша салықтық есептілікті және ақпараттық жүйелерінің мәліметтерін зерделеу және талдау негізінде мемлекеттік кірістер органдары жүзеге асыратын бақылаудың нәтижелері болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z13" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Тақырыптық тексерулерді тағайындау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z14" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Салық төлеушінің тіркеу деректерінде көрсетілген тұрғылықты жері бойынша мемлекеттік кірістер органының шешімі негізінде және (немесе) салық салынатын объектінің және (немесе) салық салуға байланысты объектінің орналасқан жері бойынша тақырыптық тексерулер мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) мемлекеттік кірістер органдарында тіркеу есебіне қою; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1214,133 +1289,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkStart w:name="z15" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        4. Осы Қағидалардың 3-тармағында көрсетілген салықтық тексерулерді тағайындау бойынша мемлекеттік кірістер органының шешімі осы Қағидалардың қосымшасында келтіргеніне сәйкес Мемлекеттік кірістер органы тақырыптық тексерулер тағайындау және хронометраждық зерттеп-тексеруді жүргізу туралы шешім шығару үшін өлшемшарттарды (бұдан әрі - Өлшемшарттар) ескере отырып, Қазақстан Республикасының салық заңнамасын бұзу туралы куәландыратын фактілер мен мән-жайлар болған кезде шығарылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z16" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Қарсы тексерулерді тағайындау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z17" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Қарсы салықтық тексерулерді мемлекеттік кірістер органдары "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" (Салық кодексі) Қазақстан Республикасы Кодексінің (бұдан әрі – Салық кодексі) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>143-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тағайындайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1359,70 +1429,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қарсы тексеруді мемлекеттік кірістер органы кешенді немесе тақырыптық тексеру жүргізіп отырған салық төлеушімен (салық агентімен) операцияларды жүзеге асырған тұлғаларға көрсетілген тұлғалардан осындай операциялар, фактіні растау және көрсетілген салық төлеушіні (салық агентін) тексеру барысында туындайтын мәселелер бойынша операциялардың мазмұны туралы қосымша ақпарат алу мақсатында мемлекеттік кірістер органы тағайындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексерілетін салық төлеушінің (салық агентінің) жеткізушілері мен сатып алушыларын (бұдан әрі – контрагенттерді) қарсы тексеру тағайындалғанға дейін салықтық тексеруді жүзеге асыратын мемлекеттік кірістер органының лауазымды адамы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1487,70 +1557,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тексерілетін кезеңдегі контрагенттерді камералдық бақылау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қосылған құн салығы (бұдан әрі – ҚҚС) бойынша ұсынылған салық есептілігі нысандарының нәтижелері бойынша анықталған бұзушылықтар бойынша "Пирамида" есебіне талдау жүргізуі қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы Қағидалардың 8-тармағымен басқа қарастырылмаса, қарсы тексерулер жүргізуге сұрау салулар мынадай жеткізушілермен (салық төлеушілермен):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электр және (немесе) жылу энергиясын, суды, газды, байланыс қызметтерiн (егер тізбеленгендер тауар болып табылмайтын жағдайда) жеткізуді жүзеге асыратын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1651,70 +1721,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тек қана электронды түрде шот-фактураларды жазғандармен өзара есеп айырысу бойынша қалыптастырылмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Қағидалардың 8-тармағымен басқа қарастырылмаса, Қағидалардың осы тармағында көрсетілген салық төлеушілер қарсы тексеруге жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қарсы тексеру тағайындау және қарсы тексеру жүргізу туралы мемлекеттік кірістер органына сұрау салу жіберу үшін мемлекеттік кірістер органдары, оның ішінде мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тауарлардың (жұмыстардың, қызметтердің) мәмілелері бойынша тауарларды (жұмыстарды, қызметтерді), мүлікті өткізуден алынған пайданы кіріс есебіне жатқызбау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1933,128 +2003,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қарсы тексерулерді жүргізуге сұрау салулар мен осы сұрау салуларға жауаптар, сондай-ақ жеткізушілері салықтық мониторингке жататын ҚҚС төлеушілердің қайтаруға қойған ҚҚС сомаларының дұрыстығын растау бойынша сұрау салулар Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің ақпараттық жүйесі арқылы қалыптастырылады, орындалады және жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z22" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Хронометраждық зерттеп-қарауды тағайындау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z23" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Мемлекеттік кірістер органы хронометраждық зерттеп-тексеруді жүргізу туралы шешімді салық төлеушінің тіркеу деректерінде көрсетілген орналасқан жері бойынша және (немесе) салық салу объектiсiнің және (немесе) салық салуға байланысты объектiнің орналасқан жері бойынша шығарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z24" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Хронометраждық зерттеп-тексеруді тағайындау бойынша мемлекеттік кірістер органының шешімі Өлшемшарттарды ескере отырып, Қазақстан Республикасының салық заңнамасын бұзу туралы куәландыратын фактілер мен мән-жайлар болған кезде шығарылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2146,106 +2216,106 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">тексеруді жүргізу туралы шешім </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">шығару қағидаларына қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік кірістер органы тақырыптық тексерулер тағайындау және хронометраждық зерттеп-тексеруді жүргізу туралы шешім шығару үшін өлшемшарттар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік кірістер органы осы бұйрықпен бекітілген Тақырыптық және қарсы тексерулер тағайындау мен хронометраждық зерттеп-тексеруді жүргізу туралы шешім шығару қағидаларының (бұдан әрі - Қағидалар) 3 және 10-тармақтарында көрсетілген шешімдерді шығаруы үшін мынадай өлшемшарттардың бірінің:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Хронометраждық зерттеп-тексерулер үшін (жүргізілген талдау деректері бойынша):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) салық жүктемесінің төмен коэффициенті (бұдан әрі – СЖК) (орташа салалықтан төмен), сондай-ақ салық есептілігінің деректері бойынша еңбекақысы ең аз жалдамалы қызметкерлердің саны (қызмет саласына қарай);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2346,70 +2416,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) салық төлеушінің (салық агентінің) сауда-сатып алу қызметін жүзеге асыру кезінде салық кезеңдері үшін дәйекті түрде ұсынған салық есептіліктерінде бірдей табыс сомаларын көрсетуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) жалпы пайдаланымдағы телекоммуникация желілері арқылы мемлекеттік кірістер органдарына ақшалай есеп айырысулар туралы мәліметтердің жедел режимде берілуін қамтамасыз ететін бақылау-кассалық машиналарды бір жұмыс күні ішінде пайдалануының төмен мерзімділігі туралы мәліметтердің болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларының 3-тармағында көрсетілген мәселелер бойынша тақырыптық тексерулер үшін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) шағымдар, оның ішінде әлеуметтік желілер мен бейнехостингтерде, мобильдік құрылғылардың қосымшалары (Whatsap, Facebook, Wіpon және басқалар) арқылы, сондай-ақ электрондық шағым кітабы арқылы; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2787,63 +2857,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3165,35 +3257,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>