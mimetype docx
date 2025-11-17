--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3b73ac7" w14:textId="3b73ac7">
+    <w:p w14:paraId="b055ac1" w14:textId="b055ac1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -123,475 +123,611 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      РҚАО-ның ескертпесі!</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осы бұйрықтың қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда – ҚР Қаржы министрінің 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 420</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13), 13-1), 13-2) және 14) тармақшасына, "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасы Заңының 50-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы министрінің м.а. 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 648</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі және 31.12.2025 қоса алғанға дейін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданыста</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болады) бұйрығымен.</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...153 lines deleted...]
-    <w:bookmarkEnd w:id="0"/>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мыналар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z97" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес банк шоттарының бар-жоғы және олардың нөмірлері туралы, осы шоттардағы ақша қалдығы туралы мәліметтер нысаны;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z98" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес банк шоттарындағы ақшаның қозғалысы туралы мәліметтер нысаны;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z99" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес сыйақыны қоса алғанда, өтеу сомаларын көрсете отырып, активтері мен міндеттемелері туралы декларацияны тапсыру жөніндегі міндет туындаған, жеке тұлғаға берілген кредиттер туралы мәліметтердің нысаны бекітілсін.</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> сәйкес сыйақыны қоса алғанда, өтеу сомаларын көрсете отырып, активтері мен міндеттемелері туралы, кірістер мен мүлік туралы декларацияны тапсыру жөніндегі міндет туындаған, жеке тұлғаға берілген кредиттер туралы мәліметтердің нысаны бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Қаржы министрінің 30.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 420</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Қаржы министрінің м.а. 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 648</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі және 31.12.2025 қоса алғанға дейін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданыста</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болады) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z3" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тізбе бойынша Қазақстан Республикасы Қаржы министрлігінің кейбір бұйрықтарының күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z4" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті (А.М. Теңгебаев) заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -620,114 +756,115 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрықтың Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkStart w:name="z5" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Осы бұйрық 2020 жылғы 1 қаңтардан бастап қолданысқа енгізілетін осы бұйрықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2) және 3) тармақшаларын қоспағанда, оның алғаш рет ресми жарияланған күнінен кейінгі күнтізбелік он күн ішінде қолданысқа енгізіледі, бұл ретте осы бұйрықтың 1-тармағының 3) тармақшасы 2026 жылғы 1 қаңтарға дейін қолданыста болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -735,51 +872,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасының Қаржы министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1008,219 +1145,177 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 119 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
-          </w:p>
-[...62 lines deleted...]
-              <w:t>Нысан</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z100" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Банк шоттарының бар-жоғы және олардың нөмірлері туралы, осы шоттардағы ақшаның қалдығы туралы</w:t>
-[...13 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Банк шоттарының бар-жоғы және олардың нөмірлері туралы, осы шоттардағы ақшаның қалдығы туралы 20__ жылғы "__" _____ бастап 20__ жылғы "__"_____ аралығындағы кезең үшін мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда – ҚР Қаржы министрінің 30.04.2021 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Қаржы министрінің м.а. 30.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 420</w:t>
+        <w:t>№ 648</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі және 31.12.2025 қоса алғанға дейін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданыста</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болады) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="666"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="1223"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1281,449 +1376,399 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Банктің, Қазақстан Республикасының бейрезиденті-банк филиалының, банк шоттары ашылған оның құрылымдық бөлімшелерінің деректемелері</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="666" w:type="dxa"/>
+Банктің, Қазақстан Республикасының бейрезидент-банкі филиалының, банк шоттары ашылған оның құрылымдық бөлімшелерінің деректемелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банк шотының түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Банк шотындағы валюта</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="666" w:type="dxa"/>
+Банк шотының валютасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Банк шотындағы нөмірі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1223" w:type="dxa"/>
+Банк шотының нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кезеңнің басындағы банк шотындағы ақша қалдығы</w:t>
-[...36 lines deleted...]
-Кезеңнің соңындағы банк шотындағы ақша қалдығы</w:t>
+Есепті кезеңнің 31 желтоқсанындағы жағдай бойынша банк шотындағы ақша қалдығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1609" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖСН/БСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе)/атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БСК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 атауы</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...11 lines deleted...]
-          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
@@ -1740,678 +1785,552 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1609" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1223" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
-            </w:r>
-[...34 lines deleted...]
-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...226 lines deleted...]
-      Көрсетілгіен мәліметтерді ұсыну мерзімі – мемлекеттік кірістер органының сұрау салуын алған күннен бастап 10 (он) жұмыс күні ішінде.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________________________________________________ (нысанды жасауға жауапты адамның тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе), қолы) ________________________________________________________________________________ (басшының тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аббревиатуралардың ашып жазылуы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖСН – жеке сәйкестендіру нөмері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БСН – бизнес-сәйкестендіру нөмері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БСК – банктік сәйкестендіру коды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Банк шоттарының бар-жоғы және олардың нөмірлері туралы, осы шоттардағы ақшаның қалдығы туралы мәліметтер" нысанын толтыру бойынша түсіндірме осы нысанға қосымшада келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілген мәліметтерді ұсыну мерзімі – мемлекеттік кірістер органының сұрау салуын алған күннен бастап 10 (он) жұмыс күні ішінде.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2447,470 +2366,513 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Банк шоттарының бар-жоғы </w:t>
+              <w:t>"Банк шоттарының бар-жоғы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">және олардың нөмірлері туралы, </w:t>
+              <w:t>және олардың нөмірлері</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">осы шоттардағы ақшаның </w:t>
+              <w:t>туралы, осы шоттардағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қалдығы туралы" нысанына</w:t>
+              <w:t>ақшаның қалдығы туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мәліметтер" нысанына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z103" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Банк шоттарының бар-жоғы және олардың нөмірлері туралы, осы шоттардағы ақшаның қалдығы туралы" нысанын толтыру бойынша түсіндірме 1. Жалпы ережелер</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> "Банк шоттарының бар-жоғы және олардың нөмірлері туралы, осы шоттардағы ақшаның қалдығы туралы мәліметтер" нысанын толтыру бойынша түсіндірме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z104" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z105" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Банк шоттарының бар-жоғы және олардың нөмірлері туралы, осы шоттардағы ақшаның қалдығы туралы мәліметтерді жинауға арналған нысан (бұдан әрі – Нысан) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының Кодексінің (Салық кодексі) 24-бабы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> және "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасының Заңының 50-бабы </w:t>
+      1. Банк шоттарының бар-жоғы және олардың нөмірлері туралы, осы шоттардағы ақшаның қалдығы туралы мәліметтерді жинауға арналған нысан (бұдан әрі – Нысан) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының Кодексінің (Салық кодексі) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13) және 13-1) тармақшаларына және "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасы Заңының 50-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-2-тармақтарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысанды жүргізудің негізгі міндеті банк шоттарының бар-жоғы және олардың нөмірлері туралы, осы шоттардағы ақшаның қалдығы туралы мәліметтерді алу болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z106" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Нысанды банктер, Қазақстан Республикасының бейрезидент-банкінің филиалы және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар банк шоттарының бар-жоғы және олардың нөмірлері туралы, осы шоттардағы ақша қалдығы туралы мәліметтер бойынша мемлекеттік кірістер органының сұрау салуын алған күннен бастап 10 (он) жұмыс күні ішінде толтырады және ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z107" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Нысан активтер мен міндеттемелер туралы, кірістер мен мүлік туралы декларацияны ұсыну міндеттемесі туындаған жеке тұлғаға жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z108" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. "Банк шоттарының бар-жоғы және олардың нөмірлері туралы, осы шоттардағы ақшаның қалдығы туралы" нысанын толтыру бойынша түсіндірме</w:t>
-[...199 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> 2-тарау. "Банктік шоттарының бар-жоғы және олардың нөмірлері туралы, осы шоттардағы ақша қалдықтары туралы мәліметтер" нысанын толтыру бойынша түсіндірме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z109" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Нысанның 1-бағанында реттік нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z110" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Нысанның 2-бағанында салық төлеушінің жеке сәйкестендіру нөмері/бизнес-сәйкестендіру нөмері (бұдан әрі - ЖСН/БСН) көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z111" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Нысанның 3-бағанында салық төлеушінің тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе)/атауы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z112" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Нысанның 4-бағанында банк шоттары ашылған банктің, Қазақстан Республикасының бейрезидент-банкі филиалының, олардың құрылымдық бөлімшелерінің бизнес сәйкестендіру нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z113" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Нысанның 5-бағанында банк шоттары ашылған банктің, Қазақстан Республикасының бейрезидент-банкі филиалының, олардың құрылымдық бөлімшелерінің банктік сәйкестендіру коды (бұдан әрі – БСК) көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z114" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Нысанның 6-бағанында кредит берілген банктің, Қазақстан Республикасының бейрезидент-банкі филиалының, олардың құрылымдық бөлімшелерінің атауы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z115" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Нысанның 7-бағанында банк шотының түрі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z116" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Нысанның 8-бағанында банк шотының валюта түрі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z117" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Нысанның 9-бағанында салық төлеушінің банк шотының нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z118" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Нысанның 10-бағанында есепті кезеңнің 31 желтоқсанындағы жағдай бойынша банк шотындағы ақша қалдығы кезең басындағы банк шотындағы ақша қалдығы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2970,235 +2932,206 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қаржы министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2018 жылғы 2 ақпандағы</w:t>
+              <w:t xml:space="preserve">2018 жылғы 2 ақпандағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 119 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
-          </w:p>
-[...62 lines deleted...]
-              <w:t>Нысан</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z119" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Банк шоттарындағы ақшаның қозғалысы туралы 20__ жылғы "__"_____ бастап 20__ жылғы "__"_____ аралығындағы кезең үшін мәліметтер</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Банк шоттарындағы ақша қозғалысы туралы 20__ жылғы "__"_____ бастап 20__ жылғы "__"_____ аралығындағы кезең үшін мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда – ҚР Қаржы министрінің 30.04.2021 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Қаржы министрінің м.а. 30.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 420</w:t>
+        <w:t>№ 648</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі және 31.12.2025 қоса алғанға дейін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданыста</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болады) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="619"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="962"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="619" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -3259,143 +3192,143 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салық төлеушінің банк шоттарындағы ақшаның қозғалысы</w:t>
+Салық төлеушінің банк шоттарындағы ақша қозғалысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ЖСН*/БСН**</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2301" w:type="dxa"/>
+ЖСН/ БСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-тегі, аты, әкесінің аты (ол болған жағдайда)/атауы</w:t>
+              <w:t xml:space="preserve">
+тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе)/атауы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3438,88 +3371,88 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="619" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="619" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -3543,94 +3476,94 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ақшаны жөнелтушi</w:t>
+ақшаны жөнелтуші</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жіберуші банктің, Қазақстан Республикасының бейрезидент банкінің бөлімшесінің деректемелері</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="962" w:type="dxa"/>
+жіберуші банктің, Қазақстан Республикасының бейрезидент банкі бөлімшесінің деректемелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -3693,195 +3626,195 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1839" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="619" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖСН/ БСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="961" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="961" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БСК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3891,411 +3824,411 @@
               <w:t>
 атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="619" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="619" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="619" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1839" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="619" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="961" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="961" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="962" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4318,103 +4251,97 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кестенің жалғасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1326"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1328"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4422,88 +4349,88 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 банк шотынан ақшаның аударылуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1326" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1326" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4564,57 +4491,57 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бенефициар банктің, Қазақстан Республикасының бейрезидент банкінің бөлімшесінің деректемелері</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1328" w:type="dxa"/>
+банктің, Қазақстан Республикасының бейрезидент банкі филиалының деректемелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4638,195 +4565,195 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2539" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1326" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖСН /БСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1326" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="1327" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БСК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4836,570 +4763,480 @@
               <w:t>
 атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1326" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1326" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2539" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1326" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1326" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1802" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1327" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1328" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...226 lines deleted...]
-      Көрсетілгіен мәліметтердін ұсыну мерзімі – салық органының сұрау сауалын алған күннен бастап он жұмыс күні ішінде.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________________________________ (нысанды жасауға жауапты тұлғаның тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе), қолы) ________________________________________________________________________________ (басшының тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z120" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аббревиатуралардың ашып жазылуы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖСН – жеке сәйкестендіру нөмірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БСН – бизнес-сәйкестендіру нөмірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БСК – банктік сәйкестендіру коды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Банк шоттарындағы ақша қозғалысы туралы мәліметтер" нысанын толтыру бойынша түсіндірме осы нысанға қосымшада келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілген мәліметтерді ұсыну мерзімі – мемлекеттік кірістер органының сұрау салуын алған күннен бастап 10 (он) жұмыс күні ішінде.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5435,640 +5272,636 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Банк шоттарындағы ақшаның</w:t>
+              <w:t>"Банк шоттарындағы ақша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қозғалысы туралы" нысанына</w:t>
+              <w:t>қозғалысы туралы мәліметтер"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қосымша</w:t>
+              <w:t>нысанына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z122" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Банк шоттарындағы ақшаның қозғалысы туралы" нысанын толтыру бойынша түсіндірме 1. Жалпы ережелер</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> "Банк шоттарындағы ақша қозғалысы туралы мәліметтер" нысанын толтыру бойынша түсіндірме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z123" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z124" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Банк шоттарындағы ақшаның қозғалысы туралы мәліметті жинауға арналған нысан (бұдан әрі – Нысан) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 24-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> және Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасы Заңының 50-бабының </w:t>
+      1. Банк шоттарындағы ақшаның қозғалысы туралы мәліметті жинауға арналған нысан (бұдан әрі – Нысан) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13) және 13-2) тармақшаларына және "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасы Заңының 50-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді. Нысанды жүргізудің негізгі міндеті банк шоттарындағы ақшаның қозғалысы туралы мәліметтерді алу болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z125" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Нысанды банк шоттарындағы ақшаның қозғалысы туралы мәліметтерге салық органының сұрау сауалын алған күннен бастап он жұмыс күні ішінде банк, Қазақстан Республикасының бейрезидент банкі немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар толтырады және ұсынады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z126" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Нысан банктерге, Қазақстан Республикасының бейрезидент банкі немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарына тексерілетін жеке тұлғаға қатысты салықтық тексеру кезінде жіберіледі. Басқа жағдайларда ақшаның қозғалысы туралы мәлімет жалпы сомамен (айналыммен) ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...88 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z127" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жалпыға бірдей декларациялау шеңберінде Нысан құны республикалық бюджет туралы заңда белгіленген және есепті салықтық кезеңнің 31 желтоқсанына қолданыста болатын айлық есептік көрсеткіштің 20 000 еселенген мөлшерінен асатын мүлікті күнтізбелік жыл ішінде сатып алуына байланысты кірістер туралы декларацияны ұсыну міндеті туындаған жеке тұлғаларға қатысты жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z128" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. "Банк шоттарындағы ақшаның қозғалысы туралы" нысанды толтыру бойынша түсіндірме</w:t>
-[...343 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> 2-тарау. "Банк шоттарындағы ақша қозғалысы туралы мәліметтер" нысанын толтыру бойынша түсіндірме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z129" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Нысанның 1-бағанында реттік нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z130" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Нысанның 2-бағанында жеке сәйкестендіру нөмірі көрсетіледі/бизнес-сәйкестендіру салық төлеушінің нөмірі (бұдан әрі – ЖСН/БСН).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z131" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Нысанның 3-бағанында жеке тұлғаның тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе)/салық төлеушінің атауы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z132" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Нысанның 4-бағанында банк шотына ақшаның түскен күні көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z133" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Нысанның 5-бағанында банк шотына түскен төлемінің сомасы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z134" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Нысанның 6-бағанында ақша жөнелтушiнің ЖСН/БСН-і көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z135" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Нысанның 7-бағанында ақша жөнелтушiнің атауы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z136" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Нысанның 8-бағанында ақша жөнелтушi банктің, Қазақстан Республикасының бейрезидент банкінің бөлімшесінің БСН-і көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z137" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Нысанның 9-бағанында ақша жөнелтушi банктің, Қазақстан Республикасының бейрезидент банкінің бөлімшесінің банктік сәйкестендіру коды (бұдан әрі – БСК) көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z138" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Нысанның 10-бағанында ақша жөнелтушi банктің, Қазақстан Республикасының бейрезидент банкінің бөлімшесінің атауы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z139" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Нысанның 11-бағанында банк шотына түскен ақша төлемінің мақсаты көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z140" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Нысанның 12-бағанында ақша жөнелтушi-салық төлеушінің банк шотынан ақшаның аударылған күні көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z141" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Нысанның 13-бағанында ақша жөнелтушi-салық төлеушінің банк шотынан аударылған ақша төлемінің сомасы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z142" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Нысанның 14-бағанында бенефициардың ЖСН/БСН көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z143" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Нысанның 15-бағанында бенефициардың атауы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z144" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Нысанның 16-бағанында бенефициар банктің, Қазақстан Республикасының бейрезидент банкінің бөлімшесінің БСН көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z145" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Нысанның 17-бағанында бенефициар банктің, Қазақстан Республикасының бейрезидент банкінің бөлімшесінің БСК көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z146" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Нысанның 18-бағанында бенефициар банктің, Қазақстан Республикасының бейрезидент банкінің бөлімшесінің атауы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z147" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Нысанның 19-бағанында ақша жөнелтушiнің банк шотынан аударған төлемнің мақсаты көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6128,1708 +5961,542 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қаржы министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2018 жылғы 2 ақпандағы</w:t>
+              <w:t xml:space="preserve">2018 жылғы 2 ақпандағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 119 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
-          </w:p>
-[...62 lines deleted...]
-              <w:t>Нысан</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z148" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 20__ жылғы "__" _________ бастап 20__ жылғы "__" _________ аралығындағы кезең үшін сыйақыны қоса алғанда, өтеу сомаларын көрсете отырып, активтер мен міндеттемелер туралы декларацияны ұсыну жөніндегі міндет туындаған, жеке тұлғаға берілген кредиттер туралы мәліметтер</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> 20__ жылғы "__" _________ бастап 20__ жылғы "__" _________ аралығындағы кезең үшін сыйақыны қоса алғанда, өтеу сомаларын көрсете отырып, активтер мен міндеттемелер туралы, кірістер мен мүлік туралы декларацияны ұсыну жөніндегі міндет туындаған, жеке тұлғаға берілген кредиттер туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 3-қосымша жаңа редакцияда – ҚР Қаржы министрінің 30.04.2021 </w:t>
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Қаржы министрінің м.а. 30.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 420</w:t>
+        <w:t>№ 648</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі және 31.12.2025 қоса алғанға дейін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданыста</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болады) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-      </w:tblPr>
-[...1144 lines deleted...]
-        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негізгі қарыздың төлеген сомасы</w:t>
-[...73 lines deleted...]
-Төленген пайыз сомасы</w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке тұлға бойынша мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кредит сомасының қалдығы</w:t>
+Кредит берілген банктің, Қазақстан Республикасының бейрезидент банкі филиалының, оның құрылымдық бөлімшелерінің деректемелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кредит түрі</w:t>
+Кредит берілген күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...24 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-негізгі қарыз</w:t>
+ЖСН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-сыйақы</w:t>
+тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пайыз</w:t>
+БСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БИК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
@@ -7839,504 +6506,1553 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...216 lines deleted...]
-      Көрсетілгіен мәліметтердін ұсыну мерзімі – салық органының сұрау сауалын алған күннен бастап он жұмыс күні ішінде.</w:t>
+        <w:t>
+       кестенің жалғасы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кредит беру туралы шарттың нөмірі және күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Банк шотының нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Банк шотының валютасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Берілген кредит сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шарт бойынша белгіленген лимит сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кезең басындағы кредит сомасының қалдығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       кестенің жалғасы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі қарыздың төлеген сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төленген сыйақы сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төленген өсімпұл сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кредит сомасының қалдығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кредит түрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+негізгі қарыз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сыйақы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+өсімпұл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________________________________ (нысанды жасауға жауапты тұлғаның тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе), қолы) ________________________________________________________________________________ (басшының тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z149" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аббревиатуралардың ашып жазылуы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖСН – жеке сәйкестендіру нөмірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БСН – бизнес-сәйкестендіру нөмірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БСК – банктік сәйкестендіру коды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Сыйақыны қоса алғанда, өтеу сомаларын көрсете отырып, активтер мен міндеттемелер туралы кірістер мен мүлік туралы декларацияны ұсыну жөніндегі міндет туындаған, жеке тұлғаға берілген кредиттер туралы мәліметтер" нысанын толтыру бойынша түсіндірме осы нысанға қосымшада келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілген мәліметтерді ұсыну мерзімі – мемлекеттік кірістер органының сұрау салуын алған күннен бастап 10 (он) жұмыс күні ішінде.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8372,651 +8088,732 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Сыйақыны қоса алғанда,</w:t>
+              <w:t>"Сыйақыны қоса алғанда, өтеу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>өтеу сомаларын көрсете отырып,</w:t>
+              <w:t>сомаларын көрсете отырып,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>активтер мен міндеттемелер</w:t>
+              <w:t>активтер мен міндеттемелер,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>туралы декларацияны ұсыну</w:t>
+              <w:t>кірістер мен мүлік туралы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жөніндегі міндет туындаған</w:t>
+              <w:t>декларацияны ұсыну жөніндегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жеке тұлғаға берілген кредиттер</w:t>
+              <w:t>міндет туындаған, жеке тұлғаға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>туралы мәліметтер" нысанына</w:t>
+              <w:t>берілген кредиттер туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мәліметтер" нысанына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z151" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Сыйақыны қоса алғанда, өтеу сомаларын көрсете отырып, активтер мен міндеттемелер туралы декларацияны ұсыну жөніндегі міндет туындаған жеке тұлғаға берілген кредиттер туралы мәліметтер" нысанын толтыру бойынша түсіндірме 1. Жалпы ережелер</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> "Сыйақыны қоса алғанда, өтеу сомаларын көрсете отырып, активтер мен міндеттемелер туралы, кірістер мен мүлік туралы декларацияны ұсыну жөніндегі міндет туындаған, жеке тұлғаға берілген кредиттер туралы мәліметтер" нысанын толтыру бойынша түсіндірме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z152" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z153" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Сыйақыны қоса алғанда, өтеу сомаларын көрсете отырып, активтер мен міндеттемелер туралы декларацияны ұсыну жөніндегі міндет туындаған жеке тұлғаға берілген кредиттер туралы мәліметтерді жинауға арналған нысан (бұдан әрі – Нысан) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 24-бабының </w:t>
+      1. Сыйақыны қоса алғанда, өтеу сомаларын көрсете отырып, активтер мен міндеттемелер туралы, кірістер мен мүлік туралы декларацияны ұсыну жөніндегі міндет туындаған жеке тұлғаға берілген кредиттер туралы мәліметтерді жинауға арналған нысан (бұдан әрі – Нысан) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 24-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және Қазақстан Республикасының Заңының 50-бабы </w:t>
+        <w:t xml:space="preserve"> және "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасының Заңының 50-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысанды жүргізудің негізгі міндеті сыйақыны қоса алғанда, өтеу сомаларын көрсете отырып, активтер мен міндеттемелер туралы декларацияны ұсыну жөніндегі міндет туындаған жеке тұлғаға берілген кредиттер туралы мәліметтерді алу болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z154" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Нысанды сыйақыны қоса алғанда, өтеу сомаларын көрсете отырып, активтер мен міндеттемелер туралы, кірістер мен мүлік туралы декларацияны ұсыну жөніндегі міндет туындаған жеке тұлғаға берілген кредиттер туралы мәліметтерге салық органының сұрау сауалын алған күннен бастап он жұмыс күні ішінде банк, Қазақстан Республикасының бейрезидент банкі немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар толтырады және ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z155" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Нысан активтер мен міндеттемелер туралы, кірістер мен мүлік туралы декларацияны ұсыну жөніндегі міндет туындаған жеке тұлғалар бойынша жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z156" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. "Сыйақыны қоса алғанда, өтеу сомаларын көрсете отырып, активтер мен міндеттемелер туралы декларацияны ұсыну жөніндегі міндет туындаған жеке тұлғаға берілген кредиттер туралы мәліметтер" нысанын толтыру бойынша түсіндірме</w:t>
-[...343 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> 2-тарау. "Сыйақыны қоса алғанда, өтеу сомаларын көрсете отырып, активтер мен міндеттемелер, кірістер мен мүлік туралы туралы декларацияны ұсыну жөніндегі міндет туындаған, жеке тұлғаға берілген кредиттер туралы мәліметтер" нысанын толтыру бойынша түсіндірме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z157" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Нысанның 1-бағанында реттік нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z158" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Нысанның 2-бағанында жеке тұлғаның жеке сәйкестендіру нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z159" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Нысанның 3-бағанында жеке тұлғаның тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе) көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z160" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Нысанның 4-бағанында кредит берілген банктің, Қазақстан Республикасының бейрезидент-банкі филиалының, олардың құрылымдық бөлімшелерінің бизнес-сәйкестендіру нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z161" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Нысанның 5-бағанында кредит берілген банктің, Қазақстан Республикасының бейрезидент-банкі филиалының, олардың құрылымдық бөлімшелерінің банктік сәйкестендіру коды көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z162" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Нысанның 6-бағанында кредит берілген банктің, Қазақстан Республикасының бейрезидент-банкі филиалының, олардың құрылымдық бөлімшелерінің атауы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z163" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Нысанның 7-бағанында кредит берілген күні көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z164" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Нысанның 8-бағанында кредит беру туралы шарттың нөмірі мен күні көрсетіледі. Мәліметтер шарттар бөлінісінде жеке ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z165" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Нысанның 9-бағанында жеке тұлғаның банк шотының нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z166" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Нысанның 10-бағанында жеке тұлғаның банк шоты валютасының түрі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z167" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Нысанның 11-бағанында жеке тұлғаға берілген кредит сомасы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z168" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Нысанның 12-бағанында шарт бойынша белгіленген лимит сомасы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z169" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Нысанның 13-бағанында кезең басындағы кредит сомасының қалдығы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z170" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Нысанның 14-бағанында сұратылған кезең соңында төленген негізгі қарыздың сомасы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z171" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Нысанның 15-бағанында сұратылған кезең соңында төленген сыйақы мөлшері көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z172" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Нысанның 16-бағанында сұрау салынған кезең соңында төленген өсімпұл сомасы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z173" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Нысанның 17-бағанында кредиттің негізгі қарыз сомасының қалдығы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z174" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Нысанның 18-бағанында кредиттің сыйақы сомасының қалдығы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z175" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Нысанның 19-бағанында кредиттің өсімпұл сомасының қалдығы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z176" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Нысанның 20-бағанында кредиттің түрі көрсетіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="81"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9108,282 +8905,282 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 119 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z89" w:id="5"/>
+    <w:bookmarkStart w:name="z89" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Қаржы министрлігінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z90" w:id="6"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z90" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Банк шоттарының бар-жоғы және олардың нөмірлері туралы, осы шоттардағы ақшаның қалдығы мен қозғалысы туралы мәліметтер нысанын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2008 жылғы 29 желтоқсандағы № 625 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Нормативтік құқықтық актілерді мемлекеттік тіркеу тізімінде № 5502 болып тіркелген, 2009 жылғы 3 сәуірде "Заң газеті" газетінде № 49 (1646) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z91" w:id="7"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z91" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Банк шоттарының бар-жоғы және олардың нөмірлері туралы, осы шоттардағы ақшаның қалдығы мен қозғалысы туралы мәліметтер нысанын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2008 жылғы 29 желтоқсандағы № 625 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Қаржы министрінің 2015 жылғы 31 наурыздағы № 242 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізімінде № 10997 болып тіркелген, 2015 жылғы 1 маусымда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z92" w:id="8"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z92" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Банк шоттарының бар-жоғы және олардың нөмірлері туралы, осы шоттардағы ақшаның қалдығы мен қозғалысы туралы мәліметтер нысанын бекіту туралы Қазақстан Республикасы Қаржы министрінің 2008 жылғы 29 желтоқсандағы № 625 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Қаржы министрінің міндетін атқарушы 2016 жылғы 8 шілдегі № 360 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізімінде № 14125 болып тіркелген, 2016 жылғы 7 қыркүйекте "Әділет" ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z93" w:id="9"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z93" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасы Қаржы министрлігінің кейбір бұйрықтарына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Қаржы министрінің 2017 жылғы 31 наурыздағы № 213 бұйрығымен бекітілген (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізімінде № 15096 болып тіркелген, 2017 жылғы 13 маусымда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған) өзгерістер мен толықтырулар енгізілетін Қазақстан Республикасы Қаржы министрлігінің бұйрықтары тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>