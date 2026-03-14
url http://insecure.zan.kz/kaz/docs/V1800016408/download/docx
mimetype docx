--- v1 (2025-11-17)
+++ v2 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b055ac1" w14:textId="b055ac1">
+    <w:p w14:paraId="25a7848" w14:textId="25a7848">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,61 +85,167 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Банк шоттарының бар-жоғы және олардың нөмірлері туралы, осы шоттардағы ақшаның қалдығы мен қозғалысы туралы, сондай-ақ сыйақыны қоса алғанда, өтеу сомаларын көрсете отырып, активтер мен міндеттемелер туралы декларацияны ұсыну жөніндегі міндет туындаған, жеке тұлғаға берілген кредиттер туралы мәліметтердің нысандарын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Қазақстан Республикасы Қаржы министрінің 2018 жылғы 2 ақпандағы № 119 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 21 ақпанда № 16408 болып тіркелді.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Қаржы министрінің 2018 жылғы 2 ақпандағы № 119 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 21 ақпанда № 16408 болып тіркелді. Күші жойылды - Қазақстан Республикасы Қаржы министрінің 2025 жылғы 12 қарашадағы № 698 бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Бұйрықтың күші жойылды - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 698</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -9124,63 +9232,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -9502,35 +9632,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>