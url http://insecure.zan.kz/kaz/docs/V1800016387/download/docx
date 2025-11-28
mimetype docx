--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="635428c" w14:textId="635428c">
+    <w:p w14:paraId="b9d0f08" w14:textId="b9d0f08">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -101,52 +101,141 @@
         </w:rPr>
         <w:t>Салық төлеуші және (немесе) үшінші тұлға кепілге қойған мүлікті, сондай-ақ салық төлеушінің (салық агентінің) билік ету шектелген мүлкін - салық берешегі есебіне, төлеушінің - кедендік төлемдер, салықтар, арнайы, демпингке қарсы, өтемақы баждары, өсімпұлдар, пайыздар бойынша берешегі есебіне өткізу қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Қаржы министрінің 2018 жылғы 1 ақпандағы № 111 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 19 ақпанда № 16387 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Кіріспе жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Қаржы министрінің 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 578</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 55-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -720,52 +809,141 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Салық төлеуші және (немесе) үшінші тұлға кепілге қойған мүлікті, сондай-ақ салық төлеушінің (салық агентінің) билік етуі шектелген мүлкін – салық берешегі есебіне, төлеушінің – кедендік төлемдер, салықтар бойынша берешектің, арнайы, демпингке қарсы, өтем баждардың, өсімпұлдардың, пайыздың есебіне өткізу қағидалары 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Қаржы министрінің 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 578</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Салық төлеуші және (немесе) үшінші тұлға кепілге қойған мүлікті, сондай-ақ салық төлеушінің (салық агентінің) билік етуі шектелген мүлкін – салық берешегі есебіне, төлеушінің – кедендік төлемдер, салықтар бойынша берешектің, арнайы, демпингке қарсы, өтем баждардың, өсімпұлдардың, пайыздың есебіне өткізу қағидалары (бұдан әрі – Қағидалар) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының Кодексінің (Салық кодексі) 55-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -883,122 +1061,234 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z75" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ағымдағы баға – электрондық аукцион барысында қалыптасатын лот бағасы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z76" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) борышкер – өзінің және (немесе) үшінші тұлғаның мүлкі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Салық кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес кепілге қойылған немесе салық берешегін, кеден төлемдері, салықтар бойынша берешектің, арнайы, демпингке қарсы, өтем баждардың, өсімпұлдардың, пайыздың өтеу есебіне мемлекеттік кірістер органының (бұдан әрі – МКО) шешімі бойынша мүлкіне билік етуі шектелген жеке немесе заңды тұлға;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z77" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) кепілдік жарна – борышкердің мүлкін сату бойынша электрондық аукционға қатысуға ниет білдірген жеке немесе заңды тұлға енгізген ақшалай сома;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Қаржы министрінің 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 578</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) компания – "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 1-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -1015,266 +1305,290 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Қазақстан Республикасындағы кедендік реттеу туралы" Қазақстан Республикасы Кодексінің 3-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>56) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындаған уәкілетті заңды тұлға;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z79" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) лот – бір немесе бірнеше бірдей және (немесе) біртекті заттардан тұратын борышкердің мүлкі не бөлінуі заттардың шаруашылық мақсатының (функцияларының) өзгеруіне әкеп соқтыратын заттар кешені;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z80" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бастапқы баға – әрбір лот бойынша сауда-саттық басталатын баға;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z81" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) сату бағасы – электрондық аукцион нәтижесінде белгіленген, мүліктің бағалау құнының 65 пайызынан кем болмауға тиіс лоттың түпкілікті бағасы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z82" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) мүлік – шартқа және (немесе) МКО қаулысына сәйкес салық берешегі, кеден төлемдері мен салықтар бойынша берешектің, арнайы, демпингке қарсы, өтем баждардың, өсімпұлдардың, пайыздың есебіне өндірілетін, билік етуі шектелген және (немесе) кепілге салынған мүлік;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z83" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) мүлікті өткізу бойынша шығыстар – компанияның бұйрығымен күнтізбелік жылғы 1 қаңтарға белгіленген және тиісті күнтізбелік жыл ішінде қолданылатын, қызметкерлерге еңбекақы төлеу қорын, іссапар және әкімшілік шығыстарды қоспағанда, лотты бағалау бойынша шығындар, маркетингке, борышкерлердің мүлкін бағалау жөніндегі қызметтерге арналған шығыстар, борышкердің мүлкін сату бойынша электрондық аукционды ұйымдастырушының қызметтерін пайдалану үшін жұмсалған, оны өткізуге байланысты шығыстар сомасы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z84" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) жеңімпаз – лот үшін неғұрлым жоғары баға ұсынған және сауда-саттық қорытындылары туралы хаттамаға қол қойған электрондық аукционға қатысушы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z85" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) сатып алушы – сатып алу-сату шартына қол қойған сауда-саттық жеңімпазы</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z86" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) электрондық аукцион – қатысушылар өздерінің ұсыныстарын жария мәлімдейтін тізілімнің веб-порталындағы сауда-саттық нысаны;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z87" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) ұйымдастырушы – борышкердің мүлкін сату бойынша электрондық аукцион өткізу жөніндегі электрондық қызмет көрсету туралы компаниямен шарт жасасқан мемлекеттік мүлікті есепке алу саласындағы бірыңғай оператор;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z88" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) қатысушы – тиісті лот бойынша электрондық аукционға қатысу үшін осы Қағидаларда белгіленген тәртіппен тіркелген жеке немесе заңды тұлға;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z89" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) мемлекеттік мүлік тізілімінің веб-порталы (бұдан әрі – тізілімнің веб-порталы) – борышкерлердің мүлкін сату бойынша электрондық дерекқорға (бұдан әрі – дерекқор) кіретін бірыңғай нүктені беретін www.e-qazyna.kz мекенжайы бойынша Интернет желісінде орналасқан интернет-ресурс;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z90" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) техникалық істен шығу – ең болмағанда бір қатысушының электрондық аукцион рәсіміне қатысу мүмкіндігін және (немесе) электрондық аукцион өткізудің техникалық мүмкіндігін жоққа шығаратын тізілім веб-порталының жағындағы техникалық ақаулар.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1313,240 +1627,224 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы Қағидаларда пайдаланылатын өзге де ұғымдар мен терминдер Қазақстан Республикасының заңнамасына сәйкес қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z10" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Салық төлеуші және (немесе) үшінші тұлға  кепілге қойған мүлікті, сондай-ақ салық төлеушінің (салық агентінің) билік етуі шектелген мүлкін салық берешегі есебіне, төлеушінің – кедендік төлемдер және салықтар бойынша берешектің, арнайы, демпингке қарсы, өтем баждардың, өсімпұлдардың, пайыздың есебіне өткізу тәртібі 1-параграф. Борышкердің кепілге қойған  мүлікті өткізуге беру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z11" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Борышкердің кепілге қойған мүлікті өткізуді компания тізілімнің веб-порталында электрондық аукцион ұйымдастыру жолымен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z12" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Салық төлеуші салық міндеттемесін орындау кестесін және мүліктік кепіл туралы шартты бұзғаны борышкердің және (немесе) үшінші тұлғаның мүлкін сату үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z13" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Салық төлеуші салық міндеттемесін орындау кестесін бұзған күннен бастап үш жұмыс күнi iшiнде МКО:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлік кепілі туралы шарттың;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кепілге қойылған мүліктің нарықтық бағасы туралы бағалаушы есебінің электрондық көшірмелерін қоса бере отырып, борышкер және оның мүлкі туралы мәліметтерді (жеке сәйкестендіру нөмірі/бизнес сәйкестендіру нөмірі (ЖСН/БСН); заңды мекенжайы және орналасқан жері, банктік деректемелер) дерекқорға енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Компания мен бағалаушы МКО құжаттарды дерекқорға енгізген күннен бастап 7 (жеті) жұмыс күнінен кешіктірмей борышкердің қатысуымен кепіл мүліктің және (немесе) билік етуі шектеулі мүліктің іс жүзінде болуын тексеріп, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша кепіл мүлiктің және (немесе) билік етуі шектеулі мүліктің бар және (немесе) жоқ екені туралы акт жасайды, ол 2 (екі) жұмыс күнінен кешіктірілмей МКО-ға жолданады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кепіл мүліктің және (немесе) билік етуі шектеулі мүліктің іс жүзінде болуы салықтарды және бюджетке төленетін басқа да міндетті төлемдерді төлеу мерзімінің өзгеруіне байланысты борышкердің кепіл түрінде қамтамасыз етілген мүлкіне, сондай-ақ борышкердің билік етуі шектелген мүлкіне компания өкілдерінің және бағалаушының қол жеткізуін қамтамасыз ету арқылы МКО тарапынан жәрдем көрсетіле отырып тексеріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1583,128 +1881,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Борышкердің билік етуі шектелген  мүлкін өткізуге беру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z16" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Борышкердің билік етуі шектелген мүлкін өткізуді компания тізілімнің веб-порталында электрондық аукцион ұйымдастыру жолымен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z17" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. МКО салық төлеушінің (салық агентінің), төлеушінің билік етуі шектелген мүлкіне өндіріп алуды қолдану туралы қаулысы борышкердің мүлкін сату үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z18" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Салық төлеушінің (салық агентінің), төлеушінің билік етуі шектелген мүлкін өндіріп алуды қолдану туралы қаулы шыққан күннен бастап 3 (үш) жұмыс күнi iшiнде МКО:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салық төлеушінің (салық агентінің) билік етуі шектелген мүлкін өндіріп алуды қолдану туралы қаулының;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1874,150 +2172,155 @@
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      11. Алып тасталды – ҚР Қаржы министрінің 26.09.2024 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Алып тасталды – ҚР Қаржы министрінің 26.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 648</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-параграф. Лоттың бастапқы бағасын айқындау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z21" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Лоттың бастапқы бағасы осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бар екені расталған кепіл мүлікке және (немесе) билік етуі шектеулі мүлікке оның бар және (немесе) жоқ екені туралы акт жасалған күннен бастап 7 (жеті) жұмыс күні ішінде мынадай құжаттардың біреуінің негізінде айқындалады: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) бірдей және (немесе) біртекті тауарлар бойынша Қазақстан Республикасының бағалау қызметі туралы заңнамасына сәйкес жасалған бағалау туралы қолдағы бар есептің негізінде компанияның кепіл мүліктің және (немесе) билік етуі шектеулі мүліктің нарықтық бағасын белгілеу туралы қорытындысы (бұдан әрі – қорытынды). Компания қорытындыны осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2146,202 +2449,186 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Бірдей тауарларға олардың өздеріне тән негізгі белгілері: физикалық сипаттамалары, оның ішінде тозу дәрежесі, сапасы мен нарықтағы беделі, шығарған ел, өндірушісі, тауар белгісі бірдей тауарлар жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер қалған жағынан бұл тауарлар осы тармақтың талаптарына сәйкес болса, сыртқы түріндегі елеусіз сәйкессіздіктер тауарларды бірдей деп танымау үшін негіз болып табылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Біртекті тауарларға бірдей емес, бірақ ұқсас сипаттамалары бар (шығарылған елі, тозу дәрежесі, сапасы) және ұқсас құрауыштардан тұратын тауарлар жатады, бұл оларға бір функцияны орындауға және олармен өзара алмасымды болуға мүмкіндік береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағаланатын тауарлардың өндірушісіне қарағанда басқа тұлға өндірген біртекті тауарлар тек сол өндірушінің біртекті тауарлары анықталмаған не қолда бар ақпарат пайдалануға қолайлы деп есептелмеген жағдайда ғана назарға алынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Бірдей немесе біртекті тауарларға борышкердің мынадай мүлкін жатқызуға болмайды: жылжымайтын мүлік, көлік құралдары, арнайы техника.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z25" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Егер бағалау нәтижелері бойынша борышкердің барлық мүлкінің құны оларды өткізу бойынша болжамды шығыстардан төмен болған жағдайда, компания кепіл мүлікті және (немесе) билік етуі шектеулі мүлікті одан әрі өткізуді жүргізбейді. Бұл ретте компания лоттардың бастапқы бағасын айқындау күнінен бастап үш жұмыс күні ішінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша борышкердің кепіл мүлкің және (немесе) билік етуі шектеулі мүлкін өткізуден бас тарту туралы хабарламаны дерекқорға енгізеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2360,108 +2647,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-параграф. Мүлікті өткізуге дайындау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z27" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Компания лоттың бастапқы бағасы айқындалған күннен бастап екі жұмыс күні ішінде дерекқорда өткізуге жататын мүлік туралы ақпаратты өзектілендіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z28" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Сауда-саттық өткізу туралы хабарлама жарияланғанға дейін компания тізілім веб-порталында әрбір лот бойынша мынадай ақпаратты дерекқорға енгізуді қамтамасыз етеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мүлік бойынша мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2580,70 +2867,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлікке құқық белгілейтін құжаттар (бар болған жағдайда);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       техникалық жай-күйі туралы көріністі қамтамасыз ететін кемінде үш дана фотосурет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Тізілім веб-порталында электрондық аукцион өткізу туралы хабарламаны жариялау үшін компания электрондық аукцион өткізу күніне дейін кемінде он бес күнтізбелік күн бұрын әрбір лот бойынша дерекқорға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) электрондық аукционның күні мен уақытын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2744,70 +3031,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) ұйымдастырушы мен компанияның телефонын және мекенжайын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) компанияның шешімі бойынша қосымша ақпаратты енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Ұйымдастырушы компания дерекқорға мәліметтерді енгізген күннен бастап бір жұмыс күні ішінде қателіктердің бар-жоғын және осы Қағидаларда белгіленген талаптарға сәйкес келуін тексеруді жүзеге асырады және тізілім веб-порталына сауда-саттық өткізу туралы хабарламаны жариялайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйымдастырушы тізілім веб-порталын пайдаланушыларға, оның ішінде облыс орталықтарында, республикалық маңызы бар қалаларда және астанада орналасқан аумақтық бөлімшелер арқылы консультациялық көмек көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2862,68 +3149,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z31" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Қатысушыларды тіркеу тізілім веб-порталында хабарлама жарияланған күннен бастап жүргізіледі және сауда-саттық басталғанға дейін 5 (бес) минут бұрын аяқталады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2942,88 +3231,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-параграф. Электрондық аукционға қатысу шарттары және қатысушыларды тіркеу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z33" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Электрондық аукционға қатысу үшін жеке немесе заңды тұлға мынадай әрекетті жүзеге асырады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) электрондық аукцион өткізу туралы хабарламада көрсетілген ұйымдастырушының банктік шотына кепілдік жарнаны енгізеді. Бұл ретте кепілдік жарналардың кез келген мөлшерін енгізуге жол беріледі. Бір кепілдік жарна сауда-саттығына қатысу үшін жеке немесе заңды тұлға осы кепілдік жарнаны енгізген лотты сатып алу құқығын береді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3224,70 +3513,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Өтінім тізілім веб-порталында тіркелгеннен кейін автоматты режимде өтінім берілген лот бойынша кепілдік жарнаның түскені туралы мәліметтің болуына тексеру жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дерекқорда ұйымдастырушының шотына кепілдік жарнаның түскені туралы мәліметтер болған кезде тізілім веб-порталы өтінімді қабылдауды және жеке немесе заңды тұлғаны сауда-саттыққа жіберуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3324,88 +3613,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z35" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Жеке немесе заңды тұлғаның осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген талаптарды сақтамауы, сондай-ақ электрондық аукцион басталғанға дейін 5 (бес) минут бұрын ұйымдастырушының шотына кепілдік жарнаның түспеуі өтінімді қабылдаудан бас тарту үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3424,70 +3715,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="26"/>
+    <w:bookmarkStart w:name="z36" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Өтінім берген жеке және заңды тұлғалар үшін борышкердің мүлкі бойынша қолда бар қосымша мәліметтерге ақысыз қол жетімділік, сондай-ақ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сатылатын мүлікті алдын ала қарау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3498,75 +3789,69 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өтінім беру мерзімінің өту уақытынан кешіктірмей оны кері қайтару;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жеке немесе заңды тұлғаны қатысушы ретінде тіркеуден бас тарту себептері жойылған жағдайда өтінімді қайта беру мүмкіндігі беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="27"/>
+    <w:bookmarkStart w:name="z37" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Электрондық аукцион</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z38" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Электрондық аукцион Қазақстан Республикасының Еңбек </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3581,50 +3866,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Қазақстан Республикасының мерекелері туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес демалыс, мереке күндерін қоспағанда, сейсенбіден бастап жұма аралығындағы кезеңде сағат 10.00-ден бастап 17.00-ге дейінгі уақыт аралығында (сағат 15.00-ден кешіктірмей басталады) тізілімнің веб-порталында өткізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3643,68 +3929,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z39" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Электрондық аукционға қатысушылар аукцион басталғанға дейін бір сағат ішінде электрондық-цифрлық қолтаңбасын қолдана отырып, аукцион залында тіркеледі. Аукцион сауда-саттық өткізу туралы хабарламада көрсетілген уақытта аукцион залында лоттың бастапқы бағасын автоматты түрде орналастыруы арқылы басталады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер аукцион басталған сәтте аукцион залында лот бойынша аукционға екеуден аз қатысушы тіркелген және болған жағдайда, бұл лот бойынша аукцион өткізілген жоқ деп танылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3779,90 +4067,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:bookmarkStart w:name="z40" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. Электрондық аукцион қатысушылардың баға ұсыныстарын беру әдісімен өткізіледі және қатысушылардың бірі ұсынған ең жоғары бағаға дейін өткізіледі. Лот үшін баға ұсынысы осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7) тармақшасында көзделген ең төменгі бағаның шекті мәнінен төмен емес айқындалады. Бұл ретте бағаны өзгерту қадамы былайша белгіленеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 20 000 еселенген айлық есептік көрсеткішке дейінгі мөлшердегі ағымдағы баға кезінде өзгеру қадамы 10 пайыз мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3989,70 +4277,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:bookmarkStart w:name="z41" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Электрондық аукцион мынадай тәртіппен өткізіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) электрондық аукцион басталған сәтте аукцион залында қатысушылардың лот үшін баға ұсыныстары көрсетіледі, бұл олардың шарттарды сақтай отырып, лотты сатып алуға келісімін білдіру нысаны болып табылады және ағымдағы баға қалыптасады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4275,70 +4563,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="30"/>
+    <w:bookmarkStart w:name="z42" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Тиісті лот бойынша электрондық аукцион:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сауда-саттық өткізу басталғанға дейін салық төлеушінің (салық агентінің), төлеушінің мүлікке билік етуін шектеу туралы шешімнің күші жойылған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4393,68 +4681,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z43" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Электрондық аукцион барысында электрондық аукционды өткізуге кедергі келтіретін техникалық ақау туындаған кезде ұйымдастырушы:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) техникалық ақаудың болу фактісін тіркейді және ол тізілім веб-порталы жағында болған кезде компанияны және барлық қатысушыларды тізілім веб-порталында электрондық аукционды тоқтата тұру туралы ақпаратты орналастыру арқылы хабардар етеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4534,261 +4824,255 @@
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      32. Алып тасталды – ҚР Қаржы министрінің 26.09.2024 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">32. Алып тасталды – ҚР Қаржы министрінің 26.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 648</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="31"/>
+    <w:bookmarkStart w:name="z45" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Әрбір сатылған лот бойынша аукцион нәтижелері компания мен қатысушы сауда-саттық өткізу күннен бастап екі жұмыс күнінен кешіктірмей ЭЦҚ пайдалана отырып тізілім веб-порталында қол қоятын сауда-саттық қорытындылары туралы хаттамамен ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z46" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Кепілдік жарна шегерілген сату бағасын электрондық аукционның жеңімпазы сауда-саттық қорытындылары туралы хаттамаға қол қойылған күннен бастап 5 (бес) жұмыс күнінен кешіктірмей ұйымдастырушының есеп шотына енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйымдастырушы кепілдік жарна мөлшерін қоса алғанда, сату бағасын сауда-саттық өткізу күнінен бастап 7 (жеті) жұмыс күні ішінде компанияның банк шотына аударады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...35 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 34-тармақ жаңа редакцияда – ҚР Қаржы министрінің 26.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 648</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. Электрондық аукцион қорытындысы  бойынша шарт жасасу, кепілдік жарнаны қайтару</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z48" w:id="33"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z48" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Сауда-саттық қорытындылары туралы хаттама электрондық аукцион нәтижелерін және жеңімпаз бен борышкердің не борышкердің атынан МКО өкілінің сату бағасы бойынша лотты сатып алу-сату шартына қол қою міндеттемелерін тіркейтін құжат болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеңімпазбен сатып алу-сату шартына электрондық аукцион өткізілген күннен бастап он жұмыс күнінен аспайтын мерзімде сату бағасы компанияның банк шотына енгізілгеннен кейін қол қойылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4863,126 +5147,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="34"/>
+    <w:bookmarkStart w:name="z49" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Сауда-саттық қорытындылары туралы хаттама негізінде МКО:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) компанияның электрондық мекенжайына – мемлекеттік бюджетке ақша қаражатын аудару үшін деректемелерді және осы Қағидалардың 41-тармағында көзделген жағдайда борышкердің деректемелерін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) борышкерге – пошта немесе өзге де байланыс ұйымдары арқылы не хабарламаны жіберу фактісін растайтын өзге тәсілмен жеңімпазбен мүлікті сатып алу-сату шартын жасасу қажеттігі туралы хабарламаны жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="35"/>
+    <w:bookmarkStart w:name="z50" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Борышкер мүлікті сатып алу-сату шартына қол қоюдан бас тартқан не ол хабарлама жіберілген күннен кейінгі күннен бастап 5 (бес) жұмыс күні ішінде келмеген кезде борышкердің атынан мүлікті сатып алу-сату шартына МКО өкілі қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5001,110 +5285,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="36"/>
+    <w:bookmarkStart w:name="z51" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Ұйымдастырушы қатысушының кепілдік жарнасын (электрондық аукционда жеңген қатысушыны қоспағанда) тізілім веб-порталында қатысушының ЭЦҚ қойылған кепілдік жарналарды қайтаруға арналған өтінішке қол қойылған күннен бастап үш жұмыс күні ішінде қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z52" w:id="37"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z52" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. Электрондық аукционда жеңген қатысушы енгізген кепілдік жарна қайтарылмайды және осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>34-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талаптарды ескере отырып, компанияның кірісіне есепке жатқызлады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жеңімпаз осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5235,51 +5519,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="38"/>
+    <w:bookmarkStart w:name="z53" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5294,51 +5578,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес электрондық аукцион өткізілмеген кезде, лоттың бастапқы бағасын айқындау бойынша компанияның шығыстарын осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9) тармақшасына сәйкес борышкер өтейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5357,130 +5641,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="39"/>
+    <w:bookmarkStart w:name="z54" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Мүлікті сатып алуға байланысты шығыстар сатып алушыға жүктеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z55" w:id="40"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z55" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. Компания мүліктің сатылған бағасынан мүлікті өткізу бойынша шығыстарды өтейді және осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген мөлшерде сыйақыны ұстап қалады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z56" w:id="41"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z56" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Компания сауда-саттық өткізілген күннен бастап 10 (он) жұмыс күні ішінде МКО көрсеткен деректемелер бойынша борышкердің берешегін өтеу есебіне ақшаны мемлекеттік бюджетке аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5499,154 +5783,242 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="42"/>
+    <w:bookmarkStart w:name="z57" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Барлық талаптарды қанағаттандырғаннан кейін қалған сома, осы Қағидалардың 43-тармағына сәйкес мемлекеттік бюджетке ақша аударылған күннен бастап үш жұмыс күні ішінде борышкердің банк шотына аудару жолымен оған қайтарылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z58" w:id="43"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z58" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9-тарау. Қорытынды ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z59" w:id="44"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z59" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       45. Алып тасталды – ҚР Қаржы министрінің м.а. 21.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 739</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z60" w:id="45"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z60" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Осы Қағидаларда реттелмеген мәселелер Қазақстан Республикасының заңнамасына сәйкес шешілуі тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Қаржы министрінің 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 578</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
@@ -7846,50 +8218,138 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (ол бар болса), қолы, қол қойған күні)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Қаржы министрінің 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 578</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -9225,50 +9685,138 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       және қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Қаржы министрінің 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 578</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
@@ -11852,50 +12400,156 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (уәкілетті заңды тұлға басшысының (басшы орынбасарының)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты, әкесінің аты (ол бар болса) және қолы)</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Қаржы министрінің 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 578</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12107,88 +12761,88 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z65" w:id="46"/>
+    <w:bookmarkStart w:name="z65" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Электрондық аукционға қатысуға өтінім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z66" w:id="47"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z66" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Салық төлеушінің (салық агентінің) мүлкін – салық берешегі есебіне, төлеушінің мүлкін – кеден төлемдері, салықтар бойынша берешегі, арнайы, демпингке қарсы, өтем баждардың, өсімпұлдардың, пайыздың есебіне өткізу туралы жарияланған хабарламаны қарап және Салық төлеуші және (немесе) үшінші тұлға кепілге қойған мүлікті, сондай-ақ салық төлеушінің (салық агентінің) билік етуі шектелген мүлкін – салық берешегі есебіне, төлеушінің – кедендік төлемдер, салықтар бойынша берешектің, арнайы, демпингке қарсы, өтем баждардың, өсімпұлдардың, пайыздың есебіне өткізу қағидаларымен танысып,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12235,70 +12889,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тізілімнің веб-порталында 20__ жылғы "__" _________ сағат __ өткізілетін электрондық аукционға қатысуға ниет білдіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="48"/>
+    <w:bookmarkStart w:name="z67" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мен (біз) электрондық аукционға қатысу үшін ________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13227,70 +13881,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z68" w:id="49"/>
+    <w:bookmarkStart w:name="z68" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Мен (біз):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) электрондық аукцион өткізу туралы хабарламада көрсетілген мүлікті сатып алушыларға қойылатын ерекше шарттар мен (немесе) қосымша талаптарға сәйкес келмейтін жеке (заңды) тұлға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13301,110 +13955,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ұйымдастырушы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) компания қатысушы ретінде тіркелуге жатпайтыны туралы хабардармын (хабардармыз).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="50"/>
+    <w:bookmarkStart w:name="z69" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қатысушыға қойылатын талаптарға менің (біздің) сәйкес келмегенім (келмегеніміз) анықталған жағдайда, мен (біз) электрондық аукционда қатысу құқығынан айырылатыныммен (айырылатынымызбен), нәтижесінде мен (біз) қол қойған сауда-саттық қорытындылары туралы хаттама және сатып алу-сату шарты жарамсыз деп танылатынына келісемін (келісеміз).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z70" w:id="51"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z70" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Егер мен (біз) сауда-саттық жеңімпазы болып танылған жағдайда, сауда қорытындылары туралы хаттамаға аукцион өткен күні ЭЦҚ қоюға, Қағидаларда белгіленген мерзімде сату құнын төлеуге және Қағидаларда белгіленген мерзімде сатып-алу сату шартына қол қоюға міндеттенемін (міндеттенеміз).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z71" w:id="52"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z71" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сауда-саттық қорытындылары туралы хаттамаға ЭЦҚ қоюдан бас тартқан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13451,90 +14105,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) менің (біздің) қатысушыға қойылатын талаптарға сәйкес келмегенім (келмегеніміз) анықталған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) белгіленген мерзімде сату бағасын енгізу мерзімі бұзылған жағдайларда, мен (біз) енгізген кепілдік жарна сомасының қайтарылмайтынына және компанияда қалатынына келісемін (келісеміз).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="53"/>
+    <w:bookmarkStart w:name="z72" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы өтінімнің сауда-саттық нәтижелері туралы хаттамамен бірге сатып алу-сату шарты жасалғанға дейін қолданылатын шарт күші бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z73" w:id="54"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z73" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Өзім (із) туралы мынадай мәліметтер ұсынамын (ұсынамыз):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке тұлға немесе дара кәсіпкер үшін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13957,68 +14611,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік мүлік тізілімнің веб-порталы 20__ жылғы "__" _________ сағат __ минутта қабылданды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қатысушының аукциондық нөмірі __________________________________________________</w:t>
-      </w:r>
-[...16 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -15150,55 +15786,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>