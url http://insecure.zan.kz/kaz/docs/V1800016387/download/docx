--- v1 (2025-11-28)
+++ v2 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b9d0f08" w14:textId="b9d0f08">
+    <w:p w14:paraId="2454e27" w14:textId="2454e27">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,350 +103,246 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Қаржы министрінің 2018 жылғы 1 ақпандағы № 111 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 19 ақпанда № 16387 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Салық кодексінің 133-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 187-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Қазақстан Республикасындағы кедендік реттеу туралы" Қазақстан Республикасы Кодексінің 132-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Қаржы министрінің 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t>№ 578</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...190 lines deleted...]
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Салық төлеушінің және (немесе) үшінші тұлған кепілге қойған мүлікті, сондай-ақ салық төлеушінің (салық агентінің) билік етуі шектелген мүлкін салық берешегі есебіне, төлеушінің – кедендік төлемдер және салықтар бойынша берешектің, арнайы, демпингке қарсы, өтем баждардың, өсімпұлдардың, пайыздың есебіне өткізу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті (А.М. Теңгебаев) заңнамамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті (А.М. Теңгебаев) заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -493,70 +389,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрықтың Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -787,1064 +683,866 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2018 жылғы 1 ақпандағы №111</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрығымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Салық төлеуші және (немесе) үшінші тұлға кепілге қойған мүлікті, сондай-ақ салық төлеушінің (салық агентінің) билік етуі шектелген мүлкін – салық берешегі есебіне, төлеушінің – кедендік төлемдер, салықтар бойынша берешектің, арнайы, демпингке қарсы, өтем баждардың, өсімпұлдардың, пайыздың есебіне өткізу қағидалары 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Салық төлеуші және (немесе) үшінші тұлға кепілге қойған мүлікті, сондай-ақ салық төлеушінің (салық агентінің) билік етуі шектелген мүлкін – салық берешегі есебіне, төлеушінің – кедендік төлемдер, салықтар бойынша берешектің, арнайы, демпингке қарсы, өтем баждардың, өсімпұлдардың, пайыздың есебіне өткізу қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасының Салық кодексінің (бұдан әрі – Салық кодексі) 133-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 187-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Қазақстан Республикасындағы кедендік реттеу туралы" Қазақстан Республикасының Кодексінің (бұдан әрі – Кодекс) 132-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және салық төлеуші және (немесе) үшінші тұлға кепілге қойған мүлікті, сондай-ақ салық төлеушінің (салық агентінің) билік етуі шектелген мүлкін – салық берешегі есебіне, төлеушінің – кедендік төлемдер, салықтар бойынша берешектің, арнайы, демпингке қарсы, өтем баждардың, өсімпұлдардың, пайыздың есебіне өткізу тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Қаржы министрінің 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t>№ 578</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...180 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z75" w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z75" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ағымдағы баға – электрондық аукцион барысында қалыптасатын лот бағасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z76" w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z76" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) борышкер – өзінің және (немесе) үшінші тұлғаның мүлкі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Салық кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес кепілге қойылған немесе салық берешегін, кеден төлемдері, салықтар бойынша берешектің, арнайы, демпингке қарсы, өтем баждардың, өсімпұлдардың, пайыздың өтеу есебіне мемлекеттік кірістер органының (бұдан әрі – МКО) шешімі бойынша мүлкіне билік етуі шектелген жеке немесе заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z77" w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z77" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) кепілдік жарна – борышкердің мүлкін сату бойынша электрондық аукционға қатысуға ниет білдірген жеке немесе заңды тұлға енгізген ақшалай сома;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z78" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) компания – Салық кодексінің 3-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Кодекстің 3-бабы 1-тармағының 56) тармақшасына сәйкес айқындаған уәкілетті заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z79" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) лот – бір немесе бірнеше бірдей және (немесе) біртекті заттардан тұратын борышкердің мүлкі не бөлінуі заттардың шаруашылық мақсатының (функцияларының) өзгеруіне әкеп соқтыратын заттар кешені;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z80" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бастапқы баға – әрбір лот бойынша сауда-саттық басталатын баға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z81" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) сату бағасы – электрондық аукцион нәтижесінде белгіленген, мүліктің бағалау құнының 65 пайызынан кем болмауға тиіс лоттың түпкілікті бағасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z82" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) мүлік – шартқа және (немесе) МКО қаулысына сәйкес салық берешегі, кеден төлемдері мен салықтар бойынша берешектің, арнайы, демпингке қарсы, өтем баждардың, өсімпұлдардың, пайыздың есебіне өндірілетін, билік етуі шектелген және (немесе) кепілге салынған мүлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z83" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) мүлікті өткізу бойынша шығыстар – компанияның бұйрығымен күнтізбелік жылғы 1 қаңтарға белгіленген және тиісті күнтізбелік жыл ішінде қолданылатын, қызметкерлерге еңбекақы төлеу қорын, іссапар және әкімшілік шығыстарды қоспағанда, лотты бағалау бойынша шығындар, маркетингке, борышкерлердің мүлкін бағалау жөніндегі қызметтерге арналған шығыстар, борышкердің мүлкін сату бойынша электрондық аукционды ұйымдастырушының қызметтерін пайдалану үшін жұмсалған, оны өткізуге байланысты шығыстар сомасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z84" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) жеңімпаз – лот үшін неғұрлым жоғары баға ұсынған және сауда-саттық қорытындылары туралы хаттамаға қол қойған электрондық аукционға қатысушы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z85" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) сатып алушы – сатып алу-сату шартына қол қойған сауда-саттық жеңімпазы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z86" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) электрондық аукцион – қатысушылар өздерінің ұсыныстарын жария мәлімдейтін тізілімнің веб-порталындағы сауда-саттық нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z87" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) ұйымдастырушы – борышкердің мүлкін сату бойынша электрондық аукцион өткізу жөніндегі электрондық қызмет көрсету туралы компаниямен шарт жасасқан мемлекеттік мүлікті есепке алу саласындағы бірыңғай оператор;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z88" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) қатысушы – тиісті лот бойынша электрондық аукционға қатысу үшін осы Қағидаларда белгіленген тәртіппен тіркелген жеке немесе заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z89" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) мемлекеттік мүлік тізілімінің веб-порталы (бұдан әрі – тізілімнің веб-порталы) – борышкерлердің мүлкін сату бойынша электрондық дерекқорға (бұдан әрі – дерекқор) кіретін бірыңғай нүктені беретін www.e-qazyna.kz мекенжайы бойынша Интернет желісінде орналасқан интернет-ресурс;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z90" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) техникалық істен шығу – ең болмағанда бір қатысушының электрондық аукцион рәсіміне қатысу мүмкіндігін және (немесе) электрондық аукцион өткізудің техникалық мүмкіндігін жоққа шығаратын тізілім веб-порталының жағындағы техникалық ақаулар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді – ҚР Қаржы министрінің м.а. 21.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 739</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 26.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 648</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 578</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...351 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы Қағидаларда пайдаланылатын өзге де ұғымдар мен терминдер Қазақстан Республикасының заңнамасына сәйкес қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z10" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...101 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Салық төлеуші және (немесе) үшінші тұлға  кепілге қойған мүлікті, сондай-ақ салық төлеушінің (салық агентінің) билік етуі шектелген мүлкін салық берешегі есебіне, төлеушінің – кедендік төлемдер және салықтар бойынша берешектің, арнайы, демпингке қарсы, өтем баждардың, өсімпұлдардың, пайыздың есебіне өткізу тәртібі 1-параграф. Борышкердің кепілге қойған  мүлікті өткізуге беру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z11" w:id="22"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z11" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Борышкердің кепілге қойған мүлікті өткізуді компания тізілімнің веб-порталында электрондық аукцион ұйымдастыру жолымен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z12" w:id="23"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z12" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Салық төлеуші салық міндеттемесін орындау кестесін және мүліктік кепіл туралы шартты бұзғаны борышкердің және (немесе) үшінші тұлғаның мүлкін сату үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z13" w:id="24"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z13" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Салық төлеуші салық міндеттемесін орындау кестесін бұзған күннен бастап үш жұмыс күнi iшiнде МКО:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлік кепілі туралы шарттың;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кепілге қойылған мүліктің нарықтық бағасы туралы бағалаушы есебінің электрондық көшірмелерін қоса бере отырып, борышкер және оның мүлкі туралы мәліметтерді (жеке сәйкестендіру нөмірі/бизнес сәйкестендіру нөмірі (ЖСН/БСН); заңды мекенжайы және орналасқан жері, банктік деректемелер) дерекқорға енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="25"/>
+    <w:bookmarkStart w:name="z14" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Компания мен бағалаушы МКО құжаттарды дерекқорға енгізген күннен бастап 7 (жеті) жұмыс күнінен кешіктірмей борышкердің қатысуымен кепіл мүліктің және (немесе) билік етуі шектеулі мүліктің іс жүзінде болуын тексеріп, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша кепіл мүлiктің және (немесе) билік етуі шектеулі мүліктің бар және (немесе) жоқ екені туралы акт жасайды, ол 2 (екі) жұмыс күнінен кешіктірілмей МКО-ға жолданады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кепіл мүліктің және (немесе) билік етуі шектеулі мүліктің іс жүзінде болуы салықтарды және бюджетке төленетін басқа да міндетті төлемдерді төлеу мерзімінің өзгеруіне байланысты борышкердің кепіл түрінде қамтамасыз етілген мүлкіне, сондай-ақ борышкердің билік етуі шектелген мүлкіне компания өкілдерінің және бағалаушының қол жеткізуін қамтамасыз ету арқылы МКО тарапынан жәрдем көрсетіле отырып тексеріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1881,128 +1579,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="26"/>
+    <w:bookmarkStart w:name="z15" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Борышкердің билік етуі шектелген  мүлкін өткізуге беру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z16" w:id="27"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z16" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Борышкердің билік етуі шектелген мүлкін өткізуді компания тізілімнің веб-порталында электрондық аукцион ұйымдастыру жолымен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z17" w:id="28"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z17" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. МКО салық төлеушінің (салық агентінің), төлеушінің билік етуі шектелген мүлкіне өндіріп алуды қолдану туралы қаулысы борышкердің мүлкін сату үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z18" w:id="29"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z18" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Салық төлеушінің (салық агентінің), төлеушінің билік етуі шектелген мүлкін өндіріп алуды қолдану туралы қаулы шыққан күннен бастап 3 (үш) жұмыс күнi iшiнде МКО:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салық төлеушінің (салық агентінің) билік етуі шектелген мүлкін өндіріп алуды қолдану туралы қаулының;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2219,108 +1917,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="30"/>
+    <w:bookmarkStart w:name="z20" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-параграф. Лоттың бастапқы бағасын айқындау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z21" w:id="31"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z21" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Лоттың бастапқы бағасы осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бар екені расталған кепіл мүлікке және (немесе) билік етуі шектеулі мүлікке оның бар және (немесе) жоқ екені туралы акт жасалған күннен бастап 7 (жеті) жұмыс күні ішінде мынадай құжаттардың біреуінің негізінде айқындалады: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) бірдей және (немесе) біртекті тауарлар бойынша Қазақстан Республикасының бағалау қызметі туралы заңнамасына сәйкес жасалған бағалау туралы қолдағы бар есептің негізінде компанияның кепіл мүліктің және (немесе) билік етуі шектеулі мүліктің нарықтық бағасын белгілеу туралы қорытындысы (бұдан әрі – қорытынды). Компания қорытындыны осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2449,186 +2147,186 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="32"/>
+    <w:bookmarkStart w:name="z22" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Бірдей тауарларға олардың өздеріне тән негізгі белгілері: физикалық сипаттамалары, оның ішінде тозу дәрежесі, сапасы мен нарықтағы беделі, шығарған ел, өндірушісі, тауар белгісі бірдей тауарлар жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер қалған жағынан бұл тауарлар осы тармақтың талаптарына сәйкес болса, сыртқы түріндегі елеусіз сәйкессіздіктер тауарларды бірдей деп танымау үшін негіз болып табылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="33"/>
+    <w:bookmarkStart w:name="z23" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Біртекті тауарларға бірдей емес, бірақ ұқсас сипаттамалары бар (шығарылған елі, тозу дәрежесі, сапасы) және ұқсас құрауыштардан тұратын тауарлар жатады, бұл оларға бір функцияны орындауға және олармен өзара алмасымды болуға мүмкіндік береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағаланатын тауарлардың өндірушісіне қарағанда басқа тұлға өндірген біртекті тауарлар тек сол өндірушінің біртекті тауарлары анықталмаған не қолда бар ақпарат пайдалануға қолайлы деп есептелмеген жағдайда ғана назарға алынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="34"/>
+    <w:bookmarkStart w:name="z24" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Бірдей немесе біртекті тауарларға борышкердің мынадай мүлкін жатқызуға болмайды: жылжымайтын мүлік, көлік құралдары, арнайы техника.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z25" w:id="35"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z25" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Егер бағалау нәтижелері бойынша борышкердің барлық мүлкінің құны оларды өткізу бойынша болжамды шығыстардан төмен болған жағдайда, компания кепіл мүлікті және (немесе) билік етуі шектеулі мүлікті одан әрі өткізуді жүргізбейді. Бұл ретте компания лоттардың бастапқы бағасын айқындау күнінен бастап үш жұмыс күні ішінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша борышкердің кепіл мүлкің және (немесе) билік етуі шектеулі мүлкін өткізуден бас тарту туралы хабарламаны дерекқорға енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2647,108 +2345,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="36"/>
+    <w:bookmarkStart w:name="z26" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-параграф. Мүлікті өткізуге дайындау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z27" w:id="37"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z27" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Компания лоттың бастапқы бағасы айқындалған күннен бастап екі жұмыс күні ішінде дерекқорда өткізуге жататын мүлік туралы ақпаратты өзектілендіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z28" w:id="38"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z28" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Сауда-саттық өткізу туралы хабарлама жарияланғанға дейін компания тізілім веб-порталында әрбір лот бойынша мынадай ақпаратты дерекқорға енгізуді қамтамасыз етеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мүлік бойынша мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2867,70 +2565,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүлікке құқық белгілейтін құжаттар (бар болған жағдайда);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       техникалық жай-күйі туралы көріністі қамтамасыз ететін кемінде үш дана фотосурет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="39"/>
+    <w:bookmarkStart w:name="z29" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Тізілім веб-порталында электрондық аукцион өткізу туралы хабарламаны жариялау үшін компания электрондық аукцион өткізу күніне дейін кемінде он бес күнтізбелік күн бұрын әрбір лот бойынша дерекқорға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) электрондық аукционның күні мен уақытын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3031,70 +2729,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) ұйымдастырушы мен компанияның телефонын және мекенжайын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) компанияның шешімі бойынша қосымша ақпаратты енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="40"/>
+    <w:bookmarkStart w:name="z30" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Ұйымдастырушы компания дерекқорға мәліметтерді енгізген күннен бастап бір жұмыс күні ішінде қателіктердің бар-жоғын және осы Қағидаларда белгіленген талаптарға сәйкес келуін тексеруді жүзеге асырады және тізілім веб-порталына сауда-саттық өткізу туралы хабарламаны жариялайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйымдастырушы тізілім веб-порталын пайдаланушыларға, оның ішінде облыс орталықтарында, республикалық маңызы бар қалаларда және астанада орналасқан аумақтық бөлімшелер арқылы консультациялық көмек көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3149,70 +2847,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="41"/>
+    <w:bookmarkStart w:name="z31" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Қатысушыларды тіркеу тізілім веб-порталында хабарлама жарияланған күннен бастап жүргізіледі және сауда-саттық басталғанға дейін 5 (бес) минут бұрын аяқталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3231,88 +2929,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="42"/>
+    <w:bookmarkStart w:name="z32" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-параграф. Электрондық аукционға қатысу шарттары және қатысушыларды тіркеу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z33" w:id="43"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z33" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Электрондық аукционға қатысу үшін жеке немесе заңды тұлға мынадай әрекетті жүзеге асырады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) электрондық аукцион өткізу туралы хабарламада көрсетілген ұйымдастырушының банктік шотына кепілдік жарнаны енгізеді. Бұл ретте кепілдік жарналардың кез келген мөлшерін енгізуге жол беріледі. Бір кепілдік жарна сауда-саттығына қатысу үшін жеке немесе заңды тұлға осы кепілдік жарнаны енгізген лотты сатып алу құқығын береді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3513,70 +3211,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="44"/>
+    <w:bookmarkStart w:name="z34" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Өтінім тізілім веб-порталында тіркелгеннен кейін автоматты режимде өтінім берілген лот бойынша кепілдік жарнаның түскені туралы мәліметтің болуына тексеру жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дерекқорда ұйымдастырушының шотына кепілдік жарнаның түскені туралы мәліметтер болған кезде тізілім веб-порталы өтінімді қабылдауды және жеке немесе заңды тұлғаны сауда-саттыққа жіберуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3613,90 +3311,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="45"/>
+    <w:bookmarkStart w:name="z35" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Жеке немесе заңды тұлғаның осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген талаптарды сақтамауы, сондай-ақ электрондық аукцион басталғанға дейін 5 (бес) минут бұрын ұйымдастырушының шотына кепілдік жарнаның түспеуі өтінімді қабылдаудан бас тарту үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3715,70 +3413,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="46"/>
+    <w:bookmarkStart w:name="z36" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Өтінім берген жеке және заңды тұлғалар үшін борышкердің мүлкі бойынша қолда бар қосымша мәліметтерге ақысыз қол жетімділік, сондай-ақ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сатылатын мүлікті алдын ала қарау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3789,69 +3487,69 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өтінім беру мерзімінің өту уақытынан кешіктірмей оны кері қайтару;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жеке немесе заңды тұлғаны қатысушы ретінде тіркеуден бас тарту себептері жойылған жағдайда өтінімді қайта беру мүмкіндігі беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="47"/>
+    <w:bookmarkStart w:name="z37" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Электрондық аукцион</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z38" w:id="48"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z38" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Электрондық аукцион Қазақстан Республикасының Еңбек </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3866,51 +3564,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Қазақстан Республикасының мерекелері туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес демалыс, мереке күндерін қоспағанда, сейсенбіден бастап жұма аралығындағы кезеңде сағат 10.00-ден бастап 17.00-ге дейінгі уақыт аралығында (сағат 15.00-ден кешіктірмей басталады) тізілімнің веб-порталында өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3929,70 +3627,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="49"/>
+    <w:bookmarkStart w:name="z39" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Электрондық аукционға қатысушылар аукцион басталғанға дейін бір сағат ішінде электрондық-цифрлық қолтаңбасын қолдана отырып, аукцион залында тіркеледі. Аукцион сауда-саттық өткізу туралы хабарламада көрсетілген уақытта аукцион залында лоттың бастапқы бағасын автоматты түрде орналастыруы арқылы басталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер аукцион басталған сәтте аукцион залында лот бойынша аукционға екеуден аз қатысушы тіркелген және болған жағдайда, бұл лот бойынша аукцион өткізілген жоқ деп танылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4067,90 +3765,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="50"/>
+    <w:bookmarkStart w:name="z40" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. Электрондық аукцион қатысушылардың баға ұсыныстарын беру әдісімен өткізіледі және қатысушылардың бірі ұсынған ең жоғары бағаға дейін өткізіледі. Лот үшін баға ұсынысы осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7) тармақшасында көзделген ең төменгі бағаның шекті мәнінен төмен емес айқындалады. Бұл ретте бағаны өзгерту қадамы былайша белгіленеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 20 000 еселенген айлық есептік көрсеткішке дейінгі мөлшердегі ағымдағы баға кезінде өзгеру қадамы 10 пайыз мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4277,70 +3975,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="51"/>
+    <w:bookmarkStart w:name="z41" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Электрондық аукцион мынадай тәртіппен өткізіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) электрондық аукцион басталған сәтте аукцион залында қатысушылардың лот үшін баға ұсыныстары көрсетіледі, бұл олардың шарттарды сақтай отырып, лотты сатып алуға келісімін білдіру нысаны болып табылады және ағымдағы баға қалыптасады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4563,70 +4261,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="52"/>
+    <w:bookmarkStart w:name="z42" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Тиісті лот бойынша электрондық аукцион:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сауда-саттық өткізу басталғанға дейін салық төлеушінің (салық агентінің), төлеушінің мүлікке билік етуін шектеу туралы шешімнің күші жойылған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4681,70 +4379,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="53"/>
+    <w:bookmarkStart w:name="z43" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Электрондық аукцион барысында электрондық аукционды өткізуге кедергі келтіретін техникалық ақау туындаған кезде ұйымдастырушы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) техникалық ақаудың болу фактісін тіркейді және ол тізілім веб-порталы жағында болған кезде компанияны және барлық қатысушыларды тізілім веб-порталында электрондық аукционды тоқтата тұру туралы ақпаратты орналастыру арқылы хабардар етеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4871,90 +4569,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="54"/>
+    <w:bookmarkStart w:name="z45" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Әрбір сатылған лот бойынша аукцион нәтижелері компания мен қатысушы сауда-саттық өткізу күннен бастап екі жұмыс күнінен кешіктірмей ЭЦҚ пайдалана отырып тізілім веб-порталында қол қоятын сауда-саттық қорытындылары туралы хаттамамен ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z46" w:id="55"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z46" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Кепілдік жарна шегерілген сату бағасын электрондық аукционның жеңімпазы сауда-саттық қорытындылары туралы хаттамаға қол қойылған күннен бастап 5 (бес) жұмыс күнінен кешіктірмей ұйымдастырушының есеп шотына енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйымдастырушы кепілдік жарна мөлшерін қоса алғанда, сату бағасын сауда-саттық өткізу күнінен бастап 7 (жеті) жұмыс күні ішінде компанияның банк шотына аударады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -4991,88 +4689,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="56"/>
+    <w:bookmarkStart w:name="z47" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. Электрондық аукцион қорытындысы  бойынша шарт жасасу, кепілдік жарнаны қайтару</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z48" w:id="57"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z48" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Сауда-саттық қорытындылары туралы хаттама электрондық аукцион нәтижелерін және жеңімпаз бен борышкердің не борышкердің атынан МКО өкілінің сату бағасы бойынша лотты сатып алу-сату шартына қол қою міндеттемелерін тіркейтін құжат болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеңімпазбен сатып алу-сату шартына электрондық аукцион өткізілген күннен бастап он жұмыс күнінен аспайтын мерзімде сату бағасы компанияның банк шотына енгізілгеннен кейін қол қойылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5147,126 +4845,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="58"/>
+    <w:bookmarkStart w:name="z49" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Сауда-саттық қорытындылары туралы хаттама негізінде МКО:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) компанияның электрондық мекенжайына – мемлекеттік бюджетке ақша қаражатын аудару үшін деректемелерді және осы Қағидалардың 41-тармағында көзделген жағдайда борышкердің деректемелерін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) борышкерге – пошта немесе өзге де байланыс ұйымдары арқылы не хабарламаны жіберу фактісін растайтын өзге тәсілмен жеңімпазбен мүлікті сатып алу-сату шартын жасасу қажеттігі туралы хабарламаны жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="59"/>
+    <w:bookmarkStart w:name="z50" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Борышкер мүлікті сатып алу-сату шартына қол қоюдан бас тартқан не ол хабарлама жіберілген күннен кейінгі күннен бастап 5 (бес) жұмыс күні ішінде келмеген кезде борышкердің атынан мүлікті сатып алу-сату шартына МКО өкілі қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5285,110 +4983,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="60"/>
+    <w:bookmarkStart w:name="z51" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Ұйымдастырушы қатысушының кепілдік жарнасын (электрондық аукционда жеңген қатысушыны қоспағанда) тізілім веб-порталында қатысушының ЭЦҚ қойылған кепілдік жарналарды қайтаруға арналған өтінішке қол қойылған күннен бастап үш жұмыс күні ішінде қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z52" w:id="61"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z52" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. Электрондық аукционда жеңген қатысушы енгізген кепілдік жарна қайтарылмайды және осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>34-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талаптарды ескере отырып, компанияның кірісіне есепке жатқызлады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жеңімпаз осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5519,51 +5217,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="62"/>
+    <w:bookmarkStart w:name="z53" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5578,51 +5276,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес электрондық аукцион өткізілмеген кезде, лоттың бастапқы бағасын айқындау бойынша компанияның шығыстарын осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9) тармақшасына сәйкес борышкер өтейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5641,130 +5339,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="63"/>
+    <w:bookmarkStart w:name="z54" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Мүлікті сатып алуға байланысты шығыстар сатып алушыға жүктеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z55" w:id="64"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z55" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. Компания мүліктің сатылған бағасынан мүлікті өткізу бойынша шығыстарды өтейді және осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген мөлшерде сыйақыны ұстап қалады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z56" w:id="65"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z56" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Компания сауда-саттық өткізілген күннен бастап 10 (он) жұмыс күні ішінде МКО көрсеткен деректемелер бойынша борышкердің берешегін өтеу есебіне ақшаны мемлекеттік бюджетке аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5783,254 +5481,148 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="66"/>
+    <w:bookmarkStart w:name="z57" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Барлық талаптарды қанағаттандырғаннан кейін қалған сома, осы Қағидалардың 43-тармағына сәйкес мемлекеттік бюджетке ақша аударылған күннен бастап үш жұмыс күні ішінде борышкердің банк шотына аудару жолымен оған қайтарылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z58" w:id="67"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z58" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9-тарау. Қорытынды ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z59" w:id="68"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z59" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       45. Алып тасталды – ҚР Қаржы министрінің м.а. 21.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 739</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z60" w:id="69"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z60" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Осы Қағидаларда реттелмеген мәселелер Қазақстан Республикасының заңнамасына сәйкес шешілуі тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-[...105 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="72"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6116,64 +5708,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>төлеушінің (салық агентінің)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>билік етуі шектелген мүлкін –</w:t>
-[...12 lines deleted...]
-              <w:t>салық берешегі есебіне,</w:t>
+              <w:t>билік етуі шектелген мүлкін –салық берешегі есебіне,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>төлеушінің – кедендік төлемдер,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6322,305 +5901,377 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кепіл мүліктің және (немесе) билік етуі шектеулі мүліктің бар және (немесе) жоқ екені туралы акт</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда – ҚР Қаржы министрінің 26.09.2024 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда – ҚР Қаржы министрінің 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 648</w:t>
+        <w:t>№ 578</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...89 lines deleted...]
-      атынан ___________________________________________ бағалаушы екінші тараптан</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20__ жылғы "__" ____ № ____ _____ жылғы "__" _______ № __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шарт негізінде әрекет ететін _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      компаниясының атынан _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бірінші тараптан (тегі, аты, әкесінің аты (ол жеке басын куәландыратын құжатта</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көрсетілсе) (тегі, аты және әкесінің аты)) және ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      атынан ______________________________________ бағалаушы екінші тараптан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       борышкердің және (немесе) үшінші тұлғаның қатысуымен салық төлеушінің (салық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      агентінің), төлеушінің билік етуі шектелген мүлкін өндіріп алу туралы мемлекеттік кірістер</w:t>
-[...107 lines deleted...]
-      туралы осы (қажетінің асты сызылсын) актіні жасады.</w:t>
+      агентінің), төлеушінің билік етуі шектелген мүлкін өндіріп алу туралы мемлекеттік</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кірістер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      органының 20__жылғы "__" _______ қаулысына және (немесе) кепіл мүлкі туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шартқа сәйкес________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+           (салық төлеушінің (салық агентінің), төлеушінің атауы және (немесе)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты және әкесінің аты, жеке сәйкестендіру нөмірі/бизнес сәйкестендіру нөмірі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (БСН/ЖСН), e-mail</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      және банк деректемелері) мүлкін өткізу мақсатында кепіл мүліктің және (немесе)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      билік етуі шектеулі мүліктің бар және (немесе) жоқ екені туралы осы (қажетінің асты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сызылсын) актіні жасады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тізімдеме актісіне және (немесе) 20 ___ жылғы "___" ___________ № ______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6693,51 +6344,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с№</w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7873,482 +7524,484 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...430 lines deleted...]
-</w:t>
+        <w:t>
+      Кепіл мүліктің және (немесе) билік етуі шектеулі мүліктің бар және (немесе)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жоқ екені туралы актіні:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (компания өкілінің тегі, аты және әкесінің аты, қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (бағалаушының тегі, аты және әкесінің аты, қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (салық төлеушінің (салық агентінің), төлеушінің, лауазымды тұлғаның тегі, аты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      және әкесінің аты, қолы, қол қойған күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      борышкердің және (немесе) үшінші тұлғаның қатысуымен жасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Борышкер және (немесе) үшінші тұлға болмаған немесе ол қол қоюдан бас тартқан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жағдайларда, акт мемлекеттік кірістер органы өкілінің және куәгерлердің (актіге жеке</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      куәліктерінің көшірмелері қоса беріледі) қатысуымен жасалады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (куәгердің тегі, аты және әкесінің аты, қолы, қол қойған күні, жеке басын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      куәландыратын құжаттың түрі мен нөмірі, жеке сәйкестендіру нөмірі және</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұрғылықты жерінің мекенжайы, ол бар болса ұялы телефон №)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (куәгердің тегі, аты және әкесінің аты, қолы, қол қойған күні, жеке басын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      куәландыратын құжаттың түрі мен нөмірі, жеке сәйкестендіру нөмірі және</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұрғылықты жерінің мекенжайы, ол бар болса ұялы телефон №)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік кірістер органының лауазымды тұлғасының тегі, аты және әкесінің аты,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қолы, қол қойған күні)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8436,64 +8089,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>төлеушінің (салық агентінің)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>билік етуі шектелген мүлкін –</w:t>
-[...12 lines deleted...]
-              <w:t>салық берешегі есебіне,</w:t>
+              <w:t>билік етуі шектелген мүлкін –салық берешегі есебіне,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>төлеушінің – кедендік төлемдер,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -8642,71 +8282,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кепіл мүліктің және (немесе) билік етуі шектеулі мүліктің нарықтық құнын белгілеу туралы қорытынды</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда – ҚР Қаржы министрінің 26.09.2024 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда – ҚР Қаржы министрінің 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 648</w:t>
+        <w:t>№ 578</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20__ жылғы "____" _________ № ___________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -8716,339 +8356,501 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы қорытындыны</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________</w:t>
-[...88 lines deleted...]
-        <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (уәкілетті заңды тұлғаның атауы, бизнес сәйкестендіру нөмірі, заңды мекенжайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Салық төлеуші және (немесе) үшінші тұлға кепілге қойған мүлікті, сондай-ақ салық</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төлеушінің (салық агентінің) билік етуі шектелген мүлкін – салық берешегі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      есебіне,төлеушінің – кедендік төлемдер, салықтар бойынша берешектің, арнайы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      демпингке қарсы, өтем баждардың, өсімпұлдардың, пайыздың есебіне өткізу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қағидалардың 12-тармағына сәйкес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       мүлкіне қатысты</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (салықтөлеушінің (салық агентінің), төлеушінің атауы және (немесе) тегі, аты, әкесінің аты (ол бар болса), жеке сәйкестендіру нөмірі/бизнес сәйкестендіру нөмірі (БСН/ЖСН), e-mail және банк деректемелері)</w:t>
-[...17 lines deleted...]
-      салық төлеушінің (салық агентінің), төлеушінің билік етуі шектелген мүлкін өндіріп алу туралы мемлекеттік кірістер органының 20___жылғы "___" ___________ № _________ қаулысына сәйкес жасады.</w:t>
+      (салықтөлеушінің (салық агентінің), төлеушінің атауы және (немесе) тегі, аты,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әкесінің аты (ол жеке басын куәландыратын құжатта көрсетілсе) (тегі, аты және</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әкесінің аты), жеке сәйкестендіру нөмірі немесе бизнес сәйкестендіру нөмірі (бұдан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әрі – БСН/ЖСН), e-mail және банк деректемелері)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салық төлеушінің (салық агентінің), төлеушінің билік етуі шектелген мүлкін өндіріп</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      алу туралы мемлекеттік кірістер органының 20___жылғы "___" ___________ №</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________ қаулысына сәйкес жасады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Билік етуі шектелген мүліктің сипаттамасын көрсете отырып, оның атауы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________</w:t>
-[...107 lines deleted...]
-      _____________________________________________________________________ теңге</w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Билік етуі шектелген мүліктің нарықтық құны:_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________ теңге</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (цифрмен және жазбаша түрде)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9302,177 +9104,177 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бірдей және (немесе) біртекті мүліктің сипаттамасын көрсете отырып, оның атауы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________</w:t>
-[...125 lines deleted...]
-      _____________________________________________________________________ теңге</w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бірдей және (немесе) біртекті мүліктің нарықтық құны:__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________теңге</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (цифрмен және жазбаша түрде)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9586,247 +9388,123 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (уәкілетті заңды тұлға өкілінің тегі, аты,</w:t>
-[...35 lines deleted...]
-      __________________________________________ Мөр орны</w:t>
+      (уәкілетті заңды тұлға өкілінің тегі, аты және әкесінің аты, қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мөр орны</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (уәкілетті заңды тұлға басшысының (басшы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      орынбасарының) тегі, аты, әкесінің аты (ол бар болса)</w:t>
-[...123 lines deleted...]
-</w:t>
+      орынбасарының) тегі, аты және әкесінің аты, қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9914,64 +9592,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>төлеушінің (салық агентінің)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>билік етуі шектелген мүлкін –</w:t>
-[...12 lines deleted...]
-              <w:t>салық берешегі есебіне,</w:t>
+              <w:t>билік етуі шектелген мүлкін –салық берешегі есебіне,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>төлеушінің – кедендік төлемдер,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -10120,269 +9785,359 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кепіл мүлікті және (немесе) билік етуі шектеулі мүлікті өткізуден бас тарту туралы хабарлама</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 3-қосымша жаңа редакцияда – ҚР Қаржы министрінің 26.09.2024 </w:t>
+      Ескерту. 3-қосымша жаңа редакцияда – ҚР Қаржы министрінің 06.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 648</w:t>
+        <w:t>№ 578</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20__ жылғы "____" ________ № _______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Салық төлеуші және (немесе) үшінші тұлға кепілге қойған мүлікті, сондай-ақ салық төлеушінің (салық агентінің) билік етуі шектелген мүлкін – салық берешегі есебіне, төлеушінің – кедендік төлемдер, салықтар бойынша берешектің, арнайы, демпингке қарсы, өтем баждардың, өсімпұлдардың, пайыздың есебіне өткізу қағидалардың 16-тармағына сәйкес</w:t>
-[...89 lines deleted...]
-      __________________________________________________________________</w:t>
+      Салық төлеуші және (немесе) үшінші тұлға кепілге қойған мүлікті, сондай-ақ салық</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төлеушінің (салық агентінің) билік етуі шектелген мүлкін – салық берешегі есебіне,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төлеушінің – кедендік төлемдер, салықтар бойынша берешектің, арнайы, демпингке</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қарсы, өтем баждардың, өсімпұлдардың, пайыздың есебіне өткізу қағидалардың 16-</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тармағына сәйкес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (уәкілетті заңды тұлғаның атауы, бизнес сәйкестендіру нөмірі (бұдан әрі – БСН),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңды мекенжайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (мемлекеттік кірістер органының атауы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________</w:t>
-[...35 lines deleted...]
-      (салық төлеушінің (салық агентінің), төлеушінің атауы және (немесе) тегі, аты, әкесінің аты (ол бар болса), жеке сәйкестендіру нөмірі/бизнес сәйкестендіру нөмірі (БСН/ЖСН)</w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (салық төлеушінің (салық агентінің), төлеушінің атауы және (немесе) тегі, аты, әкесінің аты (ол жеке басын куәландыратын құжатта көрсетілсе) (тегі, аты және әкесінің аты), жеке сәйкестендіру нөмірі немесе БСН)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қатысты шығарылған 20__жылғы "___" __________ № ____ салық төлеушінің (салық агентінің), төлеушінің билік етуі шектелген мүлкін өндіріп алу туралы мемлекеттік кірістер органының қаулысы және (немесе) кепіл мүлкі туралы шарт бойынша мынадай мүлікті өткізуден бас тартатыны туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
@@ -10420,51 +10175,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с №</w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11941,51 +11696,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       Қосымша (көрсетілсін):</w:t>
+      Қосымша (көрсетілсін):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кепіл мүліктің және (немесе) билік етуі шектеулі мүліктің нарықтық құнын белгілеу туралы компанияның қорытындысы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -12289,105 +12044,123 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20____жылғы "___" __________________ № ________________ құжат</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (кепіл мүліктің және (немесе) билік етуі шектеулі мүліктің нарықтық құнын белгілеу туралы компания қорытындысының</w:t>
-[...53 lines deleted...]
-      (уәкілетті заңды тұлға қызметкерінің тегі, аты, әкесінің аты (ол бар болса) және қолы)</w:t>
+      (кепіл мүліктің және (немесе) билік етуі шектеулі мүліктің нарықтық құнын белгілеу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       туралы компания қорытындысының немесе кепіл мүліктің және (немесе) билік етуі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шектеулі мүліктің құнын бағалау туралы есептің күні мен нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (уәкілетті заңды тұлға қызметкерінің тегі, аты және әкесінің аты, қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________ Мөр орны</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -12397,157 +12170,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (уәкілетті заңды тұлға басшысының (басшы орынбасарының)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тегі, аты, әкесінің аты (ол бар болса) және қолы)</w:t>
-[...105 lines deleted...]
-</w:t>
+      тегі, аты және әкесінің аты, қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12635,64 +12302,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>төлеушінің (салық агентінің)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>билік етуі шектелген мүлкін –</w:t>
-[...12 lines deleted...]
-              <w:t>салық берешегі есебіне,</w:t>
+              <w:t>билік етуі шектелген мүлкін –салық берешегі есебіне,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>төлеушінің – кедендік төлемдер,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12741,270 +12395,410 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z65" w:id="70"/>
+    <w:bookmarkStart w:name="z65" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Электрондық аукционға қатысуға өтінім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z66" w:id="71"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-қосымша жаңа редакцияда - ҚР Қаржы министрінің 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 578</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Салық төлеушінің (салық агентінің) мүлкін – салық берешегі есебіне, төлеушінің мүлкін – кеден төлемдері, салықтар бойынша берешегі, арнайы, демпингке қарсы, өтем баждардың, өсімпұлдардың, пайыздың есебіне өткізу туралы жарияланған хабарламаны қарап және Салық төлеуші және (немесе) үшінші тұлға кепілге қойған мүлікті, сондай-ақ салық төлеушінің (салық агентінің) билік етуі шектелген мүлкін – салық берешегі есебіне, төлеушінің – кедендік төлемдер, салықтар бойынша берешектің, арнайы, демпингке қарсы, өтем баждардың, өсімпұлдардың, пайыздың есебіне өткізу қағидаларымен танысып,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-[...125 lines deleted...]
-      ________________________________________________________________________________</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (дара кәсіпкер үшін: тегі, аты, әкесінің аты (ол жеке басын куәландыратын құжатта</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көрсетілсе) (тегі, аты және әкесінің аты)), заңды тұлға үшін: атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тізілімнің веб-порталында 20__ жылғы "__" ___ сағат __ өткізілетін электрондық</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аукционға қатысуға ниет білдіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мен (біз) электрондық аукционға қатысу үшін _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (есеп шоттың деректемелері көрсетіледі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ұйымдастырушының есеп шотына жалпы сомасы ___________ (___________) теңге (цифрмен) (жазумен)_____ кепілдік жарнаны енгіздім (енгіздік).(саны)</w:t>
+      ұйымдастырушының есеп шотына жалпы сомасы ________ (___________) теңге</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (цифрмен) (жазумен)_____ кепілдік жарнаны енгіздім (енгіздік). (саны)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Енгізілген кепілдік жарна(-лар) туралы мәлімет:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
@@ -13881,70 +13675,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z68" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Мен (біз):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) электрондық аукцион өткізу туралы хабарламада көрсетілген мүлікті сатып алушыларға қойылатын ерекше шарттар мен (немесе) қосымша талаптарға сәйкес келмейтін жеке (заңды) тұлға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13955,110 +13747,104 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ұйымдастырушы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) компания қатысушы ретінде тіркелуге жатпайтыны туралы хабардармын (хабардармыз).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қатысушыға қойылатын талаптарға менің (біздің) сәйкес келмегенім (келмегеніміз) анықталған жағдайда, мен (біз) электрондық аукционда қатысу құқығынан айырылатыныммен (айырылатынымызбен), нәтижесінде мен (біз) қол қойған сауда-саттық қорытындылары туралы хаттама және сатып алу-сату шарты жарамсыз деп танылатынына келісемін (келісеміз).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z70" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Егер мен (біз) сауда-саттық жеңімпазы болып танылған жағдайда, сауда қорытындылары туралы хаттамаға аукцион өткен күні ЭЦҚ қоюға, Қағидаларда белгіленген мерзімде сату құнын төлеуге және Қағидаларда белгіленген мерзімде сатып-алу сату шартына қол қоюға міндеттенемін (міндеттенеміз).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z71" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сауда-саттық қорытындылары туралы хаттамаға ЭЦҚ қоюдан бас тартқан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14105,556 +13891,696 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) менің (біздің) қатысушыға қойылатын талаптарға сәйкес келмегенім (келмегеніміз) анықталған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) белгіленген мерзімде сату бағасын енгізу мерзімі бұзылған жағдайларда, мен (біз) енгізген кепілдік жарна сомасының қайтарылмайтынына және компанияда қалатынына келісемін (келісеміз).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы өтінімнің сауда-саттық нәтижелері туралы хаттамамен бірге сатып алу-сату шарты жасалғанға дейін қолданылатын шарт күші бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z73" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Өзім (із) туралы мынадай мәліметтер ұсынамын (ұсынамыз):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке тұлға немесе дара кәсіпкер үшін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тегі, аты, әкесінің аты (егер ол жеке басты куәландыратын құжатта көрсетілген болса): ________________________________________________________________________________</w:t>
-[...71 lines deleted...]
-      Телефон нөмірі (факс): ____________________________________________________________</w:t>
+      Тегі, аты және әкесінің аты):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке сәйкестендіру нөмірі ЖСН:_____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке басын куәландыратын құжаттар туралы мәлімет (нөмірі мен берілген күні):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекенжайы:_______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон нөмірі (факс):______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банк деректемелері:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ЖСК: __________________________________________________________________________</w:t>
-[...53 lines deleted...]
-      Кбе:____________________________________________________________________________</w:t>
+      ЖСК: ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БСК:_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банк атауы:__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кбе:________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заңды тұлға үшін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Атауы: _________________________________________________________________________</w:t>
-[...71 lines deleted...]
-      Телефон нөмірі (факс): ____________________________________________________________</w:t>
+      Атауы: ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес сәйкестендіру нөмір (БСН):_______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшысының тегі, аты және әкесінің аты: _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекенжайы: __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон нөмірі (факс): _________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банк деректемелері:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ЖСК: __________________________________________________________________________</w:t>
-[...125 lines deleted...]
-      Қатысушының аукциондық нөмірі __________________________________________________</w:t>
+      ЖСК: ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БСК:_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банк атауы:____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кбе:____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы, жеке тұлғаның тегі, аты, әкесінің аты немесе заңды тұлғаның атауы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басшысының тегі, аты, әкесінің аты)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік мүлік тізілімнің веб-порталы 20__ жылғы "__" _____ сағат минутта қабылданды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қатысушының аукциондық нөмірі ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту: аббревиатураларға түсініктеме:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЭЦҚ – электрондық цифрлық қолтаңба;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖСК – жеке сәйкестендіру коды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БСК – банктің сәйкестендіру коды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Kбе – бенефициар коды.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -15786,55 +15712,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>