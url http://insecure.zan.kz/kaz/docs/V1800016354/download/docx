--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="97bc68f" w14:textId="97bc68f">
+    <w:p w14:paraId="dc22862" w14:textId="dc22862">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1203,917 +1203,1077 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Құжаттарды қабылдау және жолдау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z69" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3. Мемлекеттік қызметті алу үшін Қазақстан Республикасынан тыс жерге уақытша жұмыстармен шыққан және онда тұрақты тұру үшін қалуға тілек білдірген Қазақстан Республикасы азаматтарының өздері немесе олардың заңды өкiлдерi (ата-аналары, қамқоршылары, қорғаншылары) (бұдан әрі - көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге келесі құжаттарды ұсынады:</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Мемлекеттік қызметті алу үшін Қазақстан Республикасынан тыс жерге уақытша жұмыстармен шыққан және онда тұрақты тұру үшін қалуға тілек білдірген Қазақстан Республикасы азаматтарының өздері немесе олардың заңды өкiлдерi (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге келесі құжаттарды ұсынады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z70" w:id="17"/>
+    <w:bookmarkStart w:name="z80" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтiнiш-сауалнама;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z71" w:id="18"/>
+    <w:bookmarkStart w:name="z81" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (тұлғаны сәйкестендіру үшін).</w:t>
+      2) жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен алынған электрондық құжат (жеке басын сәйкестендіру үшін).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z82" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы азаматының паспортын және/немесе баланың туу туралы куәлігін немесе анықтамасын қабылдаған кезде көрсетілетін қызметті беруші олардың көшірмелерін жасайды, содан кейін көрсетілетін қызметті алушыға түпнұсқаларын қайтарып береді. Қазақстан Республикасы жеке куәлігінің түпнұсқасы алынып қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z83" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы азаматының жеке куәлігі немесе паспорты болмаған, жоғалған немесе қолданылу мерзімі өткен жағдайда көрсетілетін қызметті алушы еркін нысанда жазбаша түсініктеме береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z84" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы азаматының паспорты болмаған, жоғалған немесе қолданылу мерзімі өтіп кеткен жағдайда, көрсетілетін қызметті алушы "Құжаттарды қабылдау және оларды Қазақстан Республикасының шет елдерде жүрген азаматтарына паспорттар жасауға жіберу" мемлекеттік қызмет көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Сыртқы істер министрінің 2020 жылғы 12 мамырдағы № 11-1-4/149 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20627 болып тіркелген) сәйкес Қазақстан Республикасының шет елде жүрген азаматына паспорт дайындауға арналған құжаттарды жазбаша түсініктемемен бір уақытта береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z85" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) алимент алушы отбасы мүшелерінің алдында міндеттемелері болған жағдайда, шығатын адамның заң бойынша асырауындағы отбасы мүшелері Қазақстан Республикасының аумағында тұрақты тұрса, "Неке (ерлі – зайыптылық) және отбасы туралы" Қазақстан Республикасы Кодексінің (бұдан әрі – Кодекс) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22-тарауында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тәртіппен жасалған алименттерді төлеу туралы келісім ұсынылады. Келісімге қол жеткізілмеген жағдайда шығатын адам алименттің мөлшерін тұрақты ақша сомасында белгілеу немесе алиментті біржолғы төлеу не белгілі бір мүлікті алимент есебіне беру немесе алиментті өзге де тәсілмен төлеу не шығатын адамның шығып кетуі үшін заңда көзделген кедергілердің болмауы фактісі анықталғаны туралы соттың шешімін береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z86" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) егер Қазақстан Республикасының азаматы атқарушылық іс жүргізу бойынша борышкер болып табылса – "Атқарушылық іс жүргізу және сот орындаушыларының мәртебесі туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>47-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес атқарушылық іс жүргізудің тоқтатылғанын растайтын құжаттар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z87" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының қорғаншылық және қамқоршылық органдарының он жасқа толған баланың ата-анасымен не өзге де заңды өкiлдерімен бірге шығу туралы шешiм қабылданған кездегі пiкiрiн есепке алу туралы қорытындысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z88" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) он сегіз жасқа толмаған Қазақстан Республикасының азаматтары тұрақты тұруға баланың заңды өкілдерінің бірімен бірге шығатын кезде баланың Қазақстан Республикасының аумағында тұратын екінші заңды өкілінің нотариалды түрде расталған келісімі болуы қажет. Келісім болмаған жағдайда, кәмелетке толмаған баланың шығуына сот тәртібімен рұқсат етілуі мүмкін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z89" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) консулдық алым төленгенiн растайтын құжаттың көшiрмесi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z90" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Азаматтардан басқа құжаттарды сұратуға жол берiлмейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z91" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> берілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Сыртқы істер министрінің м.а. 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/730</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Көрсетілетін қызметті алушы барлық қажетті құжаттарды көрсетілетін қызметті берушіге ұсынған жағдайда, өтініштің көшірмесінде қабылданған күні, құжаттар топтамасын қабылдаған адамның тегі, аты, әкесінің аты (бар болса) көрсетілген белгі қағаз жеткізгіштегі өтініштің қабылданғанын растау болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z15" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Көрсетілетін қызметті алушы құжаттардың толық емес топтамасын және (немесе) қолдану мерзімі өтіп кеткен құжаттарды ұсынған жағдайда, көрсетілетін қызметті беруші өтінішті қабылдаудан бас тартады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z16" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Көрсетілетін қызметті алушы құжаттардың толық топтамасын (бұдан әрі - құжаттар) ұсынған жағдайда, көрсетілетін қызметті беруші ұсынылған құжаттар негізінде енгізілетін ақпараттың толық болуын қамтамасыз ете отырып, екі жұмыс күні ішінде көрсетілетін қызметті алушы туралы мәліметтерді Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен (бұдан әрі – Ұлттық қауіпсіздік комитеті) келісу үшін "Бүркіт" бірыңғай ақпараттық жүйесіне (бұдан әрі – "Бүркіт" БАЖ) енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z17" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Мәліметтер "Бүркіт" БАЖ-ға енгізілгеннен кейін көрсетілетін қызметті беруші қабылданған күнінен бастап екі жұмыс күні ішінде құжаттарды Қазақстан Республикасы Сыртқы істер министрлігінің Консулдық қызмет департаменті арқылы (бұдан әрі – Консулдық қызмет департаменті) көрсетілетін қызметті алушының Қазақстан Республикасындағы соңғы тіркелген жері бойынша орналасқан ішкі істер органдарына (бұдан әрі – ішкі істер органы) жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z18" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Ішкі істер органы келіп түскен құжаттарды қарастырып, көрсетілетін қызметті алушының Қазақстан Республикасы аумағындағы тұрақты тіркеуінің өтініш берген сәтте бар/жоғына қарамастан, Қазақстан Республикасынан тыс жерге тұрақты тұру үшін шығуға рұқсат ресімдеу туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z19" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Ішкі істер органы Консулдық қызмет департаменті арқылы күнтізбелік отыз күннен кешіктірмей, бір мезгілде "Бүркіт" БАЖ-ға белгі енгізе отырып, көрсетілетін қызметті берушіні құжаттарды қарастыру нәтижесі туралы жазбаша хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z20" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Ішкі істер органы Қазақстан Республикасынан тыс жерге тұрақты тұру үшін шығуға оң шешім қабылдаған жағдайда, көрсетілетін қызметті беруші көрсетілетін қызметті алушыға ішкі істер органынан жазбаша хабарлама келіп түскен және (немесе) "Бүркіт" БАЖ-ға рұқсат белгісі қойылған сәттен бастап бес жұмыс күні ішінде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша Қазақстан Республикасынан тыс жерге тұрақты тұру үшін шығуға шешім ресімделгені туралы Қазақстан Республикасының консулдық лауазымды адамының қолымен және мөрімен расталған хабарлама береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z21" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Ішкі істер органы Қазақстан Республикасынан тыс жерге тұрақты тұру үшін шығуға рұқсат ресімдеуден алдын ала бас тартқан жағдайда, көрсетілетін қызметті беруші ішкі істер органынан бас тарту туралы жазбаша хабарлама келіп түскен және (немесе) "Бүркіт" БАЖ-ға белгі қойылған сәттен бастап 5 (бес) жұмыс күні ішінде көрсетілетін қызметті алушыға мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешім жобасын жолдайды, сондай-ақ мемлекеттік қызметті алушыға алдын ала шешім бойынша ұстанымды білдіру мүмкіндігі үшін тыңдау өткізу уақыты мен орнын (тәсілін) хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау туралы хабарлама мемлекеттік қызмет көрсету мерзімі аяқталардан кемі 3 (үш) жұмыс күні бұрын жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасы азаматының жеке куәлігі немесе паспорты болмаған, жоғалған немесе қолданылу мерзімі өткен жағдайда көрсетілетін қызметті алушы еркін нысанда жазбаша түсініктеме береді.</w:t>
+      Көрсетілетін қызметті алушы алдын ала шешімді алған күннен бастап 2 (екі) жұмыс күнінен кешіктірілмейтін мерзімде алдын ала шешімге қарсылық береді немесе білдіреді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...77 lines deleted...]
-        </w:rPr>
         <w:t>
-      4) өндіріп алушымен жасалған әрі сот бекіткен бітімгершілік келісім; өндіріп алушымен арадағы дауды медиация тәртібімен реттеу туралы келісім; өндіріп алудың немесе атқарушылық құжаттың өзге талабының орындалғанын растайтын құжаттар; егер Қазақстан Республикасының азаматы атқарушылық іс жүргізу бойынша борышкер болып табылса, тиісті органның атқарушылық құжатты беруге негіз болған шешімінің күші жойылғанын растайтын құжаттар;</w:t>
-[...150 lines deleted...]
-      Азаматтардан басқа құжаттарды сұратуға жол берiлмейдi.</w:t>
+      Көрсетілетін қызметті алушының алдын ала шешімге қарсылықтары болмаған кезде көрсетілетін қызметті беруші мемлекеттік қызметті көрсетуден дәлелді бас тарту жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызмет көрсету ерекшеліктері ескеріле отырып, қызмет көрсету процесінің сипаттамаларын, нысанын, мазмұны мен нәтижесін, сондай-ақ өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі осы Қағидаларға 3-қосымшаға сәйкес берілген.</w:t>
+      Көрсетілетін қызметті алушыдан қарсылықтар түссе, көрсетілетін қызметті беруші ұсынылған қарсылықтармен бірге ұсынылған материалдарды (олар бар болса) (бұдан әрі – материалдар) ішкі істер органының қарауына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қарсылықтар мен материалдарды алғаннан кейін ішкі істер органы оларды қарастырады және Қазақстан Республикасынан тыс жерге тұрақты тұру үшін шығуға рұқсат ресімдеу не мемлекеттік қызмет көрсетуден дәлелді бас тарту туралы шешім қабылдайды және көрсетілетін қызметті берушіні хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ішкі істер органы қарсылықтары бар материалдарды қарау қорытындылары бойынша оң шешім қабылдаса, көрсетілетін қызметті беруші көрсетілетін қызметті алушыға осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тәртіппен және мерзімдерде Қазақстан Республикасынан тыс жерге тұрақты тұру үшін шығуға рұқсаттың ресімделгені туралы хабарлама береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ішкі істер органы қарсылықтары бар материалдарды қарағаннан кейін бас тартқан жағдайда, көрсетілетін қызметті беруші ішкі істер органының хабарламасы келіп түскен сәттен бастап 5 (бес) жұмыс күні ішінде көрсетілетін қызметті алушыға мемлекеттік қызмет көрсетуден дәлелді бас тарту жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді – ҚР Сыртқы істер министрінің м.а. 23.11.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Сыртқы істер министрінің м.а. 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 11-1-4/628</w:t>
+        <w:t>№ 11-1-4/730</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="24"/>
+    <w:bookmarkStart w:name="z22" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Көрсетілетін қызметті алушы барлық қажетті құжаттарды көрсетілетін қызметті берушіге ұсынған жағдайда, өтініштің көшірмесінде қабылданған күні, құжаттар топтамасын қабылдаған адамның тегі, аты, әкесінің аты (бар болса) көрсетілген белгі қағаз жеткізгіштегі өтініштің қабылданғанын растау болып табылады.</w:t>
+      12. Қазақстан Республикасынан тыс жерге тұрақты тұру үшін шығуға рұқсат ресімдеу құжаттарын қарау мерзімі көрсетілетін қызметті алушының көрсетілетін қызметті берушіге құжаттарды берген күнінен бастап есептеледі және Ұлттық қауіпсіздік комитеті мен ішкі істер органында қарау мерзімін қоса алғанда үш айдан аспайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z15" w:id="25"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z23" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Көрсетілетін қызметті алушы құжаттардың толық емес топтамасын және (немесе) қолдану мерзімі өтіп кеткен құжаттарды ұсынған жағдайда, көрсетілетін қызметті беруші өтінішті қабылдаудан бас тартады. </w:t>
+      13. Қазақстан Республикасынан тыс жерге тұрақты тұру үшін шығуға рұқсат алған адамдардың есебі Қазақстан Республикасынан тыс жерге уақытша жұмыстармен шыққан және Қазақстан Республикасынан тыс жерге тұрақты тұру үшін шығуға осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес рұқсат алған азаматтардың есебі жөніндегі жеке журналда жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z16" w:id="26"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z24" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6. Көрсетілетін қызметті алушы құжаттардың толық топтамасын (бұдан әрі - құжаттар) ұсынған жағдайда, көрсетілетін қызметті беруші ұсынылған құжаттар негізінде енгізілетін ақпараттың толық болуын қамтамасыз ете отырып, екі жұмыс күні ішінде көрсетілетін қызметті алушы туралы мәліметтерді Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен (бұдан әрі – Ұлттық қауіпсіздік комитеті) келісу үшін "Бүркіт" бірыңғай ақпараттық жүйесіне (бұдан әрі – "Бүркіт" БАЖ) енгізеді.</w:t>
+        <w:t xml:space="preserve">
+      14. "Мемлекеттік көрсетілетін қызметтер туралы" Заңның 5-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) тармақшасына сәйкес көрсетілетін қызметті беруші мемлекеттік қызмет көрсету сатысы туралы деректерді мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z17" w:id="27"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z78" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Мәліметтер "Бүркіт" БАЖ-ға енгізілгеннен кейін көрсетілетін қызметті беруші қабылданған күнінен бастап екі жұмыс күні ішінде құжаттарды Қазақстан Республикасы Сыртқы істер министрлігінің Консулдық қызмет департаменті арқылы (бұдан әрі – Консулдық қызмет департаменті) көрсетілетін қызметті алушының Қазақстан Республикасындағы соңғы тіркелген жері бойынша орналасқан ішкі істер органдарына (бұдан әрі – ішкі істер органы) жібереді.</w:t>
+      14-1. Қазақстан Республикасы Сыртқы істер министрлігі осы Қағидаларға өзгерістер және (немесе) толықтырулар қолданысқа енгізілген сәттен бастап үш жұмыс күні ішінде ақпаратты көрсетілетін қызметті берушіге және Бірыңғай байланыс-орталығына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z18" w:id="28"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-1-тармақпен толықтырылды – ҚР Сыртқы істер министрінің м.а. 23.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/628</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...316 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
       15. Мемлекеттік қызмет көрсетуден бас тарту осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінде реттік нөмірі 9-жолда көрсетілген негіздер бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2148,70 +2308,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Орталық мемлекеттік органның, сондай-ақ көрсетілетін қызметті берушінің және (немесе) олардың лауазымды адамдарының мемлекеттік қызмет көрсету мәселелері жөніндегі шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртiбi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="37"/>
+    <w:bookmarkStart w:name="z26" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Мемлекеттік қызметтер көрсету мәселелері жөніндегі шағымның қаралуын жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2503,68 +2663,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="38"/>
+    <w:bookmarkStart w:name="z28" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> САУАЛНАМА–ӨТІНІШ/ЗАЯВЛЕНИЕ – АНКЕТА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымшаға өзгеріс енгізілді – ҚР Сыртқы істер министрінің м.а. 23.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12065,104 +12225,162 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="39"/>
+    <w:bookmarkStart w:name="z31" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасынан тыс жерге уақытша жұмыстармен шыққан және онда тұрақты тұру үшін қалуға тілек білдірген Қазақстан Республикасы азаматтарының құжаттарын қабылдау және жолдау" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
+        <w:t xml:space="preserve"> "Қазақстан Республикасынан тыс жерге уақытша жұмыстармен шыққан және онда тұрақты тұру үшін қалуға тілек білдірген Қазақстан Республикасы азаматтарының құжаттарын қабылдау және жолдау" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - ҚР Сыртқы істер министрінің м.а. 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/730</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
       Ескерту. 3-қосымшаға өзгеріс енгізілді – ҚР Сыртқы істер министрінің м.а. 23.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 11-1-4/628</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/730</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -13244,179 +13462,199 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтер тізбесі</w:t>
+Мемлекеттік қызметті көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтер тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+1) осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша өтiнiш-сауалнама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-1) осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша өтiнiш-сауалнама;</w:t>
+2) жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен алынған электрондық құжат (жеке басын сәйкестендіру үшін).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (тұлғаны сәйкестендіру үшін).</w:t>
-[...17 lines deleted...]
-Қазақстан Республикасы азаматының паспортын және/немесе баланың туу туралы куәлігін немесе анықтамасын қабылдаған кезде көрсетілетін қызметті беруші олардың көшірмелерін жасайды, содан кейін көрсетілетін қызметті алушыға түпнұсқаларын қайтарып береді. Қазақстан Республикасының жеке куәлігінің түпнұсқасы алынып қояды.</w:t>
+Қазақстан Республикасы азаматының паспортын және (немесе) баланың туу туралы куәлігін немесе анықтамасын қабылдаған кезде көрсетілетін қызметті беруші олардың көшірмелерін жасайды, содан кейін көрсетілетін қызметті алушыға түпнұсқаларын қайтарып береді. Қазақстан Республикасының жеке куәлігінің түпнұсқасы алынып қояды.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы азаматының жеке куәлігі немесе паспорты болмаған, жоғалған немесе қолданылу мерзімі өтіп кеткен жағдайда, көрсетілетін қызметті алушы еркін нысанда жазбаша түсініктеме береді.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Қазақстан Республикасы азаматының паспорты болмаған, жоғалған немесе қолданылу мерзімі өтіп кеткен жағдайда, көрсетілетін қызметті алушы Қазақстан Республикасы Үкіметінің 2013 жылғы 26 тамыздағы № 852 қаулысымен бекітілген Қазақстан Республикасы азаматының паспортын, Қазақстан Республикасы азаматының жеке куәлігін, шетелдіктің Қазақстан Республикасында тұруына ықтиярхатты, азаматтығы жоқ адамның куәлігін, босқын куәлігін және жол жүру құжатын ресімдеу, беру, ауыстыру, тапсыру, алып қою және жою </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының шет елде жүрген азаматына паспорт дайындауға арналған құжаттарды жазбаша түсініктемемен бір уақытта береді;</w:t>
+Қазақстан Республикасы азаматының паспорты болмаған, жоғалған немесе қолданылу мерзімі өтіп кеткен жағдайда, көрсетілетін қызметті алушы "Құжаттарды қабылдау және оларды Қазақстан Республикасының шет елдерде жүрген азаматтарына паспорттар жасауға жіберу" мемлекеттік қызмет көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Сыртқы істер министрінің 2020 жылғы 12 мамырдағы № 11-1-4/149 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20627 болып тіркелген) сәйкес Қазақстан Республикасының шет елде жүрген азаматына паспорт дайындауға арналған құжаттарды жазбаша түсініктемемен бір уақытта береді;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 3) алимент алушы отбасы мүшелерінің алдында міндеттемелері болған жағдайда, шығатын адамның заң бойынша асырауындағы отбасы мүшелері Қазақстан Республикасының аумағында тұрақты тұрса, "Неке (ерлі-зайыптылық) және отбасы туралы" Қазақстан Республикасы Кодексінің (бұдан әрі – Кодекс) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -13427,88 +13665,108 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> көзделген тәртіппен жасалған алименттерді төлеу туралы келісім ұсынылады. Келісімге қол жеткізілмеген жағдайда шығатын адам алименттің мөлшерін тұрақты ақша сомасында белгілеу немесе алиментті біржолғы төлеу не белгілі бір мүлікті алимент есебіне беру немесе алиментті өзге де тәсілмен төлеу не шығатын адамның шығып кетуі үшін заңда көзделген кедергілердің болмауы фактісі анықталғаны туралы соттың шешімін береді;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-4) сот бекіткен, өндіріп алушымен жасалған бітімгершілік келісім; өндіріп алушымен арадағы дауды медиация тәртібімен реттеу туралы келісім; өндіріп алудың немесе атқарушылық құжаттың өзге талабының орындалғанын растайтын құжаттар; егер Қазақстан Республикасының азаматы атқарушылық іс жүргізу бойынша борышкер болып табылса, тиісті органның атқарушылық құжатты беруге негіз болған шешімінің күші жойылғанын растайтын құжаттар;</w:t>
+              <w:t xml:space="preserve">
+4) егер Қазақстан Республикасының азаматы атқарушылық іс жүргізу бойынша борышкер болып табылса – "Атқарушылық іс жүргізу және сот орындаушыларының мәртебесі туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>47-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес атқарушылық іс жүргізудің тоқтатылғанын растайтын құжаттар;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Қазақстан Республикасының қорғаншылық және қамқоршылық органдарының он жасқа толған баланың ата-анасымен не өзге де заңды өкiлдерімен бірге шығу туралы шешiм қабылданған кездегі пiкiрiн есепке алу туралы қорытындысы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) он сегіз жасқа толмаған Қазақстан Республикасының азаматтары тұрақты тұруға ата-анасының (қамқоршысының, қорғаншысының) бiрiмен бiрге шығатын кезде Қазақстан Республикасының аумағында тұратын екiншi ата-анасының нотариалды түрде расталған келiсiмi болуы қажет. Келiсiм болмаған жағдайда, кәмелетке толмаған баланың шығуы сот тәртiбiмен шешiлуі мүмкін;</w:t>
+6) он сегіз жасқа толмаған Қазақстан Республикасының азаматтары тұрақты тұруға баланың заңды өкілдерінің бiрiмен бiрге шығатын кезде баланың Қазақстан Республикасының аумағында тұратын екiншi заңды өкілінің нотариалды түрде расталған келiсiмi болуы қажет. Келiсiм болмаған жағдайда, кәмелетке толмаған баланың шығуына сот тәртiбiмен рұқсат етілуі мүмкін;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) консулдық алым төленгенiн растайтын құжаттың көшiрмесi.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -13559,51 +13817,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетуден бас тартудың Қазақстан Республикасының заңнамасында белгіленген негіздері</w:t>
+Мемлекеттік қызмет көрсетуден бас тартудың Қазақстан Республикасының заңдарымен белгіленген негіздері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13669,51 +13927,105 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) уәкілетті мемлекеттік органның мемлекеттік қызмет көрсету үшін қажетті келісімі туралы сұрау салуға берілген теріс жауап, сондай-ақ сараптаманың, зерттеудің не тексерудің теріс қорытындысы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген үкімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылуы бойынша.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13988,68 +14300,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="40"/>
+    <w:bookmarkStart w:name="z33" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасынан тыс жерге тұрақты тұру үшін шығуға рұқсат ресімделгені туралы хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________ тұрғылықты тұру үшін шығуға РҰҚСАТ ЕТІЛДІ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14369,68 +14681,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="41"/>
+    <w:bookmarkStart w:name="z35" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасынан тыс жерге уақытша жұмыстармен шыққан және Қазақстан Республикасынан тыс жерге тұрақты тұру үшін шығуға рұқсат алған Қазақстан Республикасы азаматтарын есепке алу журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -15239,55 +15551,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>