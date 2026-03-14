--- v1 (2025-12-29)
+++ v2 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dc22862" w14:textId="dc22862">
+    <w:p w14:paraId="6d503e9" w14:textId="6d503e9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -12316,51 +12316,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымшаға өзгеріс енгізілді – ҚР Сыртқы істер министрінің м.а. 23.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 11-1-4/628</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.12.2025 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/577</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі); 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 11-1-4/730</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
@@ -12930,180 +12950,50 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасынан тыс жерге тұрақты тұру үшін шығуға рұқсаттың ресімделгені туралы хабарлама немесе дәлелді бас тарту.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...128 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -13125,126 +13015,164 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету барысында көрсетілетін қызметті алушыдан алынатын төлем мөлшері, және оны Қазақстан Республикасының заңнамасында көзделген жағдайларда алу тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-Мемлекеттік көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу әдісі </w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Мемлекеттік қызмет жеке тұлғаларға Қазақстан Республикасының Салық кодексіне және "Шет мемлекеттің аумағында консулдық іс-әрекеттер жасағаны үшін консулдық алым мөлшерлемелерін бекіту туралы" Қазақстан Республикасы Сыртқы істер министрінің 2019 жылғы 20 мамырдағы № 11-1-4/227 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес консулдық алым мөлшерлемелері бойынша ақылы негізде көрсетіледі (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18702 болып тіркелген).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Консулдық алымды төлеу қолма-қол ақшалай немесе қолма-қол ақшасыз нысанда екінші деңгейдегі банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Мемлекеттiк қызмет консулдық алым ставкаларының мөлшері бойынша жеке тұлғаларға "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы (Салық кодексі)" Қазақстан Республикасының Кодексіне сәйкес (бұдан әрі – Салық кодексі), Салық Кодексінің </w:t>
-[...37 lines deleted...]
-Консулдық алымды төлеу қолма-қол ақшамен немесе қолма-қол ақшасыз нысанда екінші деңгейдегі банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы жүзеге асырылады.</w:t>
+Консулдық алымды төлеуден босату шарты Қазақстан Республикасының Салық </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес реттеледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>