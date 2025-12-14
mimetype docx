--- v0 (2025-10-21)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="eaeb37c" w14:textId="eaeb37c">
+    <w:p w14:paraId="0490995" w14:textId="0490995">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,51 +102,127 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Қаржы министрінің 2018 жылғы 26 қаңтардағы № 72 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 13 ақпанда № 16351 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 09.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" (Салық кодексі) 2017 жылғы 25 желтоқсандағы Қазақстан Республикасы Кодексінің 21-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -348,127 +424,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қаржы министрі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1376,65 +1464,66 @@
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>20_____жылғы_______ үшін есеп</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1708"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3795"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1708" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1482,2371 +1571,2215 @@
               <w:t>
 Салықтарды жинау жөніндегі квитанциялар туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3491" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Квитанцияларды пайдалануы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сериясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3795" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нөмірі (№ бастап № дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1708" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3491" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3795" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1708" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3491" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті кезеңнің басындағы квитанциялар қалдығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1708" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3491" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті кезеңде алынған квитанциялар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1708" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3491" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке қоса берілген, пайдаланылған квитанциялардың көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1708" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3491" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке қоса берілген, жарамсыз квитанциялар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1708" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3491" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке қоса берілген, бүлінген квитанциялар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1708" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3491" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоғалған квитанциялар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1708" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3491" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алынған квитанциялар (ескі үлгідегі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1708" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3491" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есеп беретін күнге пайдаланылмаған квитанциялардың қалдығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1653" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5482"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5077"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5482" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоғалғаны туралы акті қосымша ____</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 парақта(рда) беріліп отыр.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (Әкімнің немесе оны ауыстыратынтұлғаның тегі, аты, әкесінің аты (барболған жағдайда))</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 __________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (қолы, МО)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5077" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті қабылдаған салық органының қызметкері ____________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
   (тегі, аты, әкесінің аты (бар болған жағдайда), лауазымы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5482" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1741" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="5077" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (қолы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5482" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Есептің жасалған күні: </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20__ жылғы "__"____________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="5077" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Есепті қабылдалған күні: </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20__ жылғы "__"_____________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
@@ -4408,72 +4341,73 @@
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"___"_________дейінгі кезеңдерге есеп</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="512"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="863"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="512" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4559,162 +4493,162 @@
               <w:t>
 Банктің немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың төлем құжатының деректері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="495" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сериясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="495" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="495" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Квитанцияны берген күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4949,2627 +4883,2291 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="495" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ағымдағы жыл бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 өткен жылдарды ң бересісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="496" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 өсімпұл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="496" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 айыппұл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="772" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетті к сыныптам а коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нөмі рі және күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="863" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы (теңгем ен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="512" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="495" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="495" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="495" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="495" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="496" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="496" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="772" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="863" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="512" w:type="dxa"/>
-[...462 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="512" w:type="dxa"/>
-[...462 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="512" w:type="dxa"/>
-[...462 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="512" w:type="dxa"/>
-[...462 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 2-есепті толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z32" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -8285,1303 +7883,1254 @@
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">әкесінің аты (бар болған жағдайда) салық төлеуші-жеке тұлға төлейтін мүлік, көлік құралы салықтары мен жер салығын жинау жөніндегі квитанцияның (квитанциялардың) жоғалғаны туралы осы актіні жасадық: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1871"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2393"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №р/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сериясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4294" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нөмірі (№ бастап № дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2393" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоғалған жағдайлары мен себептері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4294" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2393" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1871" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1871" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1871" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жиыны:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1871" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none"/>
-[...2 lines deleted...]
-          <w:right w:val="none"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1650"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2627"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қаланың кенттің, ауылдың, ауылдық округтің әкімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8023" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тегі, аты, әкесінің аты (бар болған жағдайда))</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2627" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 __________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (қолы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қаланың  кенттің, ауылдың, ауылдық округтің әкімі аппаратының қызметкері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8023" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тегі, аты, әкесінің аты (бар болған жағдайда))</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2627" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (қолы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
@@ -10076,2129 +9625,1956 @@
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>жүзеге асыратын ұйымның төлем кұжатының нөмірі мен күні)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="808"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1144"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="808" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық төлеуші-жеке тұлғаның салық төлеушінің жеке сәйкестендіру нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3608" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық төлеуші-жеке тұлғаның тегі, аты, әкесінің аты (болған жағдайда )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Квитанцияның нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Квитанцияның күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік сыныптама коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2232" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлем мақсаты (салық, өсімпұл, айыппұл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы (теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="808" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3608" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2232" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="808" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="808" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="808" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5968"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6636"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5968" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1696" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="6636" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тізілімді қабылдаған салық  органының қызметкері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5968" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 ____________________________________________ </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 (Әкімнің немесе оны ауыстыратын тұлғаның тегі, </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аты, әкесінің аты (бар болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ____________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (қолы, МО)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6636" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тегі, аты, әкесінің аты (бар болған жағдайда), лауазымы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5968" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1696" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="6636" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ___________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (қолы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5968" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тізілімнің жасалған күні:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20__ жылғы "__"_____________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="6636" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тізілімнің кабылданған күні:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20__ жылғы "__"_____________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>