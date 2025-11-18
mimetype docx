--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bb0795f" w14:textId="bb0795f">
+    <w:p w14:paraId="71964e6" w14:textId="71964e6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,51 +102,127 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Қаржы министрінің 2018 жылғы 12 қаңтардағы № 20 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 31 қаңтарда № 16295 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 627</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" (Салық кодексі) Қазақстан Республикасы Кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>157-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2005,243 +2081,227 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z45" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Салықтық тексеруді жүзеге асыратын мемлекеттік кірістер органының лауазымды адамы жазбаша қарсылықты қарау кезінде, қажет болған жағдайда, жазбаша нысанда қосымша ақпарат не жазбаша қарсылықта жазылған мәселелер бойынша түсіндірмелер беру туралы сұрау салуды салық төлеушіге (салық агентіне) және (немесе) уәкілетті мемлекеттік органдарға және (немесе) өзге де ұйымдарға жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z46" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Салықтық тексеруді жүзеге асыратын мемлекеттік кірістер органы салық төлеушінің (салық агентінің) алдын ала актіге жазбаша қарсылықта жазылған салықтарды және бюджетке төленетін басқа да міндетті төлемдерді, міндетті зейнетақы жарналарын, жұмыс берушінің міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын, әлеуметтік аударымдарды, міндетті әлеуметтік медициналық сақтандыруға аударымдарды және (немесе) жарналарды есептеумен байланысты қарсылығымен келіспеген жағдайда, салықтық тексеруді жүзеге асыратын мемлекеттік кірістер органы мұндай қарсылықты қарау мерзімдері ішінде мыналарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      алдын ала актіге жазбаша қарсылығын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салықтық тексеруді жүзеге асыратын мемлекеттік кірістер органының ұстанымын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салықтық міндеттемелерді есептеуге байланысты басқа да құжаттарды қоса бере отырып, Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитетіне (бұдан әрі – Комитет) сұрау салуды жолдайды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...77 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда – ҚР Премьер-Министрінің Бірінші орынбасары – ҚР Қаржы министрінің 16.09.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1002</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2020 ж. бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...44 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="33"/>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Комитет салықтық тексеруді жүзеге асыратын мемлекеттік кірістер органының сұрау салуын, қарсылықты берген тұлғаның өз талаптары мен дәлелдемелерін негіздейтін мән-жайлары шегінде, сондай-ақ салықтық тексеруді жүзеге асыратын мемлекеттік кірістер органының ұстанымында көрсетілген дәлелдемелер мен негіздемелердің шегінде қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z51" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z51" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Салықтық тексеруді жүзеге асыратын мемлекеттік кірістер органының сұрау салуына жауап оны алған сәттен бастап Комитеттің тиісті актісімен уәкілеттік берілген лауазымды адамының қолын қойып, 10 (он) жұмыс күні ішінде ұсынылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z52" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z52" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2276,111 +2336,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-тармақтарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес сұрау салуды мемлекеттік кірістер органдары салық төлеушіге және (немесе) уәкілетті мемлекеттік органдарға және (немесе) өзге де ұйымдарға, сондай-ақ аумақтық мемлекеттік кірістер органдары Комитетке жолдаған жағдайда, жазбаша қарсылықты қарау мерзімі, бірақ күнтізбелік 30 (отыз) күннен аспайтын уақытқа ұзартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z53" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z53" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жазбаша қарсылықты қарау мерзімінің ұзартылғаны туралы салық төлеушіге (салық агентіне) сұрау салуды жолдаған күннен бастап 2 (екі) жұмыс күні ішінде хабарланады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z54" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z54" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Салықтық тексерудің алдын ала актісіне салық төлеушінің жазбаша қарсылығын қарау қорытындысы бойынша салықтық тексеруді жүзеге асыратын мемлекеттік кірістер органы жазбаша қарсылық бойынша қабылданған шешімді, соның ішінде осы Қағиданың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қарастырылған Комитеттің жауабын ескере отырып, салықтық тексеру актісін жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Салықтық тексеру Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2500,55 +2560,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>