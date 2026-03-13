--- v1 (2025-11-18)
+++ v2 (2026-03-13)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="71964e6" w14:textId="71964e6">
+    <w:p w14:paraId="6963e2a" w14:textId="6963e2a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,117 +85,117 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Салық төлеушіге салықтық тексерудің алдын ала актісін табыс ету, салықтық тексерудің алдын ала актісіне жазбаша қарсылық беру, осындай қарсылықты қарау қағидалары мен мерзімдерін, сондай-ақ оларға қатысты салықтық тексерудің алдын ала актісі бойынша нормалар қолданылатын салық төлеушiлер санаттарын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      </w:r>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Қаржы министрінің 2018 жылғы 12 қаңтардағы № 20 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 31 қаңтарда № 16295 болып тіркелді. Күші жойылды - Қазақстан Республикасы Қаржы министрінің 2025 жылғы 24 қазандағы № 627 бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 24.10.2025 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың күші жойылды - ҚР Қаржы министрінің 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 627</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -2552,63 +2554,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2930,35 +2954,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>