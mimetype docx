--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7785afc" w14:textId="7785afc">
+    <w:p w14:paraId="5f7b2ea" w14:textId="5f7b2ea">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,112 +85,192 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Бесқарағай ауданындағы шалғай елді мекендерде тұратын балаларды жалпы білім беретін мектептерге тасымалдаудың схемасы мен тәртібін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Шығыс Қазақстан облысы Бесқарағай ауданы әкімдігінің 2017 жылғы 24 сәуірдегі № 119 қаулысы. Шығыс Қазақстан облысының Әділет департаментінде 2017 жылғы 25 мамырда № 5037 болып тіркелді</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Шығыс Қазақстан облысы Бесқарағай ауданы әкімдігінің 2017 жылғы 24 сәуірдегі № 119 қаулысы. Шығыс Қазақстан облысының Әділет департаментінде 2017 жылғы 25 мамырда № 5037 болып тіркелді. Күші жойылды - Абай облысы Бесқарағай ауданы әкімдігінің 2025 жылғы 22 қазандағы № 262 қаулысы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - Абай облысы Бесқарағай ауданы әкімдігінің 22.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Құжаттың мәтінінде түпнұсқаның пунктуациясы мен орфографиясы сақталған.</w:t>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен қолданысқа енгізілсін).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      РҚАО-ның ескертпесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжаттың мәтінінде түпнұсқаның пунктуациясы мен орфографиясы сақталған.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының 2001 жылғы 23 қаңтардағы Заңының </w:t>
+      "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының 2001 жылғы 23 қаңтардағы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тармағына, "Автомобиль көлігі туралы" Қазақстан Республикасының 2003 жылғы 4 шілдедегі Заңының 14-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -244,51 +326,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы қаулының </w:t>
+      1. Осы қаулының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -304,239 +386,240 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Бесқарағай ауданының шалғай елді мекендерінде тұратын балаларды жалпы білім беретін мектептерге тасымалдаудың схемасы мен тәртібі бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы қаулының орындалуын бақылауды өзіме қалдырамын.</w:t>
+      2. Осы қаулының орындалуын бақылауды өзіме қалдырамын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Қаулы оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      3. Қаулы оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Бесқарағай ауданы әкімінің </w:t>
+              <w:t xml:space="preserve">      Бесқарағай ауданы әкімінің </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      міндетін атқарушы</w:t>
+              <w:t>      міндетін атқарушы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -747,1161 +830,1148 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бесқарағай ауданындағы шалғайдағы елді мекендерде тұратын балаларды жалпы білім беретін мектептерге тасымалдаудың схемасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="268"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6016"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="268" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6016" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тура бағыт
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6016" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кері бағыт
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="268" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6016" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарабаш кардоны "Семей орманы" МОТР РММ Канонерка филиалы Джемур орман шаруашылық кеңсесі маңындағы алаңы; Аялдама: Бесқарағай ауылы Елистратов көшесі "Үлкен Владимировка орта мектебі" коммуналдық мемлекеттік мекемісінің алдындағы алаң;Қарабашкардон "Семей орманы" МОТР РММ Канонерка филиалы Джемур орман шаруашылық кеңсесі маңындағы алаңы; Аялдама: Бескарағай ауылы Партизан көшесі "Борас орта мектеп-бақшасы" коммуналдық мемлекеттік мекемесінің алдындағы алаңы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6016" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Аялдама: Бескарағай ауылы Партизан көшесі "Борас орта мектеп-бақшасы" коммуналдық мемлекеттік мекемесінің алдындағы алаң; Қарабаш кардон "Семей орманы" МОТР РММ Канонерка филиалы Джемур орман шаруашылық кеңсесі маңындағы алаңы; Аялдама: Бесқарағай ауылы Елистратов көшесі "Үлкен Владимировка орта мектебі" коммуналдық мемлекеттік мекемісінің алдындағы алаң; Қарабаш кардоны "Семей орманы" МОТР Канонерка филиалы Джемур орман шаруашылық кеңсесі республикалық мемлекеттік мекемесінің маңындағы алаңы. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="268" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6016" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Семей орманы" МОТР РММ Беген орман шаруашылық кеңсесі; Аялдама: Беген ауылы "Беген орта мектебі" коммуналдық мемлекетік мекемесінің алдындағы алаңы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6016" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Аялдама: Беген ауылы "Беген орта мектебі" коммуналдық мемлекетік мекемесінің алдындағы алаң; "Семей орманы" МОТР РММ Беген орман шаруашылық кеңсесі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="268" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6016" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лесной ауылы 2 квартал орталық көшесінен; Аялдама: Жетіжар ауылы "Семияр орта мектебі" коммуналдық мемлекеттік мекемесінің алдындағы алаңы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6016" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аялдама: Жетіжар аулы "Семияр орта мектебі" коммуналдық мемлекеттік мекемесінің алдындағы алаң; Лесной ауылы 2 квартал орталық көшесі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="268" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6016" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қара-Мырза ауылы Боровая көшесі "Қара-Мырза негізгі мектебі" коммуналдық мемлекеттік мекемесі алаңынан; Аялдама: Канонерка ауылы "Канонерка орта мектебі" коммуналдық мемлекетік мекемесінің алдыңдағы алаңы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6016" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аялдама: Канонерка ауылы "Канонерка орта мектебі" коммуналдық мемлекетік мекемесінің алдындағы алаңы; Қара-Мырза ауылы Боровая көшесі "Қара-Мырза негізгі мектебі" коммуналдық мемлекеттік мекемесі алаңынан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="268" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6016" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бөкебай ауылы "Семей орманы" МОТР РММ Бөкебай орман шаруашылық кеңсесінен; Аялдама: Қарағайлы ауылы "Баймұратов Нурлыбек атындағы орта мектебі" коммуналдық мемлекетік мекемесінің алдындағы алаңы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6016" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аялдама: Қарағайлы ауылы "Баймұратов Нурлыбек атындағы орта мектебі" коммуналдық мемлекетік мекемесінің алдындағы алаңы;Бөкебай ауылы "Семей орманы" МОТР РММ Бөкебай орман шаруашылық кеңсесіне.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="268" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6016" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Черемушка ауылы бұрынғы мектептің маңындағы алаң; Аялдама: Мостик ауылы "Мостик орта мектебі" коммуналдық мемлекеттік мекемесінің алдындағы алаңы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6016" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аялдама: Мостик ауылы "Мостик орта мектебі" коммуналдық мемлекеттік мекемесінің алдындағы алаң; Черемушка ауылы бұрынғы мектептің маңындағы алаң</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="268" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6016" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доңгелек кардоны "Семей орманы" МОТР Дөңгелек орман шаруашылық кеңсесі; Аялдама: Өндіріс ауылы "Өндіріс орта мектебі" коммуналдық мемлекеттік мекемесінің алдындағы алаңы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6016" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аялдама: Өндіріс ауылы "Өндіріс орта мектебі" коммуналдық мемлекеттік мекемесінің алдындағы алаң; Доңгелек кардоны "Семей орманы" МОТР Дөңгелек орман шаруашылық кеңсесіне.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="268" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6016" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірлік ауылындағы бұрынғы бастауыш мектебінен; Аялдама: Глуховка ауылы "Глуховка орта мектебі" коммуналдық мемлекетік мекемесінің алдыңдағы алаң; Стеклянка ауылы Революция көшесі "Камалхан" дүкенінен; Старая Крепость ауылы Центральная көшесінің аялдамасынан; Центральная көшесінің шетіндегі киосктан 50 метр; аялдамадан Орленок саяжайы; аялдамадан "Подхоз" шаруа кожалығы; Аялдама: Глуховка ауылы "Глуховка орта мектебі" коммуналдық мемлекеттік мекемесінің алдындағы алаңы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6016" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аялдама: Глуховка ауылы "Глуховка орта мектебі" коммуналдық мемлекеттік мекемесінің алдындағы алаң; аялдамадан "Подхоз" шаруа кожалығы; аялдамадан Орленок саяжайы; Старая Крепость ауылы Центральная көшесінің аялдамасынан; Стеклянка ауылы Революция көшесі "Камалхан" дүкенінен; Центральная көшесінің шетіндегі киосктан 50 метр; Аялдама: Глуховка ауылы "Глуховка орта мектебі" коммуналдық мемлекетік мекемесінің алдындағы алаң; Бірлік ауылындағы бұрыңғы бастауыш мектебіне.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="268" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6016" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Морозовка орман шаруашылығы "Семей орманы" МОТР РММ Морозовка орман шаруашылық кеңсесінен; Аялдама: Ерназар ауылы "Сосновка орта мектебі" коммуналдық мемлекетік мекемесінің алдындағы алаңы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6016" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2117,1138 +2187,1160 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Балаларды тасымалдау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Балаларды тасымалдау жолаушылар мен багажды автомобиль көлігімен тасымалдау заңнамасының талаптарына сәйкес жабдықталған автобустармен, шағын автобустармен жүзеге асырылады.</w:t>
+      1. Балаларды тасымалдау жолаушылар мен багажды автомобиль көлігімен тасымалдау заңнамасының талаптарына сәйкес жабдықталған автобустармен, шағын автобустармен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Ұйымдасқан балалар тобын тасымалдау кемiнде екi есiгi бар, техникалық жай-күйi Автомобиль көлiгiмен жолаушыларды және багажды тасымалдау ережелерiнде белгiленген талаптарға сай келетiн автобустармен жүзеге асырылады. </w:t>
+      2. Ұйымдасқан балалар тобын тасымалдау кемiнде екi есiгi бар, техникалық жай-күйi Автомобиль көлiгiмен жолаушыларды және багажды тасымалдау ережелерiнде белгiленген талаптарға сай келетiн автобустармен жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Ұйымдасқан балалар тобын тасымалдауға арналған автобустар сары түстi шұғылалы шырақшамен жабдықталуға тиiс. </w:t>
+      3. Ұйымдасқан балалар тобын тасымалдауға арналған автобустар сары түстi шұғылалы шырақшамен жабдықталуға тиiс. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Бұл автобустардың алдына және артына "Балалар тасымалы" деген тану белгiсi орнатылуға тиiс. </w:t>
+      4. Бұл автобустардың алдына және артына "Балалар тасымалы" деген тану белгiсi орнатылуға тиiс. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Балаларды тасымалдаушы (бұдан әрі – Тасымалдаушы) жолаушылар мен багажды тасымалдауға заңнаманың талаптарын сақтаумен өзіне тиесілі автобустарды, шағын автобустарды тасымалдау үшін пайдаланатын білім беру ұйымы болып табылады.</w:t>
+      5. Балаларды тасымалдаушы (бұдан әрі – Тасымалдаушы) жолаушылар мен багажды тасымалдауға заңнаманың талаптарын сақтаумен өзіне тиесілі автобустарды, шағын автобустарды тасымалдау үшін пайдаланатын білім беру ұйымы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Тасымалдаушы тасымалдауды орындау алдында бұйрықпен балалардың тасымалдауын ұйымдастыру туралы шешімді ресімдейді, онда жүргізушінің, еріп жүрушілердің міндеттерін, жүру маршрутын және балалардың қауіпсіздігін қамтамасыз ету жөніндегі іс-шаралар регламенттелінеді.</w:t>
+      6. Тасымалдаушы тасымалдауды орындау алдында бұйрықпен балалардың тасымалдауын ұйымдастыру туралы шешімді ресімдейді, онда жүргізушінің, еріп жүрушілердің міндеттерін, жүру маршрутын және балалардың қауіпсіздігін қамтамасыз ету жөніндегі іс-шаралар регламенттелінеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Тасымалдау қауiпсiздiгiне қатер төндiретiн жол және метеорологиялық жағдайлардың қолайсыз өзгеруi кезiнде, автобустардың қозғалысын уақытша тоқтату туралы қолданыстағы нормативтiк құжаттарда көзделген жағдайда Тасымалдаушы рейстi алып тастауға және бұл туралы тасымалданатын балаларға дереу хабарлауға тиiс.</w:t>
+      7. Тасымалдау қауiпсiздiгiне қатер төндiретiн жол және метеорологиялық жағдайлардың қолайсыз өзгеруi кезiнде, автобустардың қозғалысын уақытша тоқтату туралы қолданыстағы нормативтiк құжаттарда көзделген жағдайда Тасымалдаушы рейстi алып тастауға және бұл туралы тасымалданатын балаларға дереу хабарлауға тиiс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Жол жағдайларының қолайсыз өзгеруi кезiнде, басқа жағдайлар кезiнде (қозғалысқа шек қою, уақытша кедергiлердiң көрiнуi, бұл жағдайда жүргiзушi кестеге сәйкес жылдамдықты жоғарылатпай жүре алмайды), кесте жылдамдықты төмендету жағына (қозғалыс уақыттарының артуына) түзетiлген болуы тиiс.</w:t>
+      8. Жол жағдайларының қолайсыз өзгеруi кезiнде, басқа жағдайлар кезiнде (қозғалысқа шек қою, уақытша кедергiлердiң көрiнуi, бұл жағдайда жүргiзушi кестеге сәйкес жылдамдықты жоғарылатпай жүре алмайды), кесте жылдамдықты төмендету жағына (қозғалыс уақыттарының артуына) түзетiлген болуы тиiс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Тасымалдаушы балаларды тасымалдайтын әрбiр автобусқа өз қызметкерлерінің санынан алғашқы дәрiгерлiк көмек көрсету әдiстерi бойынша дайындықтан және балаларды автобуспен тасымалдау кезінде қауiпсiздiгiн қамтамасыз ету бойынша арнайы нұсқамадан өткен жауапты еріп жүруші адамдарды белгiлейдi. </w:t>
+      9. Тасымалдаушы балаларды тасымалдайтын әрбiр автобусқа өз қызметкерлерінің санынан алғашқы дәрiгерлiк көмек көрсету әдiстерi бойынша дайындықтан және балаларды автобуспен тасымалдау кезінде қауiпсiздiгiн қамтамасыз ету бойынша арнайы нұсқамадан өткен жауапты еріп жүруші адамдарды белгiлейдi. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Нұсқаманы жол қозғалысы қауiпсiздiгiн қамтамасыз етуге немесе тасымалдаушыға тиесiлi көлiк құралдарын пайдалануға жауапты адам жүргiзедi.</w:t>
+      10. Нұсқаманы жол қозғалысы қауiпсiздiгiн қамтамасыз етуге немесе тасымалдаушыға тиесiлi көлiк құралдарын пайдалануға жауапты адам жүргiзедi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Балаларды тасымалдау үшiн мынадай жүргiзушiлерге рұқсат етiледi:</w:t>
+      11. Балаларды тасымалдау үшiн мынадай жүргiзушiлерге рұқсат етiледi:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) жасы жиырма бес жастан кем емес, тиiстi санаттағы жүргiзушi куәлiгi және жүргiзушiнiң бес жылдан кем емес жұмыс өтiлi бар;</w:t>
+      1) жасы жиырма бес жастан кем емес, тиiстi санаттағы жүргiзушi куәлiгi және жүргiзушiнiң бес жылдан кем емес жұмыс өтiлi бар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) автобустың жүргiзушiсi ретiндегi кемiнде соңғы үш жыл үздiксiз жұмыс өтiлi бар;</w:t>
+      2) автобустың жүргiзушiсi ретiндегi кемiнде соңғы үш жыл үздiксiз жұмыс өтiлi бар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) соңғы жылдары еңбек тәртiбiн және қозғалысы ережесiн өрескел бұзбаған.</w:t>
+      3) соңғы жылдары еңбек тәртiбiн және қозғалысы ережесiн өрескел бұзбаған.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Балаларды тасымалдау кезiнде автобустың жүргiзушiсiне рұқсат етілмейді:</w:t>
+      12. Балаларды тасымалдау кезiнде автобустың жүргiзушiсiне рұқсат етілмейді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) сағатына 60 км артық жылдамдықпен жүруге;</w:t>
+      1) сағатына 60 км артық жылдамдықпен жүруге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) жүру маршрутын өзгертуге;</w:t>
+      2) жүру маршрутын өзгертуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) балалар бар автобус салонында қол жүгi мен балалардың жеке заттарынан басқа кез келген жүктi, багажды немесе мүкәммалды тасымалдауға;</w:t>
+      3) балалар бар автобус салонында қол жүгi мен балалардың жеке заттарынан басқа кез келген жүктi, багажды немесе мүкәммалды тасымалдауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) автобуста балалар болған кезiнде, соның iшiнде балаларды отырғызу және түсiру кезiнде автобус салонынан шығуға;</w:t>
+      4) автобуста балалар болған кезiнде, соның iшiнде балаларды отырғызу және түсiру кезiнде автобус салонынан шығуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) автомобиль легiнде жүру кезiнде алда жүрген автобусты басып озуға;</w:t>
+      5) автомобиль легiнде жүру кезiнде алда жүрген автобусты басып озуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) автобуспен артқа қарай қозғалысты жүзегеа сыруға;</w:t>
+      6) автобуспен артқа қарай қозғалысты жүзегеа сыруға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) егер ол көлiк құралының өздiгiнен қозғалуын немесе оны жүргiзушi жоқ болғанда пайдалануын болдырмау шараларын қолданбаса, өз орнын тастап кетуге немесе көлiк құралын қалдыруға.</w:t>
+      7) егер ол көлiк құралының өздiгiнен қозғалуын немесе оны жүргiзушi жоқ болғанда пайдалануын болдырмау шараларын қолданбаса, өз орнын тастап кетуге немесе көлiк құралын қалдыруға.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z32" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Ерiп жүрушi отырғызу (түсiру) аяқталғаны туралы хабар бергеннен және автобус есiктерi толық жабылғаннан кейiн жүргiзушiге отырғызу (түсiру) орнынан автобус қозғалысын бастауға рұқсат етiледi.</w:t>
+      13. Ерiп жүрушi отырғызу (түсiру) аяқталғаны туралы хабар бергеннен және автобус есiктерi толық жабылғаннан кейiн жүргiзушiге отырғызу (түсiру) орнынан автобус қозғалысын бастауға рұқсат етiледi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Көлiк құралы жақындаған кезде ерiп жүрушiлер балалардың оның алдынан шығуына және жүру бөлiгiнде болуына жол бермейдi.</w:t>
+      14. Көлiк құралы жақындаған кезде ерiп жүрушiлер балалардың оның алдынан шығуына және жүру бөлiгiнде болуына жол бермейдi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Ерiп жүрушiлер балаларды отырғызу орнына ұйымдасқан тәртiпте (кiшiбалаларды–екi-екiденсапқатұрғызып) жеткiзедi. Отырғызу автобустың алдыңғы есiгi арқылы жүргiзiледi.</w:t>
+      15. Ерiп жүрушiлер балаларды отырғызу орнына ұйымдасқан тәртiпте (кiшiбалаларды–екi-екiденсапқатұрғызып) жеткiзедi. Отырғызу автобустың алдыңғы есiгi арқылы жүргiзiледi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z35" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Ерiп жүрушiлер автобусқа отырғызу және одан түсiру, автобус қозғалысы кезiнде және аялдау уақытында балалар арасында тиiстi тәртiптi қамтамасыз етеді.</w:t>
+      16. Ерiп жүрушiлер автобусқа отырғызу және одан түсiру, автобус қозғалысы кезiнде және аялдау уақытында балалар арасында тиiстi тәртiптi қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Балаларды автобусқа отырғызу ерiп жүрушiлердің басшылығымен және жүргiзушiнiң бақылауымен автобус толық тоқтағаннан кейiн отырғызу алаңында жүргiзiледi.</w:t>
+      17. Балаларды автобусқа отырғызу ерiп жүрушiлердің басшылығымен және жүргiзушiнiң бақылауымен автобус толық тоқтағаннан кейiн отырғызу алаңында жүргiзiледi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z37" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Сапар кезiнде ерiп жүрушiлер балалардың:</w:t>
+      18. Сапар кезiнде ерiп жүрушiлер балалардың:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) салонда тұруына және жүруiне;</w:t>
+      1) салонда тұруына және жүруiне;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z39" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) есiктер мен терезелерге жантаюына;</w:t>
+      2) есiктер мен терезелерге жантаюына;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z40" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) жоғарғы сөрелерге ауыр және орнықсыз заттарды қоюына;</w:t>
+      3) жоғарғы сөрелерге ауыр және орнықсыз заттарды қоюына;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z41" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4)қол жүгiн өту жолдарына және кiреберiстегi (шығаберiстегi) алаңдарда орналастыруына;</w:t>
+      4)қол жүгiн өту жолдарына және кiреберiстегi (шығаберiстегi) алаңдарда орналастыруына;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z42" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) терезе ойықтарынан бастарын шығаруына;</w:t>
+      5) терезе ойықтарынан бастарын шығаруына;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z43" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) терезеден қоқысты және қандай болса да өзге заттарды тастауға;</w:t>
+      6) терезеден қоқысты және қандай болса да өзге заттарды тастауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z44" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) жазатайым жағдайдың алдын алуға бағытталған жолаушылардың денсаулығы мен өмiрiне қауiп төндiретiн ахуал туралы хабарламалардан басқа жүргiзушiнi көлiк құралын басқарудан алаңдатуына;</w:t>
+      7) жазатайым жағдайдың алдын алуға бағытталған жолаушылардың денсаулығы мен өмiрiне қауiп төндiретiн ахуал туралы хабарламалардан басқа жүргiзушiнi көлiк құралын басқарудан алаңдатуына;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z45" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8)жолаушылардың денсаулығы мен өмiрiне қауiп төндiрмейтiн жағдайларда авариялық жабдықтарды пайдалануына;</w:t>
+      8)жолаушылардың денсаулығы мен өмiрiне қауiп төндiрмейтiн жағдайларда авариялық жабдықтарды пайдалануына;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z46" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) есiктердi ашуына;</w:t>
+      9) есiктердi ашуына;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z47" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) төбелесуiне, итерiсуiне, қимыл ойындарын ойнауға;</w:t>
+      10) төбелесуiне, итерiсуiне, қимыл ойындарын ойнауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z48" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) шылымшегуге, сiрiңке, оттықжағуға;</w:t>
+      11) шылымшегуге, сiрiңке, оттықжағуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z49" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) спирттiк iшiмдiктердi iшуiне, есiрткi, психотропты және улы заттарды қабылдауына жол бермейдi.</w:t>
+      12) спирттiк iшiмдiктердi iшуiне, есiрткi, психотропты және улы заттарды қабылдауына жол бермейдi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z50" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Тұрақтау (аялдау) кезiнде балаларды автобустан шығару алдыңғы есiк арқылы жүзеге асырылады. Автобустан бiрiншi болып ерiп жүрушi шығады. Тұрақтау (аялдау) кезiнде ерiп жүрушi автобустың алдыңғы бөлiгiнде тұруы және балалардың түсуiн және содан кейiн балалардың жолдың жүру бөлiгiне жүгiрiп шықпауын бақылау қажет.</w:t>
+      19. Тұрақтау (аялдау) кезiнде балаларды автобустан шығару алдыңғы есiк арқылы жүзеге асырылады. Автобустан бiрiншi болып ерiп жүрушi шығады. Тұрақтау (аялдау) кезiнде ерiп жүрушi автобустың алдыңғы бөлiгiнде тұруы және балалардың түсуiн және содан кейiн балалардың жолдың жүру бөлiгiне жүгiрiп шықпауын бақылау қажет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z51" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Автобустан шыққанда әрбiр бала жеке заттарын бiр қолымен көтерiп, ал екiншi қолымен баспалдақтардан түскенде тұтқадан ұстауы тиiс. Тепе-теңдiктi жоғалтпау және өзге жолаушыларды жарақаттандырмау үшiн иықпен көтерiп жүретiн рюкзактар мен сөмкелердi оқушылар иықтан шешiп, қолдарына алулары тиiс.</w:t>
+      20. Автобустан шыққанда әрбiр бала жеке заттарын бiр қолымен көтерiп, ал екiншi қолымен баспалдақтардан түскенде тұтқадан ұстауы тиiс. Тепе-теңдiктi жоғалтпау және өзге жолаушыларды жарақаттандырмау үшiн иықпен көтерiп жүретiн рюкзактар мен сөмкелердi оқушылар иықтан шешiп, қолдарына алулары тиiс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z52" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Түсiрген кезде ерiп жүрушiлер балалардың:</w:t>
+      21. Түсiрген кезде ерiп жүрушiлер балалардың:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:bookmarkStart w:name="z53" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) есiкке қарай қозғалғанда төбелесуiне, итерiсуiне;</w:t>
+      1) есiкке қарай қозғалғанда төбелесуiне, итерiсуiне;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z54" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) баспалдақтардансекiруiне;</w:t>
+      2) баспалдақтардансекiруiне;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z55" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) көлiк құралын жолдың жүргiн шiбөлiгiнен айналып өтуiне, оған шығуына;</w:t>
+      3) көлiк құралын жолдың жүргiн шiбөлiгiнен айналып өтуiне, оған шығуына;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z56" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) жүргiншi бөлiктiң маңында қимыл ойындар ойнауына жол бермейдi.</w:t>
+      4) жүргiншi бөлiктiң маңында қимыл ойындар ойнауына жол бермейдi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:bookmarkStart w:name="z57" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Түсiргеннен кейiн ерiп жүрушiлер:</w:t>
+      22. Түсiргеннен кейiн ерiп жүрушiлер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z58" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) жеткiзу орнына келген балаларды санап шығуға;</w:t>
+      1) жеткiзу орнына келген балаларды санап шығуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:bookmarkStart w:name="z59" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) ұйымдасқан түрде оларды түсiру орнынан және автобустардың тұрақтау алаңшаларынан ерiп жүру;</w:t>
+      2) ұйымдасқан түрде оларды түсiру орнынан және автобустардың тұрақтау алаңшаларынан ерiп жүру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z60" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) түсiру орнынан жаяу жүрген кезде олардың Жол жүру ережесiмен жаяу жүргiншiлерге қойылатын талаптардың сақталуын қамтамасыз етедi.</w:t>
+      3) түсiру орнынан жаяу жүрген кезде олардың Жол жүру ережесiмен жаяу жүргiншiлерге қойылатын талаптардың сақталуын қамтамасыз етедi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:bookmarkStart w:name="z61" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Қорытынды ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z62" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Қаланың шалғайдағы елді мекендерінде тұратын балаларды жалпы білім беретін мектептерге тасымалдау бойынша осы тәртіппен реттелмеген қатынастар Қазақстан Республикасының қолданыстағы заңнамасына сәйкес реттеледі.</w:t>
+      23. Қаланың шалғайдағы елді мекендерінде тұратын балаларды жалпы білім беретін мектептерге тасымалдау бойынша осы тәртіппен реттелмеген қатынастар Қазақстан Республикасының қолданыстағы заңнамасына сәйкес реттеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3578,35 +3670,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>