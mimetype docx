--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="40a8a1b" w14:textId="40a8a1b">
+    <w:p w14:paraId="bc79b75" w14:textId="bc79b75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1089,51 +1089,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.05.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 148</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1296,52 +1316,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-KTGY – 10 </w:t>
+              <w:t>
+KTGY – 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1410,87 +1430,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 11</w:t>
-[...35 lines deleted...]
-Булаев – Октябрьское – Конюхово – Куломзино </w:t>
+KTGY – 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Булаев – Октябрьское – Конюхово – Куломзино</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1523,87 +1543,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 12</w:t>
-[...35 lines deleted...]
-Қарағанды – Екатериновка</w:t>
+KTGY – 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лебяжье ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1636,87 +1656,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 13</w:t>
-[...35 lines deleted...]
-Лебяжье ауылына кіреберіс жол</w:t>
+KTGY – 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Советское – Ұзынкөл – Возвышенка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1749,87 +1769,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 14</w:t>
-[...35 lines deleted...]
-Советское – Ұзынкөл – Возвышенка</w:t>
+KTGY – 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Майбалық – Сейфолла – Таманское</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1862,87 +1882,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 15</w:t>
-[...35 lines deleted...]
-Майбалық – Сейфолла – Таманское – Веселовка – Писаревка – Қарағанды – Надежка</w:t>
+KTGY – 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Писаревка – Қарағанды – Надежка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1975,87 +1995,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 135</w:t>
-[...35 lines deleted...]
-Қоскөл ауылына кіреберіс жол</w:t>
+KTGY – 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Веселовка ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2088,87 +2108,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 136</w:t>
-[...35 lines deleted...]
-Уваковское ауылына кіреберіс жол</w:t>
+KTGY – 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қоскөл ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2201,87 +2221,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 137</w:t>
-[...35 lines deleted...]
-Ноғайбай ауылына кіреберіс жол</w:t>
+KTGY – 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уваковское ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2314,87 +2334,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 138</w:t>
-[...35 lines deleted...]
-Успенка ауылына кіреберіс жол</w:t>
+KTGY – 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ноғайбай ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2427,87 +2447,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 139</w:t>
-[...35 lines deleted...]
-Бастомар ауылына кіреберіс жол</w:t>
+KTGY – 11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Успенка ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2540,87 +2560,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 140</w:t>
-[...35 lines deleted...]
-Возвышен нан қабылдау пунктіне кіреберіс жол</w:t>
+KTGY – 12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бастомар ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2653,51 +2673,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 141</w:t>
+KTGY – 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2766,51 +2786,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 142</w:t>
+KTGY – 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2879,51 +2899,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 143</w:t>
+KTGY – 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2992,87 +3012,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 144</w:t>
-[...35 lines deleted...]
-Камышлово ауылына кіреберіс жол</w:t>
+KTGY – 16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұзынкөл ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3105,87 +3125,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 145</w:t>
-[...35 lines deleted...]
-Ұзынкөл ауылына кіреберіс жол</w:t>
+KTGY – 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полудино ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3218,87 +3238,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 146</w:t>
-[...35 lines deleted...]
-Полудино ауылына кіреберіс жол</w:t>
+KTGY – 18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бәйтерек ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3331,87 +3351,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 147</w:t>
-[...35 lines deleted...]
-Бәйтерек ауылына кіреберіс жол</w:t>
+KTGY – 19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ганькино ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3444,87 +3464,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 148</w:t>
-[...35 lines deleted...]
-Ганькино ауылына кіреберіс жол</w:t>
+KTGY – 20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Новотроицкое ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3557,87 +3577,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 149</w:t>
-[...35 lines deleted...]
-Новотроицкое ауылына кіреберіс жол</w:t>
+KTGY – 21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пролетарка ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3670,87 +3690,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 150</w:t>
-[...35 lines deleted...]
-Пролетарка ауылына кіреберіс жол</w:t>
+KTGY – 22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистовское ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3783,87 +3803,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 151</w:t>
-[...35 lines deleted...]
-Чистовское ауылына кіреберіс жол</w:t>
+KTGY – 23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лебяжье – Құралай</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3896,87 +3916,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 152</w:t>
-[...35 lines deleted...]
-Лебяжье – Құралай </w:t>
+KTGY – 24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дүйсеке кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4009,87 +4029,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 153</w:t>
-[...35 lines deleted...]
-Надежка – Дүйсеке</w:t>
+KTGY – 25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Образец ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4122,87 +4142,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 154</w:t>
-[...35 lines deleted...]
-Образец ауылына кіреберіс жол</w:t>
+KTGY – 26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистое ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4235,87 +4255,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 155</w:t>
-[...35 lines deleted...]
-Чистое ауылына кіреберіс жол</w:t>
+KTGY – 27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жастар – Сарытомар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4348,87 +4368,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 156</w:t>
-[...35 lines deleted...]
-Жастар – Сарытомар</w:t>
+KTGY – 28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рощино ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4461,87 +4481,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 157</w:t>
-[...35 lines deleted...]
-Рощино ауылына кіреберіс жол</w:t>
+KTGY – 29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сулышоқ ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4574,87 +4594,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 158</w:t>
-[...35 lines deleted...]
-Сулышоқ ауылына кіреберіс жол</w:t>
+KTGY – 30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Суворовка ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4687,87 +4707,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 159</w:t>
-[...35 lines deleted...]
-Суворовка ауылына кіреберіс жол</w:t>
+KTGY – 31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хлебороб ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4800,87 +4820,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 160</w:t>
-[...35 lines deleted...]
-Мичурино ауылына кіреберіс жол</w:t>
+KTGY – 32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистовское – Тищенко</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4913,87 +4933,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 161</w:t>
-[...35 lines deleted...]
-Хлебороб ауылына кіреберіс жол</w:t>
+KTGY – 33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистовское – Урожайное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5026,87 +5046,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 162</w:t>
-[...35 lines deleted...]
-Чистовское – Тищенко – Р-58</w:t>
+KTGY – 34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рявкино ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5139,87 +5159,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 163</w:t>
-[...35 lines deleted...]
-Чистовское – Урожайное</w:t>
+KTGY – 35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Береке ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5252,87 +5272,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 164</w:t>
-[...35 lines deleted...]
-Рявкино ауылына кіреберіс жол</w:t>
+KTGY – 36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Малая Возвышенка ауылына кіреберіс жолы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5365,87 +5385,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 165</w:t>
-[...35 lines deleted...]
-Береке ауылына кіреберіс жол</w:t>
+KTGY – 37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таманское – Пулеметовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5478,503 +5498,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 166</w:t>
-[...451 lines deleted...]
-KTGY – 170</w:t>
+KTGY – 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6075,55 +5643,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6449,31 +6017,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>