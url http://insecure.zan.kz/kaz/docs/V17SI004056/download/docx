--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2c3bc6b" w14:textId="2c3bc6b">
+    <w:p w14:paraId="c5f6f9b" w14:textId="c5f6f9b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -742,51 +742,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.05.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -837,52 +857,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Автомобиль жолдарының индексі </w:t>
+              <w:t>
+Автомобиль жолдарының индексі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -895,66 +915,114 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль жолдарының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-Жапы ұзындығы, шақырым </w:t>
+          <w:bookmarkStart w:name="z26" w:id="4"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жапы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="4"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұзындығы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шақырым</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -987,51 +1055,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 10</w:t>
+37,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1136,87 +1204,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 11</w:t>
-[...35 lines deleted...]
-Булаев – Октябрьское – Конюхово – Куломзино </w:t>
+52,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Булаев – Октябрьское – Конюхово – Куломзино</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1285,123 +1353,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 12</w:t>
-[...71 lines deleted...]
-12,1</w:t>
+12,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лебяжье ауылына кіреберіс жол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1434,123 +1502,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 13</w:t>
-[...71 lines deleted...]
-12,9</w:t>
+37,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Советское – Ұзынкөл – Возвышенка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1583,123 +1651,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 14</w:t>
-[...71 lines deleted...]
-37,1</w:t>
+22,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Майбалық – Сейфолла – Таманское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1732,123 +1800,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 15</w:t>
-[...71 lines deleted...]
-74,6</w:t>
+34,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Писаревка – Қарағанды – Надежка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1881,123 +1949,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 135</w:t>
-[...71 lines deleted...]
-0,9</w:t>
+9,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Веселовка ауылына кіреберіс жол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2030,123 +2098,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 136</w:t>
-[...71 lines deleted...]
-0,8</w:t>
+0,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қоскөл ауылына кіреберіс жол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2179,123 +2247,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 137</w:t>
-[...71 lines deleted...]
-7,7</w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уваковское ауылына кіреберіс жол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2328,123 +2396,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 138</w:t>
-[...71 lines deleted...]
-1,9</w:t>
+7,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ноғайбай ауылына кіреберіс жол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2477,123 +2545,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 139</w:t>
-[...71 lines deleted...]
-0,6</w:t>
+1,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Успенка ауылына кіреберіс жол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2626,123 +2694,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 140</w:t>
-[...71 lines deleted...]
-1</w:t>
+0,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бастомар ауылына кіреберіс жол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2775,51 +2843,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 141</w:t>
+10,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2924,51 +2992,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 142</w:t>
+2,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3073,51 +3141,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 143</w:t>
+10,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3222,123 +3290,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 144</w:t>
-[...71 lines deleted...]
-8,9</w:t>
+2,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұзынкөл ауылына кіреберіс жол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3371,123 +3439,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 145</w:t>
-[...71 lines deleted...]
-2,7</w:t>
+3,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полудино ауылына кіреберіс жол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3520,123 +3588,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 146</w:t>
-[...71 lines deleted...]
-3,9</w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бәйтерек ауылына кіреберіс жол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3669,123 +3737,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 147</w:t>
-[...71 lines deleted...]
-0,8</w:t>
+6,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ганькино ауылына кіреберіс жол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3818,123 +3886,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 148</w:t>
-[...71 lines deleted...]
-6,4</w:t>
+2,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Новотроицкое ауылына кіреберіс жол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3967,123 +4035,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 149</w:t>
-[...71 lines deleted...]
-2,5</w:t>
+5,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пролетарка ауылына кіреберіс жол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4116,123 +4184,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 150</w:t>
-[...71 lines deleted...]
-5,3</w:t>
+3,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистовское ауылына кіреберіс жол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4265,123 +4333,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 151</w:t>
-[...71 lines deleted...]
-3,4</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лебяжье – Құралай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4414,123 +4482,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 152</w:t>
-[...71 lines deleted...]
-3</w:t>
+3,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дүйсеке кіреберіс жол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4563,123 +4631,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 153</w:t>
-[...71 lines deleted...]
-5,3</w:t>
+1,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Образец ауылына кіреберіс жол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4712,123 +4780,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 154</w:t>
-[...71 lines deleted...]
-1,6</w:t>
+2,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистое ауылына кіреберіс жол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4861,123 +4929,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 155</w:t>
-[...71 lines deleted...]
-2,5</w:t>
+13,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жастар – Сарытомар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5010,123 +5078,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 156</w:t>
-[...71 lines deleted...]
-8,7</w:t>
+0,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рощино ауылына кіреберіс жол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5159,123 +5227,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 157</w:t>
-[...71 lines deleted...]
-0,9</w:t>
+1,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сулышоқ ауылына кіреберіс жол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5308,123 +5376,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 158</w:t>
-[...71 lines deleted...]
-1,9</w:t>
+5,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Суворовка ауылына кіреберіс жол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5457,123 +5525,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 159</w:t>
-[...71 lines deleted...]
-5,2</w:t>
+0,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хлебороб ауылына кіреберіс жол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5606,123 +5674,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 160</w:t>
-[...71 lines deleted...]
-4,7</w:t>
+4,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистовское – Тищенко</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5755,123 +5823,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 161</w:t>
-[...71 lines deleted...]
-0,7</w:t>
+14,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чистовское – Урожайное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5904,123 +5972,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 162</w:t>
-[...71 lines deleted...]
-11,3</w:t>
+7,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рявкино ауылына кіреберіс жол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6053,123 +6121,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 163</w:t>
-[...71 lines deleted...]
-13,8</w:t>
+3,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Береке ауылына кіреберіс жол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6202,123 +6270,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 164</w:t>
-[...71 lines deleted...]
-7,7</w:t>
+3,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Малая Возвышенка ауылына кіреберіс жолы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6351,123 +6419,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 165</w:t>
-[...71 lines deleted...]
-3,4</w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таманское – Пулеметовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6500,729 +6568,133 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-KTGY – 166</w:t>
-[...71 lines deleted...]
-3,5</w:t>
+3,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Булаев қаласының айналма жолы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...594 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -7246,51 +6718,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-407,8</w:t>
+353,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -7322,55 +6794,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7696,31 +7168,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>