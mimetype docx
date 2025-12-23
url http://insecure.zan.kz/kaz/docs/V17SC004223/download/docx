--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c2261d9" w14:textId="c2261d9">
+    <w:p w14:paraId="96130c8" w14:textId="96130c8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -280,63 +280,62 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы қаулы алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -344,51 +343,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Аудан әкімі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1001,9277 +1000,9465 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі); 27.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 384</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 11.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="862"/>
+        <w:gridCol w:w="2540"/>
+        <w:gridCol w:w="6955"/>
+        <w:gridCol w:w="1943"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z25" w:id="0"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z18" w:id="0"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жолдардың</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="0"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 индексі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z26" w:id="1"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z19" w:id="1"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автожолдардың</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="1"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 атаулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы ұзындығы, километр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КСТАІ-61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лобаново-Зеренді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Айыртау – "Шалқар-Су" санаторийі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сулыкөл ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елецкое ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аксеновка ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Красногорка ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бұрлық ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ағынтай Батыр ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Новосветловка ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ботай ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шүкірлік ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прекрасное ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қоскөл-Шүкірлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Галицино ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақан-Сері ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Айыртауское-Шоққарағай-Сарыбұлақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шолақөзек ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елецкое-Колесниковка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қамсақты-Бірлестік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сырымбет ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баян ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақшоқы ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Красново ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоғарғы Бұрлық ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әлжан ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ -65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саумалкөл-Сырымбет-Қарақамыс-Светлое</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 76</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лавровка-Қарақамыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арықбалық - Нижний-Бурлук -Приозерное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Константиновка-Ақанбұрлық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арықбалық-Қарасай Батыр-Орловка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гусаковка-Береславка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нижний-Бурлук - Құспек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Каменный Брод-Казанка-Всеволодовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саумалкөл-Новоукраинка-Қаратал-Казанка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Каменный-Брод - Петропавловка -Карловка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уголки станциясына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Айыртау – "Шалқар-Су" санаторийі" - "Сокол" балалар сауықтыру орталығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Имантау – "Аршалы" демалыс базасы – "Қарлығаш" балалар сауықтыру лагері – "Боровушка" демалыс базасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Солнечное ВИП" демалыс базасына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-88</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Никольское ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Антоновка - Шалқар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шалқар – Қазақстан Республикасы Экология және табиғи ресурстар министрлігі Орман шаруашылығы және жануарлар дүниесі комитетінің "Көкшетау" мемлекеттік ұлттық табиғи паркі" республикалық мемлекеттік мекемесінің бақылау-өткізу пункті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Никольское - Қазақстан Республикасы Мәдениет және ақпарат министрлігі Мәдениет комитетінің "Ботай" мемлекеттік тарихи-мәдени музей-қорығы" республикалық мемлекеттік қазыналық кәсіпорны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Айғаным қонысынан "Солтүстік Қазақстан облысы әкімдігінің мәдениет, тілдерді дамыту және архив ісі басқармасының Шоқан Уәлиханов атындағы Сырымбет тарихи-этнографиялық музейі" коммуналдық мемлекеттік қазыналық кәсіпорнына дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 KTAI-93</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ана мен бала үйі" шипажайына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...29 lines deleted...]
-2,5</w:t>
+            <w:tcW w:w="1943" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-94</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Солнечное ВИП" демалыс базасына кіреберіс жол – қарау алаңы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТ-65 "Арықбалық-Саумалкөл" облыстық жолынан - Имантау көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-96</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КСТ-62 "Еленовка-Арықбалық-Чистополье-Есіл" облыстық жолынан және Имантау ауылынан Өнеркәсіп комбинатына дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-97</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Имантау ауылынан Татарлар өлкесі жағынан Имантау көлінің жағасына дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 KTAI-65 "Саумалкөл-Сырымбет Қарақамыс-Светлое" аудандық жолынан - Айғаным қонысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орлиногор ауылына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Арман" демалыс базасына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-101</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Тұрпан" демалыс базасына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,87</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы Экология және табиғи ресурстар министрлігі Орман шаруашылығы және жануарлар дүниесі комитетінің "Көкшетау" мемлекеттік ұлттық табиғи паркі" республикалық мемлекеттік мекемесінің №2 бақылау-өткізу пунктен "Ана мен бала үйі" шипажайына дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-103</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Олимпиец" сауықтандыру оңалту орталығы кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-104</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Бастау" демалыс базасына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Черная Лагуна" демалыс базасына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-106</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Горняк" демалыс базасына кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,83</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-107</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Заря" балалар сауықтыру орталығы кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КТАІ-108</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="6955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шалқар көліне кіреберіс жол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КТАІ-109</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z20" w:id="2"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Экология және табиғи ресурстар министрлігі Орман шаруашылығы және жануарлар дүниесі комитетінің "Көкшетау" мемлекеттік ұлттық табиғи паркі" республикалық мемлекеттік мекемесінің Шалқар филиалының шекарасы "Заря" балалар сауықтыру орталығына дейін және "Чайка" балалар сауықтыру</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орталығына дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1943" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4,15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...29 lines deleted...]
-640,7</w:t>
+            <w:tcW w:w="1943" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+645,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -10303,55 +10490,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>