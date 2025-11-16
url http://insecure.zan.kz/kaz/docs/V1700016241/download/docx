--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="33e0c53" w14:textId="33e0c53">
+    <w:p w14:paraId="5e7c6d2" w14:textId="5e7c6d2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1272,50 +1272,70 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 335</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 433</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
@@ -2839,70 +2859,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) осы Шартқа қол қойған күннен бастап күн электр станциялары үшін – 12 (он екі) ай ішінде, жел және биогазды электр станциясы үшін – 18 (он сегіз) ай ішінде, гидроэлектр станциялары үшін сатып алу шартына қол қойған күннен бастап 24 (жиырма төрт) ай ішінде: оған қатысты осы Шарт жасалған ЖЭК пайдалану объектісінде құрылыс-монтаждау жұмыстарын бастау туралы мемлекеттік сәулет-құрылыс бақылауын жүзеге асыратын мемлекеттік органға жіберілген хабарламаның көшірмесін Сатып алушыға ұсынуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z498" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) күн электр станциялары үшін шартқа қол қойылған күннен бастап 24 (жиырма төрт) ай ішінде, жел және биогаз электр станциялары үшін осы Шартқа қол қойылған күннен бастап 36 (отыз алты) ай ішінде, гидроэлектр станциялары үшін шартқа қол қойылған күннен бастап 60 (алпыс) ай ішінде – Қазақстан Республикасының сәулет, қала құрылысы және құрылыс қызметі саласындағы заңнамасына сәйкес оған қатысты шарт жасалған ЖЭК пайдалану объектісін пайдалануға қабылдау актісінің көшірмесін Сатып алушыға ұсынуға міндетті.</w:t>
+      13) белгіленген қуаты 499 МВт-қа дейінгі күн электр станциялары үшін – 24 (жиырма төрт) ай ішінде, белгіленген қуаты 499 МВт-тан жоғары болатын күн электр станциялары үшін – 36 (отыз алты) ай ішінде, белгіленген қуаты 499 МВт-қа дейінгі жел станциялары үшін – 36 (отыз алты) ай ішінде, белгіленген қуаты 499 МВт-тан жоғары болатын жел станциялары үшін – 48 (қырық сегіз) ай ішінде, биогаз электр станциялары үшін – 36 (отыз алты) ай ішінде, гидроэлектр станциялар үшін – 60 (алпыс) ай ішінде – Қазақстан Республикасының сәулет, қала құрылысы және құрылыс қызметі саласындағы заңнамасына сәйкес ЖЭК пайдалану объектісін пайдалануға қабылдау актісінің көшірмесін Сатып алушыға ұсынуға міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте, егер осы тармақшаның бірінші бөлігінде көзделген мерзімі аяқталуына дейін ЖЭК пайдалану объектісінің құрылысы бойынша жалпы жұмыс көлемінен 70% кем емес көлемде ЖЭК пайдалану объектісі бойынша құрылыс-монтаждау жұмысын орындау туралы Қазақстан Республикасының сәулет, қала құрылысы және құрылыс қызметі саласындағы заңнамасына сәйкес техникалық қадағалауды жүзеге асыратын уәкілетті ұйымнан (тұлғадан) растау ұсынылған жағдайда, көрсетілген мерзім күнтізбелік 1 (бір) жылға ұзартылады;</w:t>
+      Бұл ретте, егер осы тармақшаның бірінші бөлігінде көзделген мерзім аяқталғанға дейін Қазақстан Республикасының сәулет, қала құрылысы және құрылыс қызметі саласындағы заңнамасына сәйкес техникалық қадағалауды жүзеге асыратын уәкілетті ұйымнан (адамнан) ЖЭК пайдалану объектісінің құрылысы бойынша жалпы жұмыс көлемінен 70% кем емес көлемде ЖЭК пайдалану объектісі бойынша құрылыс-монтаждау жұмысының орындалғаны туралы растау ұсынылған жағдайда, көрсетілген мерзім күнтізбелік 1 (бір) жылға ұзартылады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z499" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) оған қатысты осы Шарт жасалған ЖЭК пайдалану объектілері үшін энергия беруші ұйым мен Сатушы арасында қол қойылған тараптардың теңгерімдік тиесілігі мен пайдалану жауапкершілігін ажырату актісінің көшірмесін - тараптардың теңгерімдік тиесілігі мен пайдалану жауапкершілігін ажырату актісіне қол қойылған күннен бастап және ЖЭК пайдалану объектілерін кешенді сынаудан өткізу басталғанға дейін 10 (он) жұмыс күні ішінде Сатып алушыға ұсынуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:bookmarkStart w:name="z500" w:id="63"/>
     <w:p>
       <w:pPr>
@@ -19171,55 +19191,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>