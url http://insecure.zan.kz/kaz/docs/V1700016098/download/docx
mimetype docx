--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6741180" w14:textId="6741180">
+    <w:p w14:paraId="783c3df" w14:textId="783c3df">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1278,247 +1279,267 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) 2015 жылғы инвестициялар көлемі - 2015 жылы энергия өндіруші ұйымдар уәкілетті органмен келісімдер шеңберінде салған инвестицияларының (амортизациялық аударымдар есебінен жасалған инвестицияларды қоспағанда) жиынтық көлемі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z156" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес өздеріне қатысты инвестициялық келісім жасалатын, жұмыс істеп тұрған энергия өндіруші ұйымдардың жұмыс істеп тұрған (бар) электр станцияларының тізбесі мен қосалқы жабдықтарына қойылатын талаптарға сәйкес келетін жаңғыртудың, кеңейтудің, реконструкциялаудың және (немесе) жаңартудың инвестициялық бағдарламасы шеңберінде белгіленетін немесе іске асырылатын жабдық және (немесе) іс-шара.</w:t>
+        <w:t>
+      12) қосалқы жабдық – осы Қағидаларға 5-қосымшаға сәйкес өздеріне қатысты инвестициялық келісім жасалатын, жұмыс істеп тұрған энергия өндіруші ұйымдардың жұмыс істеп тұрған (бар) электр станцияларының тізбесі мен қосалқы жабдықтарына қойылатын талаптарға сәйкес келетін жаңғыртудың, кеңейтудің, реконструкциялаудың және (немесе) жаңартудың инвестициялық бағдарламасы шеңберінде белгіленетін немесе іске асырылатын жабдық және (немесе) іс-шара;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z24" w:id="25"/>
+    <w:bookmarkStart w:name="z160" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Осы Қағидаларда пайдаланылған өзге де ұғымдар мен анықтамалар Қазақстан Республикасының электр энергетикасы саласындағы заңнамасына сәйкес қолданылады.</w:t>
+      13) электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметке арналған жеке тариф – генерациялайтын қондырғыларды жаңғыртуға, кеңейтуге, реконструкциялауға және (немесе) жаңартуға уәкілетті орган мен энергия өндіруші ұйым арасында жасалған инвестициялық келісім негізінде айқындалған, Қазақстан Республикасы Ұлттық Банкінің деректері бойынша айқындалған ұлттық валютаның шетел валюталарына айырбастау бағамының өзгеруі ескеріле отырып, шетел валютасында тартылған қарыздық қаржыландыру көлеміне уәкілетті орган айқындайтын тәртіппен жыл сайынғы индекстелуге тиіс тариф.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z24" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Қағидаларда пайдаланылған өзге де ұғымдар мен анықтамалар Қазақстан Республикасының электр энергетикасы саласындағы заңнамасына сәйкес қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Энергетика министрінің 01.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Энергетика министрінің 25.11.2024 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР Энергетика министрінің 25.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 414</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="26"/>
+    <w:bookmarkStart w:name="z25" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2- тарау. Жаңғыртудың, кеңейтудің, реконструкциялаудың және (немесе) жаңартудың</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>инвестициялық бағдарламаларын қарауға жіберу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z26" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z26" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Уәкілетті органмен жаңғыртуға, реконструкциялауға, кеңейтуге және (немесе) жаңартуға арналған инвестициялық келісім (бұдан әрі – Келісім) жасасуға ниет білдіретін жұмыс істеп тұрған энергия өндіруші ұйымдар Жоспар-графикпен және осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жаңғыртудың, кеңейтудің, реконструкциялаудың және (немесе) жаңартудың инвестициялық бағдарламаларының (бұдан әрі – инвестициялық бағдарламалар) негізгі параметрлері туралы ақпаратпен бірге инвестициялық бағдарламаларды қағаз және электрондық жеткізгіштерде Нарық кеңесіне жолдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сондай-ақ Нарық кеңесіне инвестициялық бағдарламалармен бірге осы инвестициялық бағдарламаларды әзірлеу барысында жүргізілген тәуелсіз техникалық және қаржылық аудиттердің қорытындылары және инвестициялық бағдарламаны беру сәтінде өзекті болып табылатын жабдық өндіруші зауыттардың және/немесе EPC (Engineering procurement construction) мердігерлерінің кемінде үш коммерциялық ұсынысы немесе Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 1 сәуірдегі № 299 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1575,51 +1596,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="28"/>
+    <w:bookmarkStart w:name="z27" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Нарық кеңесі осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1654,51 +1675,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына және осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген қарауға жіберу өлшемшарттарына сәйкес келуін тексереді және оның іске асырылуының орындылығы немесе орынсыздығы, құны мен іске асыру мерзімінің негізділігі туралы ұсыным дайындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1717,70 +1738,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="29"/>
+    <w:bookmarkStart w:name="z28" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Нарық Кеңесінің іске асырудың орындылығы туралы ұсынымын алған инвестициялық бағдарламалар уәкілетті органның қарауына жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Нарық кеңесі уәкілетті органның қарауына жіберілген инвестициялық бағдарламаларды, осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1855,70 +1876,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="30"/>
+    <w:bookmarkStart w:name="z30" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Нарық кеңесі уәкілетті органға қарауға жіберілген және жіберілмеген инвестициялық бағдарламалардың тізімін Нарық кеңесіне қарауға келіп түскен инвестициялық бағдарлама құжаттарының топтамасымен бірге инвестициялық бағдарлама Нарық кеңесінің қарауына келіп түскен күннен бастап отыз жұмыс күнінен кешіктірілмейтін мерзімде өзінің интернет-ресурсында жариялайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1937,346 +1958,346 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="31"/>
+    <w:bookmarkStart w:name="z31" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3- тарау. Инвестициялық бағдарламаларды қарау және іріктеу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z32" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z32" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Уәкілетті орган қарауға жіберілген инвестициялық бағдарламаларды қарау барысында бір мезгілде мына іріктеу өлшемшарттарды басшылыққа алады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z33" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z33" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметке жеке тариф (бұдан әрі – жеке тариф);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z34" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z34" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) электр станциясының типі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z35" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z35" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес уәкілетті орган қарастырылатын әрбір инвестициялық бағдарламаға іріктеу өлшемшарттары бойынша балл қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z36" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z36" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Балл қойғаннан кейін уәкілетті орган жиналған балдардың азаюы тәртібінде инвестициялық бағдарламалардың сараланған тізімін құрастырады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z37" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z37" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       максималды балл жинаған инвестициялық бағдарламадан минималды балл жинаған инвестициялық бағдарламаға дейін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z38" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z38" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте, егер осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес уәкілетті орган жүзеге асырған балдардың нәтижесі бойынша балдардың сәйкестігі бар болса, онда әрбір сәйкестік балл шеңберінде сараланған тізімді құру барысында тиісті инвестициялық бағдарламаларға қосымша саралау жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z39" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z39" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы қосымша саралау осы инвестициялық бағдарламалардың жеке тариф мәндері бойынша олардың мәндерінің артуы тәртібінде жүзеге асырылады: максималды инвестициялық бағдарламаның жеке тариф мәнінен минималды инвестициялық бағдарламаның жеке тариф мәніне дейін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z40" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z40" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Сараланған тізім құрылғаннан кейін уәкілетті орган сараланған тізім бойынша осы инвестициялық бағдарламалардың олардың тиісті жыл сайынғы қайтару деңгейімен кезекпен арту тәртібінде кезекпен қоса отырып, қаралатын инвестициялық бағдарламалардың қажетті жыл сайынғы қайтарылым деңгейінің сомасын есептейді. Жыл сайынғы қажетті қайтару деңгейінің сомасы рұқсат етілген көлемнен аспайтын инвестициялық бағдарламар іріктелген деп танылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z41" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z41" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Инвестициялық бағдарламалары іріктелген болып танылатын жұмыс істеп тұрған энергия өндіруші ұйымдарға қатысты уәкілетті орган олармен келісімдер жасасу туралы шешім қабылдайды, келісімдерге іріктелген тиісті инвестициялық бағдарламалар енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z42" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z42" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Келісім жасасатын жұмыс істеп тұрған энергия өндіруші ұйымдардың тізімін және алдынғы кезеңдерде жасасқан барлық қолданыстағы Келісімдер мен осы Келісімдердің жыл сайынғы қажетті қайтару деңгейінің сомасын уәкілетті орган өзінің интернет-ресурсында Нарық кеңесі уәкілетті органға қарауға жіберілген және жіберілмеген инвестициялық бағдарламалар тізімін жариялаған күннен бастап күнтізбелік қырық күннен кешіктірмей жариялайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z43" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z43" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Пайдалануға берілген электр станциялары бойынша жаңғыртуға, кеңейтуге, реконструкциялауға және (немесе) жаңартуға арналған жеке инвестициялық келісімдерді жасасу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-тараудың тақырыбы жаңа редакцияда – ҚР Энергетика министрінің 26.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2287,51 +2308,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-параграф. Келісімдерді жасасу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="44"/>
+    <w:bookmarkStart w:name="z44" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2346,167 +2367,167 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес уәкілетті органның интернет-ресурсында жарияланған тізімдерге қосылған жұмыс ітеп тұрған энергия өндіруші ұйымдар осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша тиісті Келісімдерге жарияланған күнінен бастап күнтізбелік отыз күн ішінде уәкілетті органмен қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z45" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z45" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Келісімдерге енгізілген инвестициялық бағдарламалар Келісімдерге қосымшалармен ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z46" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z46" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Келісімдерде бекітілген жеке тарифтер, электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметке қызмет көлемі (бұдан әрі – қызмет көлемі) және электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметті сатып алу мерзімі (бұдан әрі – қызметті сатып алу мерзімі) ұлғайту жағына қарай түзетуге жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z47" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z47" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Жаңғыртуға, кеңейтуге, реконструкциялауға және (немесе) жаңартуға арналған жеке инвестициялық келісімдерді оңайлатылған тәртіпте жасасу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-параграфтың тақырыбы жаңа редакцияда – ҚР Энергетика министрінің 26.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 263</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="48"/>
+    <w:bookmarkStart w:name="z48" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Уәкілетті органмен келісімдер жасасқан және шекті тарифтің инвестициялық құрамдасынан басқа шығын көзі айтарлықтай қосымша сыртқы қаржыландыру (кредиттер, қарыздар), сондай-ақ кредиттер (қарыздар), даму бағдарламаларына енгізілген, жергілікті атқарушы органдар бекіткен жобалар бойынша бұрын тартылған міндеттемелердің негізгі қарызын қайта қаржыландыру және өтеу мақсатында алынған өзгелей ақша қаражаты болып табылған электр энергиясына шекті тарифтер бағдарламасының қолданылу кезеңіндегі 2009-2015 жылдар аралығында ауқымды инвестициялық бағдарламаларды іске асырған энергия өндіруші ұйымдар уәкілетті органмен оңайлатылған тәртіппен жеке инвестициялық Келісімдер жасасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2525,80 +2546,80 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="49"/>
+    <w:bookmarkStart w:name="z49" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17. Жаңғыртуға, кеңейтуге, реконструкциялауға және (немесе) жаңартуға арналған жеке инвестициялық келісімдерді жасаудың оңайлатылған тәртібі 2018 жылдың 1 сәуіріне дейін тиісті энергия өндіруші ұйымдар уәкілетті органға мына материалдар мен ақпаратты ұсынған жағдайда, инвестициялық бағдарламаларды уәкілетті органға қарауға жіберместен және рұқсат беру мен іріктеу рәсімдерін өтпестен осы Келісімдердің жасалуын білдіреді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 2009-2015 жылдар аралығындағы кезеңде оны (оларды) сатып алуға (жүзеге асыруға) қосымша сыртқы қаржыландыру (кредиттер, қарыздар) тартылған объектінің (объектілердің) пайдалануға енгізу актісі (актілері);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2743,392 +2764,392 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="50"/>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Оңайлатылған тәртіпте жаңғыртуға, кеңейтуге, реконструкциялауға және (немесе) жаңартуға арналған жеке инвестициялық келісімдер жасасатын энергия өндіруші ұйымдардың тізімін уәкілетті орган өзінің интернет-ресурсында уәкілетті органға осы Қағидалардың 17-тармағының екінші бөлігінде көрсетілген материалдарды және ақпаратты ұсынған күннен бастап күнтізбелік қырық күннен кешіктірмейтін мерзімде жариялайды.</w:t>
-      </w:r>
-[...80 lines deleted...]
-      19. Осы Қағидалардың 18-тармағына сәйкес уәкілетті органның интернет-ресурсында жарияланған тізімге енгізілген энергия өндіруші ұйымдар осы Қағидаларға 4-қосымшаға сәйкес нысан бойынша уәкілетті органмен жаңғыртуға, кеңейтуге, реконструкциялауға және (немесе) жаңартуға арналған жеке келісімдерге жарияланған күнінен бастап отыз күнтізбелік күн ішінде қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда – ҚР Энергетика министрінің 26.07.2019 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда – ҚР Энергетика министрінің 26.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 263</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="52"/>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Жаңғыртуға, кеңейтуге, реконструкциялауға және (немесе) жаңартуға арналған жеке келісімдерде бекітілген жеке тарифтер, қызмет көлемі және қызметті сатып алу мерзімі ұлғайту жағына қарай түзетуге жатпайды.</w:t>
+      19. Осы Қағидалардың 18-тармағына сәйкес уәкілетті органның интернет-ресурсында жарияланған тізімге енгізілген энергия өндіруші ұйымдар осы Қағидаларға 4-қосымшаға сәйкес нысан бойынша уәкілетті органмен жаңғыртуға, кеңейтуге, реконструкциялауға және (немесе) жаңартуға арналған жеке келісімдерге жарияланған күнінен бастап отыз күнтізбелік күн ішінде қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда – ҚР Энергетика министрінің 26.07.2019 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда – ҚР Энергетика министрінің 26.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 263</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="53"/>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Жаңғыртуға, кеңейтуге, реконструкциялауға және (немесе) жаңартуға арналған жеке келісімдерде бекітілген жеке тарифтер, қызмет көлемі және қызметті сатып алу мерзімі ұлғайту жағына қарай түзетуге жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда – ҚР Энергетика министрінің 26.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z112" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-параграф. Оңайлатылған тәртіпте электр станциялары бойынша пайдалануға енгізілген жеке инвестициялық келісімдерді жасасу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-тарау 3-параграфпен толықтырылды – ҚР Энергетика министрінің 26.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 263</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="54"/>
+    <w:bookmarkStart w:name="z113" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20-1. Құрылысына 2015 жылға дейін қарыздық қаржыландыру (кредиттер, қарыздар), сондай-ақ нысаналы мақсаты электр станциясының құрылысын қаржыландыру болатын бұрын тартылған міндеттемелердің негізгі борышын қайта қаржыландыру және өтеу мақсаттары үшін алынған кредиттер (қарыздар), өзге де ақша тартылған электр станциялары 2009-2015 жылдар аралығында пайдалануға берілген және уәкілетті органмен және табиғи монополиялар салаларында басшылықты жүзеге асыратын мемлекеттік органмен инвестициялық шарттар жасасқан энергия өндіруші ұйымдар уәкілетті органмен пайдалануға берілген электр станциялары бойынша жеке инвестициялық келісімдерді оңайлатылған тәртіппен жасасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z114" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z114" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20-2. Пайдалануға берілген электр станциялары бойынша жеке инвестициялық келісімдерді жасасудың оңайлатылған тәртібі 2019 жылғы 1 қыркүйекке дейін мынадай материалдар мен ақпаратты ұсынған жағдайда, инвестициялық бағдарламаларды уәкілетті органға қарауға жіберместен және рұқсат беру мен іріктеу рәсімдерінен өтпестен осы Келісімдердің жасалуын білдіреді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құрылысына осы Қағидалардың кредиттері, қарыздары, өзге де ақша (бұдан әрі - қарыздар) тартылған объектіні (объектілерді) пайдалануға беру актісін (актілерін);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3139,202 +3160,202 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) уәкілетті органға ақпаратты ұсыну күніне төленбеген қарыздардың болуын растайтын құжаттарды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тиісті жеке инвестициялық келісімді жасасу үшін пайдалануға берілген электр станциялары бойынша осы тармақтың 1)-тармақшасында көрсетілген қарыздар мен объектілер туралы қажетті ақпаратты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z115" w:id="56"/>
+    <w:bookmarkStart w:name="z115" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20-3. Уәкілетті орган пайдалануға енгізілген электр станциялары бойынша оңайлатылған тәртіпте жеке инвестициялық келісімдерді жасасатын энегия өндіруші ұйымдардың тізімін өзінің интернет-ресурсында осы Қағидалардың 20-2-тармағында көрсетілген материалдарды және ақпаратты уәкілетті органға ұсынған күннен бастап күнтізбелік қырық күннен кешіктірмейтін мерзімде жариялайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z116" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z116" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20-4. Осы Қағидалардың 20-3-тармағына сәйкес уәкілетті органның интернет-ресурсында жарияланған тізімге енгізілген энергия өндіруші ұйымдар көрсетілген осы Қағидаларға 4-қосымшаға сәйкес нысан бойынша уәкілетті органмен пайдалануға берілген электр станциялары бойынша жеке инвестициялық келісімдерге жарияланған күнінен бастап отыз күнтізбелік күн ішінде қол қояды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z117" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z117" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20-5. Пайдалануға берілген электр станциялары бойынша жеке инвестициялық келісімдерде белгіленген жеке тарифтер, қызмет көлемдері және қызметтерді сатып алу мерзімдері ұлғайту жағына қарай түзетуге жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z56" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z56" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5- тарау. Электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметтерді</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>сатып алу туралы шарттар жасасу тәртібі және осы шарттар үшін жеке тарифтерді,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>көрсетілетін қызметті сатып алу көлемдері мен мерзімдерін белгілеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z57" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z57" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">21. Заңның 15-4-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігіне сәйкес уәкілетті орган жұмыс істеп тұрған энергия өндіруші ұйыммен Келісім жасағаннан кейін бірыңғай сатып алушы осы энергия өндіруші ұйыммен электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметке жеке тариф бойынша уәкілетті орган белгілеген көлемде және мерзімдерге электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметті сатып алу туралы шарт жасасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті орган жұмыс істеп тұрған энергия өндіруші ұйыммен оңайлатылған тәртіпте жаңғыртуға, кеңейтуге, реконструкциялауға және (немесе) жаңартуға арналған жеке инвестициялық келісімді, пайдалануға берілген электр станциялары бойынша жеке инвестициялық келісімді жасағаннан кейін бірыңғай сатып алушы осы энергия өндіруші ұйыммен электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметке жеке тариф бойынша уәкілетті орган белгілеген көлемде және мерзімдерге электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметті сатып алу туралы шарт жасасады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3371,188 +3392,1122 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="61"/>
+    <w:bookmarkStart w:name="z59" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметтерді сатып алу туралы шартты жасасу тиісті жаңғыртуға, кеңейтуге, реконструкциялауға және (немесе) жаңартуға арналған жеке инвестициялық келісімге, пайдалануға беріллген электр станциялары бойынша жеке инвестициялық келісімге қол қойылған күннен бастап тоқсан күнтізбелік күн ішінде жүргізіледі.</w:t>
-      </w:r>
-[...80 lines deleted...]
-      23. Электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметтерді сатып алу туралы шарт үшін жеке тарифтерді, көрсетілетін қызметті сатып алу көлемдері мен мерзімдерін тиісті жаңғыртуға, кеңейтуге, рекоснтрукциялауға және (немесе) жаңартуға арналған жеке инвестициялық келісімге, пайдалануға берілген электр станциялары бойынша жеке инвестициялық келісімге сәйкес уәкілетті орган белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда – ҚР Энергетика министрінің 26.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 263</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметтерді сатып алу туралы шарт үшін жеке тарифтерді, көрсетілетін қызметті сатып алу көлемдері мен мерзімдерін тиісті жаңғыртуға, кеңейтуге, рекоснтрукциялауға және (немесе) жаңартуға арналған жеке инвестициялық келісімге, пайдалануға берілген электр станциялары бойынша жеке инвестициялық келісімге сәйкес уәкілетті орган белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда – ҚР Энергетика министрінің 26.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 263</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z161" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      24. Уәкілетті органмен Келісім жасасқан энергия өндіруші ұйым Қазақстан Республикасы Ұлттық Банкінің деректері бойынша айқындалған ұлттық валютаның шетел валюталарына айырбастау бағамының өзгеруін ескере отырып, шетел валютасында тартылған шетел валютасымен қарыздық қаржыландыру көлеміне жеке тарифті индекстеуге арналған өтінімді (бұдан әрі – өтінім) жыл сайын 5 қазаннан кешіктірілмейтін мерзімде уәкілетті органға жібереді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінім уәкілетті органға осы есеп айырысу бойынша қаржы көрсеткіштерінің құжаттарын растайтын құжаттарды, тиісті есеп айырысуларды, энергия өндіруші ұйымның шетел валютасымен тартылған қарыздық қаржыландыруды қайтару бойынша шеккен шығындарын және Келісім шеңберінде Бірыңғай сатып алушыдан алынған кірістерді растайтын өтінім берілген жылдың алдыңғы жылындағы қаржылық есептілікті қоса бере отырып, қағаз және электрондық жеткізгіште жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тарау 24-тармақпен толықтырылды - ҚР Энергетика министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z162" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Жұмыс істеп тұрған энергия өндіруші ұйымның генерациялайтын қондырғыларын жаңғырту, кеңейту, реконструкциялау және (немесе) жаңарту кезінде жеке тарифті жыл сайынғы индекстеу мынадай тәртіппен жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z163" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Келісімге қол қойылған күнінен бастап бірыңғай сатып алушының электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметті сатып алу басталғанға дейінгі шетел валютасында тартылған қарыздық қаржыландыру көлеміне ұлттық валютаның шетел валютасына айырбастау бағамының өзгеруі ескеріле отырып, пайдалануға берілгенге дейінгі құрылыстың соңғы жылы мына формула бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="4737100" cy="571500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4737100" cy="571500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, мұнда</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Tенгізу – индекстелген жеке тариф, мың теңге/(МВт*ай);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Tбекіту – Келісімде айқындалған жеке тариф, мың теңге/(МВт*ай);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ШВенгізу – Келісім объектілері пайдалануға берілген және енгізілетін қуатты аттестаттаудан өткен жылдың алдындағы жылдың 1 қазанындағы Қазақстан Республикасы Ұлттық Банкінің бағамы бойынша теңгемен тартылған шетел валютасы бірлігінің құны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ШВбекіту – Қазақстан Республикасы Ұлттық Банкінің бағамы бойынша теңгемен тартылған шетел валютасы бірлігінің Келісімге қол қойылған күнгі құны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z164" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Келісімде белгіленген бірыңғай сатып алушының электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметті сатып алу мерзімінің соңғы жылын қоспағанда, пайдалануға берілген жылдан кейін әрбір жылдан кейінгі жылына бір рет шетел валютасында тартылған қарыздық қаржыландыру көлеміне, мынадай формула бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="4762500" cy="558800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4762500" cy="558800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, мұнда</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Tt+1 – индекстелген жеке тариф, мың теңге /(МВт*ай);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Tt – бұрын жүргізілген индекстеуді ескере отырып жеке тариф, мың теңге/(МВт*ай);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ШВtрас – Қазақстан Республикасы Ұлттық Банкінің деректері бойынша айқындалатын, келесі индекстеу жылының алдындағы жылдың 1 қазанындағы тартылған шетел валютасының бірлігіне теңгенің нақты бағамы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ШВt – алдыңғы индекстеу сәтінде Қазақстан Республикасы Ұлттық Банкінің деректері бойынша айқындалатын тартылған шетел валютасының бірлігіне теңгенің нақты бағамы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12 ай – 12 ай; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ∆t – бұрын индекстелген жеке тариф бойынша электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметтен алынған кірістер мен Келісімді іске асыруды қаржыландыру бойынша төлемдерге нақты жұмсалған шығыстар арасындағы нақты айырма, ол мынадай формула бойынша айқындалады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="4483100" cy="622300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4483100" cy="622300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      WшығысВЗ – Қазақстан Республикасы Ұлттық Банкінің бағамы бойынша теңгемен шетел валютасында баламалы көрсетілген, Келісімді іске асыруды қаржыландыру төлемдеріне нақты жұмсалған шығыстардың сомасы, алдыңғы индекстеу сәтінен бастап ағымдағы индекстеуге беру сәтіне дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сома тиісті қаржылық құжаттамамен расталады (өтеу графигі, төлем шоттары, төлем тапсырмалары);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Pатт – бірыңғай сатып алушымен электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметке Келісімде және Шартта көрсетілген енгізілген объектінің МВт-дағы аттестатталған қуаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Келісім бойынша бірыңғай сатып алушыдан түсетін кірістердің сомасы тиісті қаржылық құжаттамамен (салыстыру актілері, шот-фактуралар) расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тарау 25-тармақпен толықтырылды - ҚР Энергетика министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z165" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Уәкілетті орган өтінім негізді болған кезде жеке тарифтің және Келісім бойынша қайтару сомасының өзгерістерін ескере отырып, 10 (он) күнтізбелік күннен аспайтын мерзімде энергия өндіруші ұйыммен қосымша келісім жасасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тарау 26-тармақпен толықтырылды - ҚР Энергетика министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z166" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Осы Қағидалардың 26-тармағына сәйкес, уәкілетті органмен қосымша келісім жасасқан энергия өндіруші ұйым оны бірыңғай сатып алушымен электр қуатының әзірлігін ұстап тұру бойынша көрсетілеін қызметке арналған шартқа қосымша келісім жасасу үшін уәкілетті органмен қосымша келісімге сәйкес жеке тарифті, ай сайынғы және жыл сайынғы қайтару сомаларын тиісті өзгертуге қосымша келісім жасалған күннен кейін келесі жұмыс күнінен кешіктірілмейтін мерзімде бірыңғай сатып алушыға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірыңғай сатып алушы электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметті сатып алу туралы шартқа тиісті жылдың 15 қарашасынан кешіктірілмейтін мерзімде қосымша келісім жасасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тарау 27-тармақпен толықтырылды - ҚР Энергетика министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-н/қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -12349,126 +13304,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>белгілеу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z74" w:id="63"/>
+    <w:bookmarkStart w:name="z74" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қарауға жіберу өлшемшарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Энергетика министрінің 25.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 414</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="64"/>
+    <w:bookmarkStart w:name="z157" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жаңғыртудың, кеңейтудің, реконструкциялаудың және (немесе) жаңартудың инвестициялық бағдарламасыны мынадай іс-шараның бірін немесе бірнеше түрін қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жаңа және ауыстырылатын, сондай-ақ қосалқы жабдығына қарағанда техникалық-технологиялық параметрлері жоғары болып табылатын енгізілетін жабдықты монтаждау жұмыстары басталған уақытқа электр станциясының ауыстыру жоспарланған негізгі генерациялайтын жабдығы тағайындалған жеке ресурстың кемінде 100 (жүз) пайызын өндірген жағдайда жұмыс істеп тұрған (бар) электр станциясының негізгі жұмыс істеп тұрған генерациялайтын жабдығын жаңасына айырбастау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12479,90 +13434,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) енгізілген жабдық жаңа және қолданыстағы жабдыққа қарағанда техникалық және технологиялық параметрлері жоғары болған жағдайда бұдан бұрын қолданыстан шығарылған негізгі генерациялайтын жабдықты, сондай-ақ жұмыс істеп тұрған (бар) электр станциясының қосалқы жабдығын қалпына келтіру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) енгізілетін жабдық жаңа және қолданыстағы жабдыққа қарағанда техникалық және технологиялық көрсеткіштері жоғары болған жағдайда қосымша негізгі генерациялайтын жабдықты, сондай-ақ жұмыс істеп тұрған (бар) электр станциясында қосалқы жабдықты енгізу (кеңейту); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z158" w:id="65"/>
+    <w:bookmarkStart w:name="z158" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қазақстан Республикасы Энергетика министрінің 2017 жылғы 28 қарашадағы № 416 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16098 болып тіркелген) "Жаңғыртудың, кеңейтудің, реконструкциялаудың және (немесе) жаңартудың инвестициялық бағдарламаларын қарауға жіберу, оларды қарау және іріктеу, жаңғыртуға, кеңейтуге, реконструкциялауға және (немесе) жаңартуға арналған инвестициялық келісімдерді жасасу, электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметті сатып алу туралы шарттарды тиісінше жасасуды және осы шарттар үшін электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметке жеке тарифтерді, электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметті сатып алу көлемдері мен мерзімдерін белгілеу қағидаларының" 1-қосымшасына сәйкес және Нарық кеңесінің қарауына енгізілетін инвестициялық бағдарламада көрсетілген, ал ондағы кестелер параметрлерінің сандық мәндері ондықтарға дейінгі дәлдікпен көрсетілетін ақпаратқа сәйкес нысан бойынша ресімделетін жаңғыртудың, кеңейтудің, реконструкциялаудың және (немесе) жаңартудың инвестициялық бағдарламасының негізгі параметрлері туралы ақпарат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16967,68 +17922,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z86" w:id="66"/>
+    <w:bookmarkStart w:name="z86" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жаңғыртуға, кеңейтуге, реконструкциялауға және (немесе) жаңартуға арналған инвестициялық келісім/  Жаңғыртуға, кеңейтуге, реконструкциялауға және (немесе) жаңартуға арналған инвестициялық жеке келісім/ Пайдалануға берілген электр станциясы бойынша инвестициялық жеке келісім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда – ҚР Энергетика министрінің 26.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17371,70 +18326,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       бұдан әрі "Энергия өндіруші ұйым" деп аталатын екінші тараптан "Электр энергетикасы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Заң) сәйкес жаңғыртуға, кеңейтуге, реконструкциялауға және (немесе) жаңартуға арналған инвестициялық келісім/ жаңғыртуға, кеңейтуге, реконструкциялауға және (немесе) жаңартуға арналған инвестициялық жеке келісім/ пайдалануға берілген электр станциясы бойынша инвестициялық жеке келісім (бұдан әрі – Келісім) жасасты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="67"/>
+    <w:bookmarkStart w:name="z121" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Келісімде мына түсініктемелер пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қарыздар:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17463,1112 +18418,1286 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2009-2015 жылдар аралығында пайдалануға берілген электр станцияларының құрылысы үшін 2015 жылға дейін тартылған қарыздық қаржыландыру (кредиттер, қарыздар), сондай-ақ уәкілетті органмен және табиғи монополиялар саласында басшылықты жүзеге асыратын мемлекеттік органмен инвестициялық шартқа отырған энергия өндіруші ұйымдардың электр станцияларының құрылысын қаржыландыруға мақсатты түрде бөлінген, бұрын тартылған міндеттемелердің негізгі қарызын қайта қаржыландыру және өтеу мақсатында алынған өзгелей ақша қаражаты, кредиттер (қарыздар);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Объектілер - Қарыздар олардың сатып алынуына (іске асыруына) тартылған объектілер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="68"/>
+    <w:bookmarkStart w:name="z122" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Келісім жаңғыртудың, кеңейтудің, реконструкциялаудың және (немесе) жаңартудың инвестициялық бағдарламаласын (бағдарламаларын) жүзеге асыру бойынша Келісім Тараптарының міндеттемелері мен құқықтарын қарастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z123" w:id="69"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z123" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Энергия өндіруші ұйым:</w:t>
-      </w:r>
-[...678 lines deleted...]
-      10. Тараптардың:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) Қазақстан Республикасының заңнамасында көзделген тәртіппен сот немесе құқық қорғау органдарының сұрау салуларына ақпарат берген;</w:t>
+        <w:t xml:space="preserve">
+      1) осы Келісімге </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Жоспар-графикке сәйкес жаңғырту, кеңейту, реконструкциялау және (немесе) жаңарту бойынша инвестициялық бағдарламаның (бағдарламалардың) іс-шараларын іске асыруға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) ақпарат Қазақстан Республикасының заңнамасына сәйкес қаржылық және өзге есептілікті алуға құқылы мемлекеттік органдарға берілетін жағдайларды қоспағанда, құпия ақпаратты басқа Тараптың келісімінсіз үшінші тұлғаларға берілмейді.</w:t>
+        <w:t xml:space="preserve">
+      2) есепті жылдан кейінгі жылдың 31 наурызынан кешіктірмей тәуелсіз энергетикалық сараптамамен расталған, осы Келісімге </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген көрсеткіштерге (индикаторларға) қол жеткізу туралы есепті уәкілетті органға ұсынуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z131" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Келісімге қол қойылған күн оның күшіне енген күні болып табылады.</w:t>
+      3) тоқсан сайын есеп беру кезеңінен кейінгі айдың 10-шы күніне дейін өзінің интернет-ресурсында және энергетиканың цифрлық платформасында растайтын құжаттарды (шарттар, орындалған жұмыстар актілері, қабылдау-тапсыру актілері, шот-фактуралар және т.б.) жариялай отырып, Жоспар-графиктің іске асырылуы туралы есепті орналастыруға міндеттенеді. Жобаны іске асыру процесінде мүдделі тараптардың қатысуымен тоқсанына бір рет жария тыңдаулар өткізуге міндеттенеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z132" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      12. Келісім ____ ( ) жылға жасалды.</w:t>
+        <w:t xml:space="preserve">
+      Осы Келісімнің 3-тармағының талаптары Заңның 15-4-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-1-тармақтары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолданылатын энергия өндіруші ұйымдарға қолданылмайды. Бұл ретте осы Келісімге </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-ші</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшалар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> толтырылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z133" w:id="79"/>
+    <w:bookmarkStart w:name="z124" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Тараптардың екі жақты келісім бойынша жазбаша нысанда қосымша келісімдер жасасу арқылы Келісімге өзгерістер мен толықтырулар енгізеді.</w:t>
+      4. Энергия өндіруші ұйымдар мыналарға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z134" w:id="80"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z167" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Барлық қосымша келісімдерге Тараптардың өкілетті өкілдері қол қояды.</w:t>
+      1) Заңға және осы Келісімге сәйкес электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметке ақы алуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z135" w:id="81"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z168" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      2) Қазақстан Республикасы Энергетика министрінің 2017 жылғы 28 қарашадағы № 416 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16098 тіркелген) бекітілген Жаңғыртудың, кеңейтудің, реконструкциялаудың және (немесе) жаңартудың инвестициялық бағдарламаларын қарауға жіберу, оларды қарау және іріктеу, жаңғыртуға, кеңейтуге, реконструкциялауға және (немесе) жаңартуға арналған инвестициялық келісімдерді жасасу, электр қуатының әзірлігін ұстап тұру бойынша көрсетілеін қызметті сатып алу туралы шарттарды тиісінше жасасуды және осы шарттар үшін электр қуатының әзірлігін ұстап тұру бойынша ткөрсетілетін қызметке жеке тарифтерді, электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметті сатып алу көлемері мен мерзімдерін белгілеу қағидаларына (бұдан әрі – Қағида) сәйкес Қазақстан Республикасы Ұлттық Банкінің деректері бойынша айқындалған ұлттық валютаның шетел валюталарына айырбастау бағамының өзгеруі ескеріле отырып тартылған шетел валютасындағы қарыздық қаржыландыру көлеміне жеке тарифті индекстеуге арналған өтінімді уәкілетті органға жіберуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z169" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      15. Келісім бойынша кез келген хат алмасу төмендегі мекенжай бойынша жіберіледі: Уәкілетті орган</w:t>
+      3) Қазақстан Республикасының заңнамасына және Келісімге сәйкес өзге де құқықтарды жүзеге асыруға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Энергетика министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z125" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Уәкілетті орган мыналарға міндетті:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ___________________________________</w:t>
+        <w:t xml:space="preserve">
+      1) жаңғыртуға, кеңейтуге, реконструкциялауға және (немесе) жаңартуға арналған инвестициялық Келісім жасасқан жағдайда осы Келісімнің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Энергия өндіруші ұйым</w:t>
+      келісімге енгізілген инвестициялық бағдарламалардың сол жылдарға сәйкес орташа өлшенген мәндерімен жеке тарифі ұсынылған электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметке жеке тарифі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _________________________________</w:t>
-[...37 lines deleted...]
-      1) қолданылу мерзімі аяқталған;</w:t>
+      келісімге енгізілген барлық инвестициялық бағдарламалардың сол жылдарға сәйкес қызмет көлемі сомасы ұсынылған электр қуатының әзірлігін ұстап тұру бойынша қызмет көлемін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) бұзылған жағдайда;</w:t>
+      келісімге енгізілген инвестициялық бағдарламалардың барлық қызметті сатып алу мерзімі барынша көп ұсынылған электр қуатының әзірлігін ұстап тұру бойынша қызметті сатып алу мерзімін белгілеуге міндетті;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3) сот шешкен жағдайда;</w:t>
+        <w:t xml:space="preserve">
+      2) жаңғыртуға, реконструкциялауға, кеңейтуге және (немесе) жаңартуға арналған инвестициялық жеке Келісім/пайдалануға берілген электр станциясы бойынша жеке инвестициялық келісім жасасқан жағдайда осы Келісімнің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) Қазақстан Республикасының электр энергетикасы саласындағы заңнамасында, азаматтық заңнамасында және Келісімде көзделген өзге де жағдайларда қолданылуын тоқтатады.</w:t>
+      2019 жылдың 1 қаңтарынан бастап өтелмеген қарыздар бойынша негізгі қарыздың жылдық төлемін жабу қажеттілігіне сүйене отырып есептелетін жылдар бойынша электр қуатының әзірлігін ұстап тұрумен байланысты көрсетілетін қызметке жеке тарифті;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z137" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Тараптардың заңды мәртебесінің немесе ұйымдық-құқықтық нысанының өзгеруі Келісімнің қолданылуын тоқтатпайды және Тараптар Келісімді бұзуға, оны өзгертуге ниет білдірген не құқық нормалары оны қайта ресімдеуді талап еткен жағдайларды қоспағанда, барлық құқықтар мен міндеттер тиісті заңды мұрагерлерге өтеді. Бұл ретте Тараптар құқықтық мәртебесінің, орналасқан жерінің және өзге де деректемелерінің өзгергені туралы 3 күн мерзімде бірін-бірі жазбаша нысанда хабардар етеді.</w:t>
+      2020 жылдың 1 қаңтарынан бастап қайта қаржыландыру мақсатында алынған өтелмеген қарыздар бойынша негізгі қарыздың жылдық төлемін жабу қажеттілігіне сүйене отырып есептелген жылдар бойынша электр қуатын әзірлікте ұстап тұру қызметіне жеке тариф/жылдар бойынша пайдалануға берілген электр станциялары бойынша электр қуатын әзірлікте ұстап тұру қызметіне жеке тариф;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z138" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Келісім Тараптардың әрқайсысы үшін мемлекеттік және орыс тілдерінде және бірдей заң күші бар екі түпнұсқа данада жасалды.</w:t>
+      Объектілердің қолда бар электр қуатына тең жылдар бойынша электр қуатының әзірлігін ұстап тұру қызметінің көлемі. Бұл ретте, егер осы Объектілер тек негізгі генерациялайтын жабдықты немесе негізгі генерациялайтын қондырғылардан басқа, электр энергиясының және (немесе) жылу өндірісінің технологиялық процесінің басқа да объектілерін қамтыса, жеке Келісім бойынша қызмет көлемі осы негізгі генераторлық жабдыққа сәйкес келетін электрлік қуаты болып табылады. Егер осы Объектілер негізгі генерациялайтын қондырғыны қамтымаса, жеке Келісім үшін қызмет көлемі осы объектілер пайдаланылған жұмыс істеп тұрған (бұрыннан бар) электр станцияларының жалпы электрлік қуатын білдіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z139" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Энергия өндіруші ұйымның жауапкершілігі:</w:t>
+      энергия өндіруші ұйымның 2019 жылдың 1 қаңтарынан бастап өтелмеген қарыздары бойынша негізгі қарызды өтеу бойынша қалған мерзімінің ұзақтығымен анықталатын электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметті сатып алу мерзімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      энергия өндіруші ұйымның қайта қаржыландыру мақсаттары үшін алынған өтелмеген қарыздарының 2020 жылдың 1 қаңтарынан бастап негізгі қарызды өтеу бойынша қалған мерзімінің ұзақтығымен анықталатын электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметті сатып алу мерзімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы Келісім үшін әр жылға мына көрсеткіштер бойынша нысаналы индикаторлар белгілеуге міндетті: электр және (немесе) жылу энергиясын босатуға шартты отынның үлестік шығыстарының төмендеуі; қолда бар электр қуаты; негізгі генерациялайтын жабдықтың жұмыс істеу мерзімі; авариялылықтың төмендеуі; негізгі генерациялайтын жабдықтың тозу дәрежесінің төмендеуі; экологиялық көрсеткіштердің жақсаруы (зиянды заттар шығарындыларының төмендеуі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z126" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Уәкілетті орган мыналарға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z170" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы Келісім бойынша қабылданған міндеттемелердің орындалғанын растайтын ақпарат пен құжаттарды энергия өндіруші ұйымнан сұратуға және алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z171" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Осы Келісіммен белгіленген нысаналы индикаторларға қол жеткізілмеген жағдайда, сондай-ақ осы Келісімнің 1-қосымшасында көрсетілген жаңғыртудың, кеңейтудың, реконструкциялаудың және (немесе) жаңартудың инвестициялық (инвестициялық) бағдарлама (бағдарламалар) іс-шараларының іске асырылу мерзімдері бұзылғанда осы Келісімді бұзуға не электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметті сатып алудың көлемі мен мерзімдерін жүйелік операторға хабардар ете отырып өзгертуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z172" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) энергия өндіруші ұйым Қазақстан Республикасы Ұлттық Банкінің деректері бойынша айқындалған ұлттық валютаның шетел валюталарына айырбастау бағамының өзгеруін ескере отырып, осы Келісімге Қағидаларға сәйкес қосымша келісім жасасу жолымен шетел валютасында тартылған қарыздық қаржыландыру көлеміне жеке тарифті индекстеуді жүзеге асыруға; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z173" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының заңнамасына және Келісімге сәйкес өзге де құқықтарды жүзеге асыруға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Энергетика министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z127" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Келісімде реттелмеген барлық мәселелер бойынша Тараптар Қазақстан Республикасының электр энергетикасы саласындағы заңнаманы және азаматтық заңнаманы басшылыққа алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z128" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Келісім бойынша даулар мен келіспеушіліктер келіссөздер арқылы шешіледі. Дауларды келіссөздер арқылы реттеу мүмкін болмаған жағдайда мұндай даулар сот тәртібімен шешіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z129" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Келісімнің ережелерін, Келісімді іске асыру процесінде кез келген Тарап алған немесе алған ақпарат Тараптардың шешімі бойынша құпиялылықты қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z130" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Тараптардың:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының заңнамасында көзделген тәртіппен сот немесе құқық қорғау органдарының сұрау салуларына ақпарат берген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ақпарат Қазақстан Республикасының заңнамасына сәйкес қаржылық және өзге есептілікті алуға құқылы мемлекеттік органдарға берілетін жағдайларды қоспағанда, құпия ақпаратты басқа Тараптың келісімінсіз үшінші тұлғаларға берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z131" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Келісімге қол қойылған күн оның күшіне енген күні болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z132" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Келісім ____ ( ) жылға жасалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z133" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Тараптардың екі жақты келісім бойынша жазбаша нысанда қосымша келісімдер жасасу арқылы Келісімге өзгерістер мен толықтырулар енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z134" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Барлық қосымша келісімдерге Тараптардың өкілетті өкілдері қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z135" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Келісім бойынша кез келген хат алмасу төмендегі мекенжай бойынша жіберіледі: Уәкілетті орган</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Энергия өндіруші ұйым</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z136" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Келісім:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қолданылу мерзімі аяқталған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бұзылған жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сот шешкен жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының электр энергетикасы саласындағы заңнамасында, азаматтық заңнамасында және Келісімде көзделген өзге де жағдайларда қолданылуын тоқтатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z137" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Тараптардың заңды мәртебесінің немесе ұйымдық-құқықтық нысанының өзгеруі Келісімнің қолданылуын тоқтатпайды және Тараптар Келісімді бұзуға, оны өзгертуге ниет білдірген не құқық нормалары оны қайта ресімдеуді талап еткен жағдайларды қоспағанда, барлық құқықтар мен міндеттер тиісті заңды мұрагерлерге өтеді. Бұл ретте Тараптар құқықтық мәртебесінің, орналасқан жерінің және өзге де деректемелерінің өзгергені туралы 3 күн мерзімде бірін-бірі жазбаша нысанда хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z138" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Келісім Тараптардың әрқайсысы үшін мемлекеттік және орыс тілдерінде және бірдей заң күші бар екі түпнұсқа данада жасалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z139" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Энергия өндіруші ұйымның жауапкершілігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Энергия өндіруші ұйым Келісім бойынша міндіттемелерді орындамаған немесе тиісінше орындамаған жағдайда, Қазақстан Республикасының электр энергетикасы саласындағы заңнамасына сәйкес жауапты болады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -28845,55 +29974,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -29215,35 +30344,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>