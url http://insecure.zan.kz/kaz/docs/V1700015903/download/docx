--- v0 (2025-11-09)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="670216a" w14:textId="670216a">
+    <w:p w14:paraId="6221760" w14:textId="6221760">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,144 +77,126 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Жылыту маусымын іркіліссіз өткізу үшін энергия өндіруші ұйымдар мен жылу өндіруші субъектілердің отын сатып алуға шығындарын және акцияларының (жарғылық капиталға қатысу үлестерінің) жүз пайызы мемлекетке тиесілі, коммуналдық меншіктегі және суды (дистиллятты), электр және жылу энергиясын өндіру жөніндегі қызметті бір мезгілде жүзеге асыратын энергия өндіруші ұйымдардың залалдарын (борыштарын) субсидиялау қағидаларын бекіту туралы</w:t>
+        <w:t>Жылыту маусымын іркіліссіз өткізу үшін энергия өндіруші ұйымдар мен жылу өндіруші субъектілердің отын сатып алуға шығындарын субсидиялау қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Энергетика министрінің 2017 жылғы 13 қыркүйектегі № 309 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2017 жылы 17 қазанда № 15903 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - ҚР Энергетика министрінің м.а. 06.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Осы бұйрықтың тақырыбы 01.01.2026 дейін тоқтатыла тұрады, тоқтатылу кезінде осы редакцияда қолданыста болады - ҚР Энергетика министрінің м.а. 06.11.2024 </w:t>
+        <w:t>№ 394</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 394</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z0" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Электр энергетикасы туралы" Қазақстан Республикасының Заңы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -304,307 +286,313 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қоса беріліп отырған Жылыту маусымын іркіліссіз өткізу үшін энергия өндіруші ұйымдар мен жылу өндіруші субъектілердің отын сатып алуға шығындарын субсидиялау қағидалары (бұдан әрі — Қағидалар) бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Энергетика министрінің м.а. 06.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Энергетика министрлігінің Электр энергетикасы және көмір өнеркәсібі департаменті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z10" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z10" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z11" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z11" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы бұйрық мемлекеттік тіркелген күнінен бастап күнтізбелік он күн ішінде қазақ және орыс тілдеріндегі қағаз және электрондық түрдегі оның көшірмесін Қазақстан Республикасы нормативтік құқықтық актілерінің Эталондық бақылау банкіне қосу және ресми жариялау үшін "Қазақстан Республикасы Әділет министрлігінің Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z12" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z12" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрықты мемлекеттік тіркегеннен кейін күнтізбелік он күн ішінде оның көшірмесін ресми жариялау үшін мерзімді баспасөз басылымдарына жіберуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осы бұйрықты Қазақстан Республикасы Энергетика министрлігінің ресми интернет-ресурсында орналастыруды; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z14" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Энергетика министрлігінің Заң қызметі департаментіне осы тармақтың 2), 3) және 4) тармақшаларында көзделген іс-шараларды орындағаны туралы мәліметтер ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z3" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z3" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Энергетика вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z4" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z4" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1028,1040 +1016,776 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 309 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...84 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жылыту маусымын іркіліссіз өткізу үшін энергия өндіруші ұйымдар мен жылу өндіруші субъектілердің отын сатып алуға шығындарын және акцияларының (жарғылық капиталға қатысу үлестерінің) жүз пайызы мемлекетке тиесілі, коммуналдық меншіктегі және суды (дистиллятты), электр және жылу энергиясын өндіру жөніндегі қызметті бір мезгілде жүзеге асыратын энергия өндіруші ұйымдардың залалдарын (борыштарын) субсидиялау қағидалары</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Жылыту маусымын іркіліссіз өткізу үшін энергия өндіруші ұйымдар мен жылу өндіруші субъектілердің отын сатып алуға шығындарын субсидиялау қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар жаңа редакцияда - ҚР Энергетика министрінің м.а. 06.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 394</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z8" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Жылыту маусымын іркіліссіз өткізу үшін энергия өндіруші ұйымдар мен жылу өндіруші субъектілердің отын сатып алуға шығындарын субсидиялау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі — Қағидалар) "Электр энергетикасы туралы" Қазақстан Республикасының Заңы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-2-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Жылу энергетикасы туралы" Қазақстан Республикасының Заңы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тармақшасына сәйкес әзірленді және жылыту маусымын іркіліссіз өткізу үшін энергия өндіруші ұйымдар мен жылу өндіруші субъектілердің отын сатып алуға шығындарын субсидиялау тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z9" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жылыту маусымын іркіліссіз өткізу үшін энергия өндіруші ұйымдар мен жылу өндіруші субъектілердің отын сатып алуға шығындарын субсидиялау жергілікті бюджетте көзделген қаражаттың есебінен облыстардың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органдарымен (бұдан әрі – жергілікті атқарушы органдар) жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z15" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Жылыту маусымын іркіліссіз өткізу үшін отын сатып алуға субсидиялар энергия өндіруші ұйымдар мен жылу өндіруші субъектілерге беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалардың 3-тармағының екінші бөлігі 01.01.2026 дейін қолданыста болды - ҚР Энергетика министрінің м.а. 06.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z7" w:id="9"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...398 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Жылыту маусымын іркіліссіз өткізу үшін отын сатып алуға энергия өндіруші ұйымдар мен жылу өндіруші субъектілердің шығындарын субсидиялау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z17" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Жергілікті атқарушы органдар табиғи-климаттық жағдайларды есепке ала отырып, энергия өндіруші ұйымдар мен жылу өндіруші субъектілердің жылыту маусымын іркіліссіз өткізу үшін отын сатып алуға өтінімдерін қабылдаудың басталу және аяқталу күнін белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жергілікті атқарушы органдар энергия өндіруші ұйымдар мен жылу өндіруші субъектілерден отын сатып алуға өтінімдерді қабылдаудың басталу және аяқталу күні туралы ақпаратты өзінің ресми интернет-ресурсында жариялайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Энергия өндіруші ұйымдар мен жылу өндіруші субъектілер отын сатып алуға субсидия алуға өтінімін еркін нысанда (бұдан әрі – өтінім) тиісті жергілікті атқарушы органға ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтінімге мынадай құжаттар қоса беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) отын сатып алуға субсидия алудың қажеттілігі туралы еркін нысандағы түсіндірме жазбахат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z20" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өтінім берген сәтте субсидия алушының салық берешегінің жоқ (бар) екендігі туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z21" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) банктік деректемелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z22" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жылу энергиясының өндірісіне отын қажеттілігін және оны сатып алуға субсидия сомасын есептеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z23" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ай сайын субсидияларды бөлу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z24" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) отынды жеткiзу шарты, тауар-көлiк жүкқұжаттары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z25" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) жылу энергиясын өндіру, беру, бөлу және жабдықтау бойынша реттеп көрсетілетін қызметтерге тарифті (баға, жинақ мөлшерлемесі) немесе оның шекті деңгейін және тарифтік сметаларды бекіту туралы бұйрықтың көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z26" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) отын сатып алуға субсидияны бөлген/бөлмеген жағдайда жылу энергиясын өндіру, беру, бөлу және жабдықтау бойынша көрсетілетін қызметтерге тариф шамаларын талдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z27" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) алдағы жылыту маусымына жылу энергиясын нақты өндіру туралы ақпарат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z28" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) өткен күнтізбелік жыл үшін дебиторлық берешек туралы мәліметтері бар бухгалтерлік баланс;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z29" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) жылыту маусымын бастау кезеңіне отын қоры туралы ақпарат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z30" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Жергілікті атқарушы орган энергия өндіруші ұйым мен жылу өндіруші субъектінің өтінімін ұсынған сәттен бастап күнтізбелік 10 (он) күн ішінде қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z31" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Энергия өндіруші ұйым мен жылу өндіруші субъект құжаттар топтамасын толық ұсынбаған және (немесе) анық емес ақпарат ұсынған кезде жергілікті атқарушы орган өтінімді алған күннен бастап 2 (екі) жұмыс күні ішінде қайтару себептерін көрсете отырып, жазбаша түрде энергия өндіруші ұйым мен жылу өндіруші субъектіге құжаттарды қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Энергия өндіруші ұйым мен жылу өндіруші субъект өтінімді жергілікті атқарушы органға отын сатып алуға энергия өндіруші ұйымдар мен жылу өндіруші субъектілерден өтінімдер қабылдау мерзімі аяқталғанға дейін қайта ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:bookmarkStart w:name="z32" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Жергілікті атқарушы орган өтінімдерді қарау қорытындылары бойынша отын сатып алуға субсидияны алуға энергия өндіруші ұйымдар мен жылу өндіруші субъектілердің тізбесін (бұдан әрі – Тізбе) қалыптастырады және отын көлемі мен бөлінген субсидия сомасын көрсете отырып, оны өзінің интернет-ресурсында орналастырады және табиғи монополиялардың тиісті салаларындағы басшылықты жүзеге асыратын уәкілетті орган ведомствосының аумақтық бөлімшесіне жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Отын көлемдері Қазақстан Республикасы Энергетика министрінің 2015 жылғы 22 қаңтардағы № 34 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Энергия өндіруші ұйымдар үшін күзгі-қысқы кезеңде пайдаланылатын отын қорының нормаларын айқындау қағидаларына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10583 болып тіркелген) сәйкес анықталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:bookmarkStart w:name="z33" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Субсидиялар энергия өндіруші ұйымдар мен жылу өндіруші субъектілер өтінім берген отын түрі мен көлемі бойынша деректерді негізге ала отырып, мынадай формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2492,836 +2216,220 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖДБ – өткен күнтізбелік жыл үшін жиналған дебиторлық берешек сомасы (теңге);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ДБ – өткен күнтізбелік жыл үшін дебиторлық берешектің жалпы көлемі (теңге).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="29"/>
+    <w:bookmarkStart w:name="z34" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Жергілікті атқарушы орган тиісті облыстардың, республикалық маңызы бар қаланың, астананың бюджетін бекіту туралы мәслихаттың шешімі шыққан сәттен бастап 3 (үш) жұмыс күні ішінде Тізбенің негізінде жылыту маусымын іркіліссіз өткізу үшін энергия өндіруші ұйымдар мен жылу өндіруші субъектілерге отынды сатып алуға субсидияларды төлеу ведомостін қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z35" w:id="30"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z35" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Жергілікті атқарушы орган ведомостті қалыптастырған күннен бастап 5 (бес) жұмыс күні ішінде төлемдер бойынша қаржыландырудың жеке жоспарына сәйкес төлеуге берілетін шотты Қазақстан Республикасы Қаржы министрлігі Қазынашылық комитетінің аумақтық бөлімшесіне ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Субсидияларды энергия өндіруші ұйымдар мен жылу өндіруші субъектілердің банктік шоттарына аударуды жергілікті атқарушы органдар 5 (бес) жұмыс күн ішінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z36" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Энергия өндіруші ұйымдар мен жылу өндіруші субъектілер жылыту маусымын өткізу кезеңінде ай сайын, есепті кезеңнен кейінгі айдың 5-күніне дейінгі мерзімде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> берілген нысанға сәйкес жылыту маусымын іркіліссіз өткізу үшін отын сатып алуға арналған субсидиялардың мақсатты қолданылуы туралы есепті (бұдан әрі – есеп) жергілікті атқарушы органға ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жергілікті атқарушы орган жылыту маусымы аяқталғаннан кейін күнтізбелік 15 (он бес) күннен кешіктірмей өз интернет-ресурсында энергия өндіруші ұйымдар мен жылу өндіруші субъектілер ұсынған есептердің қорытындылары бойынша ақпаратты орналастырады, сондай-ақ оны табиғи монополиялардың тиісті салаларында басшылықты жүзеге асыратын уәкілетті орган ведомствосының аумақтық бөлімшесіне жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...6 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Коммуналдық меншіктегі энергия өндіруші ұйымдардың залалдарын (борыштарын) субсидиялау тәртібі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. 3-тарау 01.01.2026 дейін қолданыста болды - ҚР Энергетика министрінің м.а. 06.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...13 lines deleted...]
-</w:t>
+        <w:t>№ 394</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Қағидалардың 12-тармағының бірінші бөлігі 01.01.2026 дейін тоқтатыла тұрады, тоқтатылу кезінде осы редакцияда қолданыста болады - ҚР Энергетика министрінің м.а. 06.11.2024 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-      </w:r>
-[...646 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3409,194 +2517,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">субъектілердің отын сатып алуға </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">шығындарын және </w:t>
+              <w:t xml:space="preserve">шығындарын субсидиялау </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">акцияларының (жарғылық </w:t>
-[...129 lines deleted...]
-              <w:t>субсидиялау қағидаларына</w:t>
+              <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4264,146 +3242,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйым басшысы_______________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бас бухгалтер________________________.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...94 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4476,207 +3358,77 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ұйымдар мен жылу өндіруші </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">субъектілердің отын сатып </w:t>
+              <w:t xml:space="preserve">субъектілердің отын сатып алуға </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">алуғашығындарын және </w:t>
+              <w:t xml:space="preserve">шығындарын субсидиялау </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">акцияларының (жарғылық </w:t>
-[...129 lines deleted...]
-              <w:t>субсидиялау қағидаларына</w:t>
+              <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4729,663 +3481,89 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Залалдарды (борыштарды) өтеуге берілген субсидиялардың мақсатты пайдаланылуы туралы есеп  ___________________________________________________  ___________________________________________________  (ұйымның атауы)</w:t>
-[...611 lines deleted...]
-      Бас бухгалтер______________________________.</w:t>
+        <w:t xml:space="preserve"> Залалдарды (борыштарды) өтеуге берілген субсидиялардың мақсатты пайдаланылуы туралы есеп</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша 01.01.2026 дейін қолданыста болды - ҚР Энергетика министрінің м.а. 06.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -5393,55 +3571,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>