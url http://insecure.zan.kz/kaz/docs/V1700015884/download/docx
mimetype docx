--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b957f97" w14:textId="b957f97">
+    <w:p w14:paraId="b3c0b57" w14:textId="b3c0b57">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,77 +77,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының азаматтығы, Қазақстан Республикасының азаматтығын жоғалту мен одан айыру және Қазақстан Республикасының азаматтығына жататындығын айқындау мәселелері бойынша өтініштерді Қазақстан Республикасының шет елдердегі мекемелерінің қабылдау, ресімдеу және қарау қағидаларын бекіту туралы</w:t>
+        <w:t>Қазақстан Республикасының шет елдердегі мекемелерінің Қазақстан Республикасының азаматтығы мәселелері бойынша өтініштерді қабылдау және қарау, Қазақстан Республикасының азаматтығын жоғалтуын тіркеу және Қазақстан Республикасының азаматтығына жататынын (жатпайтынын) айқындау қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Сыртқы істер министрінің 2017 жылғы 15 қыркүйектегі № 11-1-2/420 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 12 қазанда № 15884 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Атауы жаңа редакцияда - ҚР Сыртқы істер министрінің м.а. 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/608</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасының азаматтығы туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -225,74 +263,136 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған Қазақстан Республикасының азаматтығы, Қазақстан Республикасының азаматтығын жоғалту мен одан айыру және Қазақстан Республикасының азаматтығына жататындығын айқындау мәселелері бойынша өтініштерді Қазақстан Республикасының шет елдердегі мекемелерінің қабылдау, ресімдеу және қарау </w:t>
+      1. Қоса беріліп отырған Қазақстан Республикасының шет елдердегі мекемелерінің Қазақстан Республикасының азаматтығы мәселелері бойынша өтініштерді қабылдау және қарау, Қазақстан Республикасының азаматтығын жоғалтуын тіркеу және Қазақстан Республикасының азаматтығына жататынын (жатпайтынын) айқындау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Сыртқы істер министрінің м.а. 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/608</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Сыртқы істер министрлігінің Консулдық қызмет департаменті:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -869,3737 +969,2802 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2017 жылғы 15 қыркүйектегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 11-1-2/420 бұйрығымен</w:t>
-[...12 lines deleted...]
-              <w:t>бекітілген</w:t>
+              <w:t>№ 11-1-2/420 бұйрығымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасының азаматтығы, Қазақстан Республикасының азаматтығын </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Қазақстан Республикасының шет елдердегі мекемелерінің Қазақстан Республикасының азаматтығы мәселелері бойынша өтініштерді қабылдау және қарау, Қазақстан Республикасының азаматтығын жоғалтуын тіркеу және Қазақстан Республикасының азаматтығына жататынын (жатпайтынын) айқындау қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар жаңа редакцияда - ҚР Сыртқы істер министрінің м.а. 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/608</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">жоғалту мен одан айыру және Қазақстан Республикасының азаматтығына </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z24" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Қазақстан Республикасының шет елдердегі мекемелерінің (бұдан әрі – шет елдердегі мекемелер) Қазақстан Республикасының азаматтығы мәселелері бойынша өтініштерді (бұдан әрі – азаматтық мәселелері жөніндегі өтініштер) қабылдау және қарау, Қазақстан Республикасының азаматтығын жоғалтуын тіркеу және Қазақстан Республикасының азаматтығына жататынын (жатпайтынын) айқындау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) "Қазақстан Республикасының азаматтығы туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Қазақстан Республикасы Үкіметінің 2004 жылғы 28 қазандағы № 1118 қаулысымен бекітілген Қазақстан Республикасының Сыртқы істер министрлігі туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>153) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және шет елдердегі мекемелердің Қазақстан Республикасының шегінен тысқары жерде тұрақты тұратын адамдардан азаматтық мәселелер бойынша өтініштерді қабылдау және қарау, Қазақстан Республикасының шегінен тысқары жерде тұратын адамдардың Қазақстан Республикасының азаматтығын жоғалтуын тіркеу және Қазақстан Республикасының азаматтығына жататынын (жатпайтынын) айқындау тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z25" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z26" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өтініш беруші – шет елдегі мекемеге азаматтық мәселелері, Қазақстан Республикасының азаматтығын жоғалтуын тіркеу және Қазақстан Республикасының азаматтығына жататынын (жатпайтынын) айқындау бойынша өтініш берген адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z27" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шет елдердегі мекемелер – Қазақстан Республикасының шет елдердегі дипломатиялық және оларға теңестірілген өкілдіктері, сондай-ақ консулдық мекемелері.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z28" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Азаматтық мәселелер бойынша құжаттарды ресімдеу және Қазақстан Республикасының азаматтығын жоғалтуын тіркеу немесе Қазақстан Республикасының азаматтығына жататынын (жатпайтынын) айқындау туралы анықтамалар бергені үшін "Шет мемлекеттің аумағында консулдық әрекеттер жасағаны үшін консулдық алым мөлшерлемелерін бекіту туралы" Қазақстан Республикасы Сыртқы істер министрінің 2019 жылғы 20 мамырдағы № 11-1-4/227 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18702 болып тіркелген) көзделген мөлшерлерде консулдық алым алынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z29" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қазақстан Республикасының заңнамасында немесе Қазақстан Республикасы ратификациялаған халықаралық шартта өзгеше көзделмесе, шет мемлекеттердің құзыретті органдары берген, жасаған немесе белгіленген нысан бойынша куәландырған құжаттар заңдастырылған кезде қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z30" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шет тілінде жасалған құжаттар мемлекеттік және (немесе) орыс тілдеріне тиісті түрде куәландырылған аудармасымен қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z31" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">жататындығын айқындау мәселелері бойынша өтініштерді Қазақстан </w:t>
-[...33 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+        <w:t xml:space="preserve"> 2-тарау. Азаматтық мәселелері бойынша өтініштерді қабылдау және қарау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z32" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Азаматтық мәселелері жөніндегі өтініштерге:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z33" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының азаматтығына қабылдау туралы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z34" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының азаматтығын қалпына келтіру туралы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z35" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының азаматтығынан шығу туралы өтініш жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z36" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Азаматтық мәселелері жөніндегі өтініштер шет елдердегі мекемелерде, Қазақстан Республикасының Ұлттық қауіпсіздік комитетінде (бұдан әрі – Ұлттық қауіпсіздік комитеті) және Қазақстан Республикасының Сыртқы істер министрлігінде (бұдан әрі – Министрлік) осы мемлекеттік органдардың әрқайсысына келіп түскен күннен бастап 1 (бір) айдан кешіктірілмейтін мерзімде тіркелуге және қаралуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z37" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Қазақстан Республикасының азаматтығы, Қазақстан Республикасының азаматтығын жоғалту мен одан айыру және Қазақстан Республикасының азаматтығына жататындығын айқындау мәселелері бойынша өтініштерді Қазақстан Республикасының шет елдердегі мекемелерінің қабылдау, ресімдеу және қарау қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасының азаматтығы туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) </w:t>
-[...603 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="18"/>
+      Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>32-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес, азаматтық мәселелері жөніндегі өтініштерді қараудың жалпы мерзімі шет елдегі мекемеге құжаттардың толық топтамасы ұсынылған күннен бастап 6 (алты) айдан аспауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z38" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. Азаматтық мәселелері жөнінде қарастыруға ұсынылған өтініштерге қатысты шет елдердегі мекемелер осы Қағидалардың </w:t>
-[...155 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес, азаматтықты өзгерту туралы өтініштер жөніндегі материалдарды қарау мерзімі шет елдердегі мекемелерде, Министрлікте және Ұлттық қауіпсіздік комитетінде осы органдардың әрқайсысында бір айдан аспауға тиіс.</w:t>
+      7. Қазақстан Республикасының азаматтығына қабылдау туралы өтініш еркін нысанда жасалады және оны Қазақстан Республикасының шегінен тысқары жерде тұрақты тұратын шет елдегі мекеме куәландырған заңды өкілдерінің өтініші бойынша кәмелетке толмағандар, іс-әрекетке қабілетсіз адамдар және Қазақстан Республикасының алдында ерекше еңбек сiңiрген адамдар немесе "Қазақстан Республикасының азаматтығына қабылдаудың оңайлатылған тәртiбi белгiленетiн адамдар үшiн кәсiптердiң тiзбесiн және оларға қойылатын талаптарды бекiту туралы" Қазақстан Республикасы Президентiнің 2005 жылғы 6 маусымдағы №1587 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жарлығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген Қазақстан Республикасының азаматтығына қабылдаудың оңайлатылған тәртібі белгіленетін адамдар үшін кәсіптердің тізбесіне және оларға қойылатын талаптарға (бұдан әрі – Тізбе) сәйкес келетiн адамдар мен олардың отбасы мүшелерi шет елдердегі мекемелер арқылы Қазақстан Республикасы Президентінің атына келесі құжаттарды қоса береді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:p>
-[...692 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z39" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-қосымшаға</w:t>
-[...11 lines deleted...]
-    </w:p>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша сауалнама-өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z40" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өмiрбаян (өз қолымен жазылған);</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z41" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) 3,5 х 4,5 көлеміндегі фотосурет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z42" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасынан тыс жерде тұрақты тұруын растайтын құжат;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...52 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z43" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) шет мемлекеттің құзыретті органы берген соттылықтың болуы не болмауы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z44" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) шет мемлекеттің құзыретті органы берген басқа мемлекеттің азаматтығының болмауы немесе тоқтатылуы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z45" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) балаларының туу туралы және неке қию туралы куәлiктерінің (бар болса) көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z46" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3-қосымшаға</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша "Қазақстан Республикасының азаматтығы туралы" Заңның </w:t>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген шарттарды сақтау туралы өтініш-келісім;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...113 lines deleted...]
-      16. Осы Қағидалардың 16-тармағында көзделген құжаттардан басқа Қазақстан Республикасының азаматтығын қалпына келтіру туралы өтінішке өтініш берушінің бұрын Қазақстан Республикасының азаматтығына жататындығын растайтын құжаттың көшірмесі қоса беріледі.</w:t>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z47" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) консулдық алым төленгені туралы құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z48" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) жеке басын куәландыратын құжаттың көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z49" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) жазбаша нысанда білдірілген және шет елдегі мекеме куәландырған Қазақстан Республикасының азаматтығына қабылдау туралы келісім (Қазақстан Республикасының азаматтығына 14 жастан 18 жасқа дейінгі адамдарды қабылдау кезінде);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z50" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Қазақстан Республикасы бейінді мемлекеттік органының қолдаухаты (Қазақстан Республикасының азаматтығына Қазақстан Республикасы алдында ерекше еңбегі бар немесе Тізбеге сәйкес келетін адамдарды және олардың отбасы мүшелерін қабылдау кезінде).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z51" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Қазақстан Республикасының азаматтығын қалпына келтіру туралы өтініш еркін нысанда жасалады және Қазақстан Республикасының шегінен тысқары жерде тұрақты тұратын адамдар шет елдердегі мекемелер арқылы Қазақстан Республикасы Президентінің атына келесі құжаттарды қоса береді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z28" w:id="36"/>
-[...15 lines deleted...]
-      17. Қазақстан Республикасы алдында ерекше еңбек сiңiрген адамдар немесе тізбеге сай келетін адамдар және олардың отбасы мүшелерi осы Қағидалардың 16-тармағында көзделген құжаттарға қоса Қазақстан Республикасының бейінді мемлекеттік органының қолдаухатын ұсынады.</w:t>
+    <w:bookmarkStart w:name="z52" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы Қағидалардың 7-тармағының 1), 2), 3), 4), 5), 6), 7), 8), 9), 10) және 11) тармақшаларында көрсетілген құжаттар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z29" w:id="37"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> § 3-параграф. Қазақстан Республикасының азаматтығынан шығу үшін қажетті құжаттар</w:t>
+    <w:bookmarkStart w:name="z53" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының азаматтығына бұрынғы тиесілігін растайтын құжаттар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z30" w:id="38"/>
-[...15 lines deleted...]
-      18. Қазақстан Республикасынан тыс жерде тұрақты тұратын Қазақстан Республикасының азаматы шет елдердегі мекемелер арқылы азаматтықтан шығу туралы өтінішіне қосымша мынадай құжаттарды ұсынады:</w:t>
+    <w:bookmarkStart w:name="z54" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) "Қазақстан Республикасының азаматтығына қабылдау немесе азаматтығын қалпына келтіру кезінде мемлекеттік тілді қарапайым деңгейде, Қазақстан Республикасы Конституциясының негіздерін, сондай-ақ Қазақстан тарихын білу көлемін бекіту туралы" Қазақстан Республикасы Ғылым және жоғары білім министрінің 2024 жылғы 8 қазандағы № 479 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 35233 болып тіркелген) сәйкес көлемде мемлекеттік тілді қарапайым деңгейде, Қазақстан Республикасы Конституциясының негіздерін, сондай-ақ Қазақстан тарихын білуді растайтын құжаттар (кәмелетке толмағандарға, іс-әрекетке қабілетсіз адамдарға, Қазақстан Республикасы алдында ерекше еңбегі бар немесе кәсіптері бар және Тізбе бойынша талаптарға сай келетін адамдарға, этникалық қазақтарға қолданылмайды).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z76" w:id="39"/>
+    <w:bookmarkStart w:name="z55" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Қазақстан Республикасының азаматтығынан шығу туралы өтініш еркін нысанда жасалады және оны Қазақстан Республикасының шегінен тысқары жерде тұрақты тұратын Қазақстан Республикасының азаматтары шет елдердегі мекемелер арқылы Қазақстан Республикасы Президентінің атына келесі құжаттарды қоса береді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z56" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша сауалнама-өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z57" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өмiрбаян (өз қолымен жазылған);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z58" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) 3,5 х 4,5 көлеміндегі фотосурет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z59" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) "Қазақстан Республикасынан тыс жерлерге тұрақты тұру үшін шығуға арналған құжаттарды ресімдеу бойынша мемлекеттік көрсетілетін қызмет қағидаларын бекіту туралы" Қазақстан Республикасы Ішкі істер министрінің 2020 жылғы 27 наурыздағы № 259 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20207 болып тіркелген) сәйкес Қазақстан Республикасының ішкі істер органдары ресімдеген Қазақстан Республикасынан тыс жерге тұрақты тұру үшін шығуға арналған құжаттарды ресімдеу туралы шешім немесе "Қазақстан Республикасынан тыс жерге уақытша жұмыстармен шыққан және онда тұрақты тұру үшін қалуға тілек білдірген Қазақстан Республикасы азаматтарының құжаттарын қабылдау және жолдау қағидаларын бекіту туралы" Қазақстан Республикасы Сыртқы істер министрінің 2018 жылғы 4 қаңтардағы № 11-1-4/1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16354 болып тіркелген) сәйкес шет елдегі мекеме ресімдеген Қазақстан Республикасынан тыс жерге тұрақты тұру үшін шығуға шешім ресімделгені туралы хабарлама;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z60" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) "Қазақстан Республикасы Бас прокуратурасының Құқықтық статистика және арнайы есепке алу жөніндегі комитеті және оның аумақтық органдарымен көрсетілетін мемлекеттік қызметтер қағидаларын бекіту туралы" Қазақстан Республикасы Бас Прокурорының 2020 жылғы 18 мамырдағы № 64 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20674 болып тіркелген) бекітілген "Соттылықтың болуы не болмауы туралы анықтама беру" мемлекеттік қызмет көрсету қағидаларына сәйкес ресімделген соттылықтың болуы не болмауы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z61" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) балаларының туу туралы және неке қию туралы куәлiктерінің (бар болса) көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z62" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) шетел азаматтығын алу мүмкіндігін растайтын құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z63" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) консулдық алым төленгені туралы құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z64" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) өтiнiш берушiнiң Қазақстан Республикасында тұратын жұбайының, ата-анасының немесе оның асырауындағы адамдардың өзіне нотариалды куәландырылған Қазақстан Республикасының азаматтығынан шығуға және материалдық және өзге де талаптардың жоқ екендiгi туралы өтiнiш-келісімі немесе олардың қайтыс болғаны туралы куәліктердің, азаматты қайтыс болды деп немесе хабарсыз кетті деп тану туралы сот шешімінің көшірмелері (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z65" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) жеке басын куәландыратын құжаттың көшірмесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z66" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Осы Қағидалардың 7, 8 және 9-тармақтарына сәйкес құжаттар топтамасы толық емес және (немесе) қолданылу мерзімі өткен құжаттар ұсынылған жағдайда, шет елдегі мекеме азаматтық мәселелері жөніндегі өтініш келіп түскен күннен бастап 2 (екі) жұмыс күні ішінде бұл туралы өтініш берушіні хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z67" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжаттарды сәйкестендіру мерзімі шет елдегі мекеме өтініш берушіні хабардар еткен күннен бастап 2 (екі) жұмыс күнін құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z68" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер өтініш беруші оларды осы тармақтың екінші бөлігінде белгіленген мерзімде осы Қағидалардың талаптарына сәйкес келтірмесе, шет елдегі мекеме құжаттарды қайтарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z69" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжаттарды қайтару қайта жүгінуге кедергі болмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z70" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Осы Қағидалардың 7, 8 және 9-тармақтарына сәйкес құжаттардың толық топтамасы ұсынылған жағдайда, шет елдегі мекеме мынадай әрекеттерді жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z71" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) өтініш берушіге Қазақстан Республикасының азаматтығын тоқтатудың құқықтық және өзге де салдары, сондай-ақ Қазақстан Республикасының азаматы бола тұра оның шетелдік азаматтығы танылмайтыны жөнінде Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ережелерi түсiндiрiледi және ол туралы сауалнама-өтiнiште белгi жасалады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z72" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) қабылданған құжаттарды қарастырады және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш берушінің әрбір отбасы мүшесіне қорытынды жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z73" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өтініш беруші және оның отбасының әрбір мүшесі туралы мәліметтерді енгізілетін ақпараттың толықтығын қамтамасыз ете отырып, "Бүркіт" бірыңғай ақпараттық жүйесіне (бұдан әрі – "Бүркіт" БАЖ) енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z74" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Ұлттық қауіпсіздік комитеті шет елдегі мекеме енгізген өтініш беруші және оның отбасы мүшелері туралы мәліметтерді "Бүркіт" БАЖ-да қарауды және келісуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z75" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Ұлттық қауіпсіздік комитеті келіскеннен кейін шет елдегі мекеме азаматтық мәселелері жөніндегі қорытындылар мен ресімделген құжаттарды (бұдан әрі – азаматтық мәселелер жөніндегі материалдар) Министрлікке жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z76" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Министрлік азаматтық мәселелер жөніндегі материалдарды қарайды және олар Заңға және (немесе) осы Қағидаларға сәйкес келген жағдайда Қазақстан Республикасының шегінен тысқары жерде тұрақты тұратын әрбір өтініш берушіге Қазақстан Республикасының азаматтығына қабылдаудың немесе оны қалпына келтірудің орындылығы, оның ішінде Қазақстан Республикасында оны еңбекке, тұрғын үйге және өзге де орналастыру мүмкіндігі туралы дәлелді қорытынды, сондай-ақ Қазақстан Республикасының азаматтығынан шығу туралы қорытындыларды жасайды және оларды Қазақстан Республикасы Президентінің Әкімшілігіне жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z77" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Азаматтық мәселелер жөніндегі материалдардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және (немесе) осы Қағидаларға сәйкес келмеуі анықталған жағдайда, Министрлік оларды Заңға және (немесе) осы Қағидаларға сәйкес келтіру қажеттігі туралы шет елдегі мекемені хабардар етеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z78" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кемшіліктерді жою мерзімі Министрліктің хабарламасын алған күннен бастап 10 (он) жұмыс күнін құрайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z79" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың екінші бөлігінде көрсетілген мерзімде кемшіліктерді жою мүмкін болмаған кезде азаматтық мәселелері жөніндегі материалдарды қарауды шет елдегі мекеме кемшіліктерді өтініш беруші жойғанға дейін тоқтата тұрады, бұл туралы 3 (үш) жұмыс күні ішінде өтініш беруші мен Министрлікке жазбаша хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z80" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Министрлік шет елдегі мекеменің азаматтық мәселелер жөніндегі материалдарды қарауды тоқтата тұру туралы хабарламасы келіп түскен кезде оларды шет елдегі мекемеге қайтарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z81" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Өтініш беруші осы Қағидалардың 15-тармағына сәйкес хабарламада көрсетілген кемшіліктерді жойғаннан кейін шет елдегі мекеме азаматтық мәселелері жөніндегі материалдарды Министрлікке жібереді, ол осы Қағидалардың 14-тармағына сәйкес іс-қимылды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z82" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Азаматтық мәселелері жөніндегі материалдарды қарауды тоқтата тұрған күннен бастап 1 (бір) ай ішінде кемшіліктер жойылмаған жағдайда, шет елдегі мекеме азаматтық мәселесі жөніндегі берген құжаттарды өтініш берушіге қайтарады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z83" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжаттарды қайтару қайта жүгінуге кедергі болмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z84" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18. Азаматтық мәселелері жөніндегі материалдар Министрліктің қорытындыларымен бірге Заңға және "Қазақстан Республикасы Президентінің жанындағы Азаматтық мәселелері жөніндегі комиссия туралы" Қазақстан Республикасы Президентінің 2006 жылғы 10 қазандағы № 198 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жарлығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Президентінің Әкімшілігінде қаралады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z85" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. Қазақстан Республикасының азаматтығын қабылдау, қалпына келтіру және одан шығу мәселелері бойынша және азаматтық мәселелері жөніндегі өтініш қабылданбаған кезде Қазақстан Республикасы Президентінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жарлығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z86" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Азаматтық мәселесі жөніндегі қайталап берілген өтініш бұл мәселе бойынша алдыңғы шешімнен кейін 1 (бір) жыл өткен соң қаралады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z87" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Іс үшін өтініш берушіге мәлім болмаған және мәлім болуы мүмкін болмаған елеулі мән-жайлар туындаған жағдайда, осы тармақтың екінші бөлігінде көрсетілген мерзімнің талаптары ескерілмей, шет елдегі мекеме қайталап берілген өтінішті қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z88" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Министрлік Қазақстан Республикасы Президентінің азаматтық мәселелері жөніндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жарлығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келіп түскен күннен бастап 3 (үш) жұмыс күні ішінде оны шет елдегі мекемеге жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z89" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шет елдегі мекеме Қазақстан Республикасы Президентінің азаматтық мәселелері жөніндегі Жарлығы келіп түскен күннен бастап 3 (үш) жұмыс күні ішінде өтініш берушіні Қазақстан Республикасы Президентінің азаматтық мәселесі жөніндегі қабылдаған шешімі туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z90" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21. Қазақстан Республикасының азаматтығын қабылдаудан, қалпына келтіруден және одан шығудан бас тарту Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-баптарында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген негіздерде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z91" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Азаматтық мәселелері жөніндегі өтініш қабылданбаған жағдайда, шет елдегі мекеме әкімшілік акт қабылданғанға дейін кемінде 3 (үш) жұмыс күні бұрын өтініш берушіге Қазақстан Республикасының азаматтығын қабылдаудан, қалпына келтіруден, одан шығудан бас тарту туралы алдын ала шешім туралы, сондай-ақ өтініш берушіге алдын ала шешімге ұстаным білдіруге мүмкіндік беру үшін тыңдау өткізу уақыты, күні мен орны, тәсілі туралы хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z92" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші алдын ала шешімді алған күннен бастап 2 (екі) жұмыс күнінен кешіктірмейтін мерзімде алдын ала шешімге қатысты қарсылықты береді немесе білдіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z93" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау нәтижелері бойынша шет елдегі мекеме осы Қағидаларға сәйкес азаматтық мәселелері жөніндегі өтінішті одан әрі қарау туралы шешім қабылдайды не Қазақстан Республикасының азаматтығын қабылдаудан, қалпына келтіруден және одан шығарудан бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z94" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Қазақстан Республикасының шегінен тысқары жерде тұратын адамдардың Қазақстан Республикасының азаматтығын жоғалтуын тіркеу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z95" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Қазақстан Республикасының шегінен тысқары жерде тұратын адамға қатысты Қазақстан Республикасының азаматтығын жоғалтуын тіркеуді шет елдегі мекеме:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z96" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші бөлігінде көзделген негіздерді растайтын құжаттардың бірі болған кезде оның еркін нысанда жасалған Қазақстан Республикасының азаматтығын жоғалтуын тіркеу туралы өтінішін алған кезде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z97" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінішке Қазақстан Республикасы азаматының паспортының және жеке куәлігінің түпнұсқалары (олар болған кезде) қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z98" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы азаматының паспорты және (немесе) жеке куәлігі болмаған немесе жоғалған жағдайда өтініш берушінің жазбаша түсіндірмесі және осы фактіні растайтын құжаттар (олар болған кезде) ұсынылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z99" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген негіздердің бар екендігі туралы Қазақстан Республикасының мемлекеттік органдарының немесе шет мемлекеттің құзыретті органдарының ресми хабарламасын алған кезде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z100" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Осы Қағидалардың 23-тармағының 1) тармақшасына сәйкес құжаттар топтамасы толық ұсынылмаған жағдайда, шет елдегі мекеме Қазақстан Республикасының азаматтығын жоғалтуын тіркеу туралы өтініш келіп түскен күннен бастап 2 (екі) жұмыс күні ішінде бұл туралы өтініш берушіні хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z101" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжаттарды сәйкестендіру мерзімі шет елдегі мекеме өтініш берушіні хабардар еткен күннен бастап 2 (екі) жұмыс күнін құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z102" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер өтініш беруші оларды осы тармақтың екінші бөлігінде белгіленген мерзімде осы Қағидалардың талаптарына сәйкес келтірмесе, шет елдегі мекеме құжаттарды қайтарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z103" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжаттарды қайтару қайта жүгінуге кедергі болмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z104" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      25. Шет елдегі мекеме осы Қағидалардың 23-тармағында көрсетілген құжаттарды алған күннен бастап 10 (он) жұмыс күні ішінде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша Қазақстан Республикасының шегінен тысқары жерде тұратын адамға қатысты Қазақстан Республикасының азаматтығын жоғалтуын тіркеу туралы қорытынды жасайды, "Бүркіт" БАЖ-ға тиісті мәліметтерді енгізеді және өтініш берушіні Қазақстан Республикасының азаматтығын жоғалтуы туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z105" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының азаматтығын жоғалту туралы анықтама беру жөнінде өтініш келіп түскен кезде шет елдегі мекеме 5 (бес) жұмыс күні ішінде өтініш берушіге еркін нысанда жасалған тиісті анықтаманы ресімдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z106" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Ұсынылған құжаттардың түпнұсқалығына мен мәліметтерге күмән болған жағдайда, шет елдегі мекеме Қазақстан Республикасының мемлекеттік органдарына және (немесе) шет мемлекеттің құзыретті органдарына сұрау салулар жіберу арқылы олардың түпнұсқалығын тексеруді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z107" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Қағидалардың 25-тармағының бірінші бөлігінде көрсетілген мерзім шет елдегі мекеме басшысының немесе оның міндетін атқарушы тұлғаның дәлелді шешімімен ақылға қонымды мерзімге, бірақ дұрыс қарау үшін маңызы бар нақты мән-жайларды белгілеу қажеттілігіне байланысты 2 (екі) айдан аспайтын мерзімге ұзартылады, бұл туралы өтініш берушіге ұзартылған күннен бастап 3 (үш) жұмыс күні ішінде хабарланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z108" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Қазақстан Республикасының азаматтығын жоғалту күнін есептеу Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z109" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Шет елдегі мекеме Қазақстан Республикасының азаматтығын жоғалтуын тіркеген күннен бастап 5 (бес) жұмыс күні ішінде Қазақстан Республикасының құжатталған халқының ақпараттық деректер базасына мәліметтер енгізу үшін Қазақстан Республикасы Ішкі істер министрлігінің "Ақпараттық-өндірістік орталығы" республикалық мемлекеттік кәсіпорнын (бұдан әрі – "АӨО" РМК) азаматтықты жоғалтуды тіркегені туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z110" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Алынып қойған Қазақстан Республикасы азаматының паспорттары мен жеке куәліктері консулдық мұрағаттың сейфінде сақталады және шет елдегі мекеме Қазақстан Республикасының азаматтығын жоғалтуды тіркеген күннен бастап 1 (бір) ай ішінде "АӨО" РМК-ге жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z111" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Қазақстан Республикасының шегінен тысқары жерде тұратын адамның Қазақстан Республикасының азаматтығына жататынын (жатпайтынын) айқындау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z112" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Қазақстан Республикасының шегінен тысқары жерде тұратын адам Қазақстан Республикасының азаматтығына жататынын (жатпайтынын) айқындау үшін шет елдегі мекемеге мынадай құжаттарды (бұдан әрі – азаматтығын айқындау жөніндегі материалдар) береді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z113" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша сауалнама-өтініш;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-[...233 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z114" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) 3,5 х 4,5 көлемінде фотосурет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z115" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) шет мемлекеттің заңнамасына сәйкес ресімделген шет мемлекеттің азаматтығының жоқтығы туралы құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z116" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) іске қатысы бар басқа құжаттар (бар болса): туу туралы куәлік, еңбек қызметін растайтын құжаттар, әскери билет, орта немесе толық орта емес білімі туралы аттестат, диплом, мұрағаттық анықтама - шаруашылық кітабынан үзінді, өтініш берушінің Қазақстан Республикасында тұру фактісін растайтын кемінде үш куәгердің өтініші.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z117" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Осы Қағидалардың 30-тармағына сәйкес құжаттар топтамасы толық емес және (немесе) қолданылу мерзімі өткен құжаттар ұсынылған жағдайда, шет елдегі мекеме азаматтығын айқындау жөніндегі материалдар келіп түскен күннен бастап 2 (екі) жұмыс күні ішінде бұл туралы өтініш берушіні хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z118" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжаттарды сәйкестендіру мерзімі шет елдегі мекеме өтініш берушіні хабардар еткен күннен бастап 10 (он) жұмыс күнін құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z119" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер өтініш беруші оларды осы тармақтың екінші бөлігінде белгіленген мерзімде осы Қағидалардың талаптарына сәйкес келтірмесе, шет елдегі мекеме құжаттарды қайтарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z120" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжаттарды қайтару қайта жүгінуге кедергі болмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z121" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Осы Қағидалардың 30-тармағына сәйкес құжаттардың толық топтамасы ұсынылған жағдайда, шет елдегі мекеме өтініш берушінің "Бүркіт" БАЖ арқылы Қазақстан Республикасының азаматтығына жататынын (жатпайтынын) сауалнама-өтініште көрсетілген анықтама деректерін енгізу арқылы айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z122" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. "Бүркіт" БАЖ-да өтініш беруші туралы мәліметтер болмаған жағдайда, шет елдегі мекеме өтініш беруші туралы мәліметтерді алу үшін азаматтығын айқындау жөніндегі материалдардың көшірмелерін қоса бере отырып, Қазақстан Республикасының Ішкі істер органдарына сұрау салу жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z123" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Қазақстан Республикасының Ішкі істер органдары сұрау салу келіп түскен күннен бастап 5 (бес) жұмыс күні ішінде оны қарайды және өтініш беруші туралы мәліметтерді шет елдегі мекемеге жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z124" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Шет елдегі мекеме Қазақстан Республикасының Ішкі істер органдарынан өтініш беруші туралы мәліметтерді алған күннен бастап 5 (бес) жұмыс күні ішінде оның Қазақстан Республикасының азаматтығына жататынын (жатпайтынын) айқындайды және жазбаша нысанда хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z125" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Қазақстан Республикасының азаматтығына жататынын (жатпайтынын) растау туралы анықтама беру жөнінде өтініш келіп түскен кезде шет елдегі мекеме еркін нысанда жасалған тиісті анықтаманы береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z126" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...189 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-параграф. Қазақстан Республикасының азаматтығына жататындығын айқындау</w:t>
-[...1246 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> 5-тарау. Шет елдердегі мекемелердің және (немесе) олардың лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z127" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Шағым шет елдегі мекемеге, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адамға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z128" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шет елдегі мекеме, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адам шағым түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі Министрлікке жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z129" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын шет елдегі мекеме, лауазымды адам, егер ол 3 (үш) жұмыс күні ішінде қолайлы әкімшілік актіні қабылдаса, шағымда көрсетілген талаптарды толық қанағаттандыратын әкімшілік іс-әрекет жасаса, шағымды Министрлікке жібермеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z130" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министрліктің атына келіп түскен шағым тіркелген күннен бастап 20 (жиырма) жұмыс күні ішінде қаралуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z131" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, сотқа жүгінуге Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің 91-бабының 5-тармағына сәйкес сотқа дейінгі тәртіппен шағымданғаннан кейін жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4646,155 +3811,168 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">азаматтығы, Қазақстан </w:t>
+              <w:t>шет елдердегі мекемелерінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Республикасының азаматтығын </w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жоғалту мен одан айыру және</w:t>
+              <w:t>азаматтығы мәселелері бойынша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">өтініштерді қабылдау және </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қарау,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>азаматтығына жататындығын</w:t>
+              <w:t>азаматтығын жоғалтуын тіркеу және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>айқындау мәселелері бойынша</w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">өтініштерді Қазақстан </w:t>
+              <w:t>азаматтығына жататынын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Республикасының шет елдердегі </w:t>
-[...12 lines deleted...]
-              <w:t>мекемелерінің қабылдау, ресімдеу және қарау</w:t>
+              <w:t>(жатпайтынын) айқындау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4846,1192 +4024,89 @@
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...141 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p>
-[...54 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z134" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сауалнама – өтiнiш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z135" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
-      <w:r>
-[...923 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1600200" cy="1435100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -6059,60 +4134,113 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      Мені Қазақстан Республикасының азаматтығына қабылдауды / азаматтығын қалпына келтіруді сұраймын.</w:t>
+      <w:bookmarkStart w:name="z136" w:id="118"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ___________________________________________________________ сұраймын. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ("Мені Қазақстан Республикасының азаматтығына қабылдауды" </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">немесе "Маған Қазақстан Республикасының азаматтығын </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қалпына келтіруді" көрсетіледі)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -6126,128 +4254,148 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сұрақтар</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сұрақтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жауаптар</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Тегi, аты, әкесiнiң аты (бар болған жағдайда)</w:t>
+1. Тегі, аты, әкесінің аты (бар болса)  (бұдан әрі – Т.А.Ә.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6276,51 +4424,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Бұрын болған барлық тегіңiздi, атыңызды және әкеңiздiң атын (бар болған жағдайда), оларды қашан, қайда және қандай себеп бойынша өзгерткеніңізді атаңыз</w:t>
+2. Т.А.Ә. өзгерген жағдайда бұрынғы Т.А.Ә., өзгертудің себебі мен күні көрсетілсін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6349,51 +4497,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Туған күнi, айы, жылы және туған жерi (ауыл, қала, аудан, облыс, егер шетелде туылған жағдайда сол елдi көрсетіңіз)</w:t>
+3. Туған күні, айы, жылы мен жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6422,51 +4570,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Ұлты</w:t>
+4. Жынысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6495,51 +4643,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Отбасы жағдайы (некеде тұрамын, ажырасқанмын, жесiрмiн)</w:t>
+5. Ұлты (қалауы бойынша көрсетіледі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6568,51 +4716,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Шетелге шығудың алдында тұрған мекенжайы (Қазақстан Республикасының азаматтығын қалпына келтірген кезде толтырылады)</w:t>
+6. Жеке сәйкестендіру нөмірі (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6641,51 +4789,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7. Соңғы тiркелген орны</w:t>
+7. Шет мемлекеттің азаматтығы, оның ішінде оған дейін бұрын болған және (немесе) тоқтатылған (жеке басын куәландыратын құжат, азаматтықты алу және (немесе) тоқтату күні мен негізі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6714,51 +4862,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8. Соңғы жұмыс, оқу орны</w:t>
+8. Отбасылық жағдайы (некеде (ерлі-зайыптылықта) болу не болмау немесе некені (ерлі-зайыптылықты) бұзу, жесірлік және осы мәліметтерді растайтын құжаттардың берілген күні, нөмірі, орны көрсетіледі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6787,51 +4935,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9. Бiлiмi және бiлiмi бойынша мамандығы (қайда, қашан және қандай оқу орнын бітірдіңіз)</w:t>
+9. Білімі және білімі бойынша мамандығы, кәсібі (қай оқу орнын, қайда және қашан бітірді, диплом нөмірі, берілген күні мен орны)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6860,51 +5008,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10. Бұрын басқа мемлекеттердiң азаматтығында (бодандығында) болған жағдайда, оны қайда, қашан және қандай негiзде алғаныңызды көрсетiңiз</w:t>
+10. Ғылыми дәрежесі, ғылыми атағы (диплом нөмірі, берілген күні, берілген жері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6933,51 +5081,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11. Сот тәртiбiмен қылмыстық немесе әкімшілік жауапкершiлiкке тартылдыңыз ба? Егер тартылсаңыз, онда қашан, кiм және не үшiн тартты?</w:t>
+11. Қазақстан Республикасының азаматтығын қабылдауға немесе азаматтығын қалпына келтіруге бұрын берілген (бар болса) өтініштер (өтініштің күні, оны қабылдаған Қазақстан Республикасының мемлекеттік органы және қарау нәтижелері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7006,51 +5154,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12. Қазақстан Республикасының немесе жеке және заңды тұлғалардың алдында орындалмаған мiндеттемелерiңiз бар ма, соның ішінде Қазақстан Республикасының мемлекеттік құпияларына рұқсатнамамен байланысты міндеттемелер</w:t>
+12. Қазақстан Республикасының азаматтығын тоқтатудың негізі мен күні (Қазақстан Республикасының азаматтығын қалпына келтіруге өтініш берген кезде толтырылады)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7079,51 +5227,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13. Шет мемлекеттің әскери қызметінен өттіңіз бе, қауіпсіздік қызметінде, әділет органдарында немесе мемлекеттік билік пен басқару органдарында жұмыс атқардыңыз ба?</w:t>
+13. Қазақстан Республикасының азаматтығы тоқтатылғанға дейін Қазақстан Республикасында тұрақты тұру мекенжайы (Қазақстан Республикасының азаматтығын қалпына келтіруге өтініш берген кезде толтырылады)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7152,124 +5300,347 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14. Қазақстан Республикасының азаматтығы тоқтатылғанға дейін Қазақстан Республикасында тұрақты тұрған мекенжайыңызды көрсетіңіз (Қазақстан Республикасының азаматтығын қалпына келтірген кезде толтырылады)</w:t>
+14. Осы өтінішпен жүгінген күннің алдындағы бес жыл ішінде Қазақстан Республикасының аумағынан шығарып жіберу туралы мәліметтер (шығарып жіберу себебі, шығарып жіберу туралы сот қаулысының нөмірі мен күні)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15. Шет мемлекеттердің әскери міндетіне, мемлекеттік қызметіне, қауіпсіздік органдарындағы, құқық қорғау органдарындағы қызметіне қатысы (әскери міндетті немесе әскери міндетті емес, қызмет кезеңі, соңғы лауазымы, атағы, шені)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16. Соттың тиісті үкімінің көшірмесін қоса бере отырып, қылмыстық жауаптылыққа тарту туралы мәліметтер (күні, тиісті мемлекеттің қылмыстық заңнамасы баптарының диспозициясының атауы, таңдалған бұлтартпау шарасы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17. Шет мемлекеттің құзыретті органдарының қылмыс жасағаны үшін қылмыстық тәртіппен қудалауы туралы мәліметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z137" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Еңбек жолы басынан бастап атқарған қызметі (жоғары және орта оқу орындарындағы оқуды, әскери қызметтi қоса алғанда).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z138" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: Осы тармақты толтырған кезде мекеменің, ұйымның және кәсiпорынның атауын жұмыс атқарған кездегі атауына сәйкес көрсету қажет. Әскери қызметтi лауазым бен шенін көрсете отырып толтырылады. Шартты атауы бар кәсiпорындар (пошта жәшiгi) сондай шартты атауымен көрсетiледі. Әскери қызметтi өткергендiгi әскери билеттегi жазбаларға сәйкес көрсетiледi (ол бар болған жағдайда).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7282,123 +5653,313 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Айы мен жылы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Айы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мекемесі, ұйымы көрсетiлген лауазымы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мекемесі,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетiлген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мекеменiң, ұйымның орналасқан жері</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мекеменiң,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орналасқан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7461,86 +6022,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z139" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Сiздiң жақын туыстарыңыз (ата-аналар (ата-ана), балалар, асырап алушылар, асырап алынғандар, ата-анасы бір және ата-анасы бөлек ағалы-інілер мен апалы-сіңлілер (аға-қарындастар), ата, әже, немерелер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z140" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: Осы тармақты толтырған кезде Қазақстан Республикасында тұратын және шетелде тұратын барлық туыстар көрсетiледi. Егер әйелi күйеуiнiң тегiн алған болса, онда оның неке қиғанға дейiнгi тегi де көрсетiледi.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="122"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7591,51 +6156,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегi, аты, әкесінің аты (бар болған жағдайда)</w:t>
+Т.А.Ә.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7699,51 +6264,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Болу елі, тұрғылықты мекенжайы</w:t>
+Болу елі, тұрғылықты мекенжайы, азаматтығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7870,158 +6435,310 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...106 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z141" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Жұбайым/зайыбым ______________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z142" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                           (Т.А.Ә.)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z143" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының азаматтығын қабылдауға / қалпына келтіруге құжаттарды ресiмдеуде ________________________/ _______________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z144" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                   ("иә" немесе "жоқ") (егер жауап "иә" болса, онда оның</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z145" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                         жеке басын куәландыратын құжаттың нөмірі, күні және</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z146" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                     беру органы көрсетіледі)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z147" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Сiздiң мекенжайыңыз, телефон нөмiрiңiз ________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z148" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылған құжаттардың түпнұсқалығын және жазылған деректердің дұрыстығын растаймын, өзім туралы көрінеу жалған ақпарат берудің салдары жөніндегі ескертуді қабылдадым.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z149" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының азаматтығын қабылдаудың / қалпына келтірудің құқықтық салдары, сондай-ақ Қазақстан Республикасының азаматы бола тұра оның шетелдік азаматтығы танылмайтыны жөнінде Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ережелерi маған түсіндірілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z150" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес осы сауалнама-өтініште көрсетілген дербес деректерді өңдеуге келісім беремін. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z151" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні және өтініш берушінің қолы __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8068,482 +6785,257 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">азаматтығы, Қазақстан </w:t>
+              <w:t>шет елдердегі мекемелерінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Республикасының азаматтығын </w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жоғалту мен одан айыру және</w:t>
+              <w:t>азаматтығы мәселелері бойынша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>өтініштерді қабылдау және қарау,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>азаматтығына жататындығын</w:t>
+              <w:t>азаматтығын жоғалтуын тіркеу және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>айқындау мәселелері бойынша</w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">өтініштерді Қазақстан </w:t>
+              <w:t>азаматтығына жататынын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Республикасының шет елдердегі </w:t>
+              <w:t>(жатпайтынын) айқындау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мекемелерінің қабылдау, </w:t>
+              <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ресімдеу және қарау</w:t>
+              <w:t>2-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...76 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="69"/>
+    <w:bookmarkStart w:name="z153" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш-келісім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z154" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Мен, ____________________________________________________________, Қазақстан </w:t>
-[...35 lines deleted...]
-      келтіруге өтініш білдіре отырып, Қазақстан Республикасының </w:t>
+      Мен, __________________________________________________________, Қазақстан Республикасының азаматтығын алуға / Қазақстан Республикасының азаматтығын қалпына келтіруге өтініш білдіре отырып, Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> мен заңдарын </w:t>
-[...127 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> мен заңдарын сақтауға, Қазақстан Республикасының мүдделерін, оның аумақтық тұтастығын қорғауға, мемлекеттік тіл мен оның аумағында тұратын барлық ұлттардың тілдеріне, әдет-ғұрпына, дәстүрлеріне құрметпен қарауға, Қазақстан Республикасының күш-құдіретін, егемендігін және тәуелсіздігін нығайтуға жәрдемдесуге міндеттенемін. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8577,367 +7069,289 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>20___ жылғы "___" _______</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(қолы) </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">азаматтығы, </w:t>
+              <w:t>шет елдердегі мекемелерінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">азаматтығын жоғалту мен одан </w:t>
+              <w:t>азаматтығы мәселелері бойынша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>айыру және</w:t>
+              <w:t>өтініштерді қабылдау және қарау,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>азаматтығына жататындығын</w:t>
+              <w:t>азаматтығын жоғалтуын тіркеу және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>айқындау мәселелері бойынша</w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">өтініштерді </w:t>
+              <w:t>азаматтығына жататынын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+              <w:t>(жатпайтынын) айқындау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">шет елдердегі мекемелерінің </w:t>
+              <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қабылдау, ресімдеу және қарау</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...77 lines deleted...]
-              <w:t>нысан</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z57" w:id="70"/>
+    <w:bookmarkStart w:name="z156" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сауалнама – өтiнiш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-[...11 lines deleted...]
-          <w:color w:val="ff0000"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z157" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 4-қосымша жаңа редакцияда  – ҚР Сыртқы істер министрінің м.а. 17.11.2022 </w:t>
-[...42 lines deleted...]
-    </w:p>
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1600200" cy="1435100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
@@ -8958,69 +7372,85 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z158" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Маған Қазақстан Республикасының азаматтығынан шығуды ресімдеуге рұқсат беруді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9032,128 +7462,148 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сұрақтар</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сұрақтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жауаптар</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Тегi, аты, әкесiнiң аты (бар болған жағдайда)</w:t>
+1. Тегі, аты, әкесінің аты (бар болса)  (бұдан әрі – Т.А.Ә.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9182,51 +7632,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Бұрын болған барлық тектеріңiздi, аттарыңызды және әкеңiздiң атын (бар болған жағдайда) атап шығыңыз, оларды қашан, қайда және қандай себеп бойынша өзгерткеніңізді атаңыз</w:t>
+2. Т.А.Ә. өзгерген жағдайда бұрынғы Т.А.Ә., өзгертудің себебі мен күні көрсетілсін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9255,51 +7705,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Туған күнi, айы, жылы және жерi (ауыл, қала, аудан, облыс, егер шетелде туылған жағдайда сол елдi көрсетіңіз)</w:t>
+3. Туған күні, айы, жылы мен жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9328,51 +7778,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Ұлты</w:t>
+4. Жынысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9401,51 +7851,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Отбасы жағдайы (некеде тұрамын, ажырасқанмын, жесiрмiн)</w:t>
+5. Ұлты (қалауы бойынша көрсетіледі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9474,51 +7924,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Шетелге шығудың алдында тұрған мекенжайы (Қазақстан Республикасының азаматтығын қалпына келтірген кезде толтырылады)</w:t>
+6. Отбасылық жағдайы (некеде (ерлі-зайыптылықта) болу не болмау немесе некені (ерлі-зайыптылықты) бұзу, жесірлік және осы мәліметтерді растайтын құжаттардың берілген күні, нөмірі, орны көрсетіледі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9547,51 +7997,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7. Соңғы тiркелген орны</w:t>
+7. Білімі және білімі бойынша мамандығы, кәсібі (қай оқу орнын, қайда және қашан бітірді, диплом нөмірі, берілген күні мен орны)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9620,51 +8070,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8. Соңғы жұмыс, оқу орны</w:t>
+8. Ғылыми дәрежесі, ғылыми атағы (диплом нөмірі, берілген күні, берілген жері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9693,51 +8143,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9. Бiлiмi және бiлiмi бойынша мамандығы (қайда, қашан және қандай оқу орнын аяқтадыңыз)</w:t>
+9. Қазақстан Республикасының заңнамасымен белгіленген орындалмай қалған мiндеттемелер, оның ішінде Қазақстан Республикасының мемлекеттік құпияларына рұқсат берумен байланысты міндеттемелер туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9766,51 +8216,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10. Бұрын басқа мемлекеттердiң азаматтығында (бодандығында) болған жағдайда, Қазақстан Республикасының азаматтығын қайда, қашан және қандай негiзде алғаныңызды егжей-тегжейлі көрсетiңiз</w:t>
+10. Әскери міндетке қатысы (әскери міндетті, әскери міндетті емес, әскери қызметтен өтсе, қашан, қайда, әскер түрі, әскери атағы көрсетілсін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9839,51 +8289,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11. Сот тәртiбiмен қылмыстық немесе әкімшілік жауапкершiлiкке тартылдыңыз ба? Егер тартылсаңыз, онда қашан, кiм және не үшiн тартты?</w:t>
+11. Қазақстан Республикасының құзыретті органдарының қылмыстық іс бойынша айыпталушы ретінде тартуы туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9912,124 +8362,347 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12. Қазақстан Республикасының немесе жеке және заңды тұлғалардың алдында орындалмаған мiндеттемелерiңiз, соның ішінде Қазақстан Республикасының мемлекеттік құпияларына рұқсатнамамен байланысты міндеттемелеріңіз бар ма</w:t>
+12. Заңды күшіне енген және орындауға жататын соттың айыптау үкімі туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13. Өзге мемлекеттің азаматтығын алу мүмкіндігі туралы мәліметтер (беру органы, құжаттың нөмірі мен күні)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14. Қазақстан Республикасынан тыс жерге тұрақты тұру үшін шыққан күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15. Қазақстан Республикасынан тыс жерге тұрақты тұру үшін шығар алдында тұрғылықты мекенжайы (тұрақты тіркеу)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z159" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Еңбек жолы басынан бастап атқарған қызмет (жоғары және орта оқу орындарындағы оқуды, әскери қызметтi қоса алғанда).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z160" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: Осы тармақты толтырған кезде мекеменің, ұйымның және кәсiпорынның атауын жұмыс атқарған кездегі атауына сәйкес көрсету қажет. Әскери қызметтi лауазым мен шенін көрсете отырып толтырылады. Шартты атауы бар кәсiпорындар (пошта жәшiгi) сондай шартты атауымен көрсетiледі. Әскери қызметтi өткергендiгi әскери билеттегi жазбаларға сәйкес көрсетiледi (ол бар болған жағдайда).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -10221,86 +8894,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z161" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Сiздiң жақын туыстарыңыз (ата-аналар (ата-ана), балалар, асырап алушылар, асырап алынғандар, ата-анасы бір және ата-анасы бөлек ағалы-інілер мен апалы-сіңлілер (аға-қарындастар), ата, апа, немерелер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z162" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: Осы тармақты толтырған кезде Қазақстан Республикасында тұратын және шетелде тұратын барлық жақын туыстар көрсетiледi. Егер әйелi күйеуiнiң тегiн алған болса, онда оның неке қиғанға дейiнгi тегi де көрсетiледi.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="142"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10351,51 +9028,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегi, аты, әкесінің аты (бар болған жағдайда)</w:t>
+Т.А.Ә.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10459,51 +9136,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Болу елі, тұрғылықты мекенжайы</w:t>
+Болу елі, тұрғылықты мекенжайы, азаматтығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10630,232 +9307,330 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...106 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z163" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының азаматтығынан шығудың құқықтық салдары түсіндірілді. Сондай-ақ, Қазақстан Республикасының азаматында қос азаматтық танылмайтыны туралы "Қазақстан Республикасының азаматтығы туралы" Қазақстан Республикасы Заңының </w:t>
+      18. Жұбайым/зайыбым __________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z164" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                           (Т.А.Ә.)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z165" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының азаматтығынан шығуға құжаттарды ресiмдеуде: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z166" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________/________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z167" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       ("иә" немесе "жоқ") (егер жауап "иә" болса, онда оның жеке басын </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z168" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                         куәландыратын құжаттың нөмірі, күні және </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z169" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                               оны берген орган көрсетіледі)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z170" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Сiздiң мекенжайыңыз, телефон нөмiрiңiз ________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z171" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ұсынылған құжаттардың түпнұсқалығын және жазылған деректердің дұрыстығын растаймын, өзім туралы көрінеу жалған ақпарат беру салдары жөніндегі ескертуді қабылдадым. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z172" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының азаматтығын қабылдаудың / қалпына келтірудің құқықтық салдары, сондай-ақ Қазақстан Республикасының азаматы бола тұра оның шетелдік азаматтығы танылмайтыны жөнінде Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> шарты түсіндірілді.</w:t>
-[...19 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> ережелерi маған түсіндірілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z173" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес өтініште көрсетілген дербес деректерді өңдеуге келісім беремін. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z174" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Күні және өтініш берушінің қолы ________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="154"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10902,253 +9677,1211 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>азаматтығы, Қазақстан</w:t>
+              <w:t>шет елдердегі мекемелерінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республикасының азаматтығын</w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жоғалту мен одан айыру және</w:t>
+              <w:t>азаматтығы мәселелері бойынша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>өтініштерді қабылдау және қарау,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>азаматтығына жататындығын</w:t>
+              <w:t>азаматтығын жоғалтуын тіркеу және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>айқындау мәселелері бойынша</w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>өтініштерді Қазақстан</w:t>
+              <w:t>азаматтығына жататынын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республикасының шет елдердегі</w:t>
+              <w:t>(жатпайтынын) айқындау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мекемелерінің қабылдау,</w:t>
+              <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ресімдеу және қарау</w:t>
+              <w:t>4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Бекітемін"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
+              <w:t>________________ ______</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4-1-қосымша</w:t>
+              <w:t>(Тегі, аты, әкесінің аты</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(бар болса)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(бұдан әрі – Т.А.Ә.),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шет елдегімекеме</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>басшысының қолы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мөр орны</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ ______ 20__ жылғы "___" ______</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z178" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Қазақстан Республикасының шет елдердегі мекемелерінің Қазақстан Республикасының азаматтығынан шығу жөніндегі құжаттарды ресiмдеуі" мемлекеттік көрсетілетін қызмет стандарты</w:t>
-[...13 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">                                Қорытынды</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z179" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 4-1-қосымша алып тасталды – ҚР Сыртқы істер министрінің м.а. 17.11.2022 </w:t>
-[...21 lines deleted...]
-    </w:p>
+             _______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z180" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                   (Қазақстан Республикасы шет елдегі мекемесінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z181" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _________________ жылы ______________________________________ туылған </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z182" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                           (мемлекеттің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z183" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________ азаматы (шасы) ____________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z184" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             (азаматтығы)                                     (Т.А.Ә.)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z185" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z186" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+             (Қазақстан Республикасының азаматтығын / нан </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z187" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                   қабылдау / қалпына келтіру / шығу)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z188" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      туралы өтінішпен жүгінді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z189" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______ жылдан бастап _________________________________ аумағында</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z190" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                     (мемлекеттің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z191" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұрақты тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z192" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазіргі уақытта мынадай мекенжай бойынша тұрады: _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z193" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z194" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасында және басқа елдерде тұратын жақын туыстары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z195" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z196" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z197" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқа мәліметтер: _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z198" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z199" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z200" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Қазақстан Республикасының азаматтығын / нан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z201" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қабылдау / қалпына келтіру / шығу)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z202" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      туралы өтінішін _____________________________________________ уәждейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z203" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Азамат(ша)_____________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z204" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                           (Т.А.Ә.)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z205" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z206" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                   (Қазақстан Республикасының азаматтығын / нан </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z207" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                         қабылдау / қалпына келтіру / шығу)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z208" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      туралы өтінішін _____________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z209" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                         (Қазақстан Республикасының азаматтығын / нан </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z210" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                         қабылдауға / қалпына келтіруге / шығуға негіздеме)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z211" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      байланысты қанағаттандыруды мүмкін деп санаймыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z212" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші туралы мәліметтер "Бүркіт" бірыңғай ақпараттық жүйесіне енгізілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z213" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Консулдық алым алынды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z214" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қосымша ______ парақта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z215" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________             ________                         ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z216" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (лауазымы)             (қолы)                               (тегі, аты-жөні)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11182,194 +10915,181 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>20___ жылғы "___"____________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">азаматтығы, </w:t>
+              <w:t>шет елдердегі мекемелерінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">азаматтығын жоғалту мен одан </w:t>
+              <w:t>азаматтығы мәселелері бойынша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>айыру және</w:t>
+              <w:t>өтініштерді қабылдау және қарау,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>азаматтығына жататындығын</w:t>
+              <w:t>азаматтығын жоғалтуын тіркеу және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">айқындау мәселелері </w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">бойынша өтініштерді </w:t>
+              <w:t>азаматтығына жататынын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
-[...25 lines deleted...]
-              <w:t>қабылдау, ресімдеу және қарау</w:t>
+              <w:t>(жатпайтынын) айқындау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -11416,133 +11136,885 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Бекітемін"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________ ______</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Тегі, аты, әкесінің аты (бар болса)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(бұдан әрі – Т.А.Ә.),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шет елдегі мекеме</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>басшысының қолы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мөр орны</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№______ 20__ жылғы "___" _______</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="71"/>
+    <w:bookmarkStart w:name="z220" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve">              Қазақстан Республикасының шегінен тысқары жерде тұратын адамның </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Қазақстан Республикасының азаматтығын жоғалтуын тіркеу туралы қорытынды</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z221" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________ байланысты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z222" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                   ("Қазақстан Республикасының азаматтығы туралы"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z223" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                   Қазақстан Республикасының Заңына сілтемесі </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z224" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                         көрсетілген Қазақстан Республикасының </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z225" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                         азаматтығын жоғалтуды тіркеудің негізі)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z226" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z227" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             (Қазақстан Республикасының шет елдегі мекемесінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z228" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      азамат(ша) ___________________________________________________ қатысты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z229" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                     (Т.А.Ә.)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z230" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының азаматтығын жоғалтуын тіркеуді жүзеге асырды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z231" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ____________________ аумағына тұру үшін _______ жылы шыққан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z232" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (мемлекеттің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z233" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасынан шыққанға дейінгі мекенжайы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z234" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z235" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қосымша: ______ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z236" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________                   ________                   __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z237" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (лауазымы)                   (қолы)                   (тегі, аты-жөні)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20__ жылғы "____" ________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шет елдердегі мекемелерінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>азаматтығы мәселелері бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өтініштерді қабылдау және қарау,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>азаматтығын жоғалтуын тіркеу және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>азаматтығына жататынын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(жатпайтынын) айқындау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z239" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Сауалнама – өтiнiш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-[...11 lines deleted...]
-          <w:color w:val="ff0000"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z240" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 5-қосымша жаңа редакцияда  – ҚР Сыртқы істер министрінің м.а. 17.11.2022 </w:t>
-[...42 lines deleted...]
-    </w:p>
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1600200" cy="1435100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
@@ -11563,69 +12035,85 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z241" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының азаматтығына жататынын (жатпайтынын) айқындауды сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11637,128 +12125,148 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сұрақтар</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сұрақтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жауаптар</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Тегi, аты, әкесiнiң аты (бар болған жағдайда)</w:t>
+1. Тегі, аты, әкесінің аты (бар болса)  (бұдан әрі – Т.А.Ә.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11787,51 +12295,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Бұрын болған барлық тектеріңiздi, аттарыңызды және әкеңiздiң атын (бар болған жағдайда) атап шығыңыз, оларды қашан, қайда және қандай себеп бойынша өзгерттiңiз</w:t>
+2. Т.А.Ә. өзгерген жағдайда бұрынғы Т.А.Ә., өзгертудің себебі мен күні көрсетілсін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11860,51 +12368,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Туған күнi, айы, жылы және жерi (ауыл, қала, аудан, облыс, егер шетелде туылған жағдайда сол елдi көрсетіңіз)</w:t>
+3. . Туған күні, айы, жылы мен жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11933,51 +12441,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Ұлты</w:t>
+4. Жынысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12006,51 +12514,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Отбасы жағдайы (үйленбегенмін/тұрмыс құрмағанмын, некеде тұрамын, ажырасқанмын, жесiрмiн)</w:t>
+5. Ұлты (қалауы бойынша көрсетіледі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12079,51 +12587,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Шет елге шығудың алдында Қазақстан Республикасында тұрған мекенжайы</w:t>
+6. Отбасылық жағдайы (некеде (ерлі-зайыптылықта) болу не болмау немесе некені (ерлі-зайыптылықты) бұзу, жесірлік және осы мәліметтерді растайтын құжаттардың берілген күні, нөмірі, орны көрсетіледі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12152,51 +12660,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7. Соңғы тiркелген орны</w:t>
+7. Білімі және білімі бойынша мамандығы, кәсібі (қай оқу орнын, қайда және қашан бітірді, диплом нөмірі, берілген күні мен орны)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12225,51 +12733,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8. Соңғы жұмыс, оқу орны</w:t>
+8. Шет мемлекеттердің әскери міндетіне, мемлекеттік қызметіне, қауіпсіздік органдарындағы, құқық қорғау органдарындағы қызметіне қатысы (әскери міндетті немесе әскери міндетті емес, қызмет кезеңі, соңғы лауазымы, атағы, шені)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12298,51 +12806,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9. Бiлiмi және бiлiмi бойынша мамандығы (қайда, қашан және қандай оқу орнын аяқтадыңыз)</w:t>
+9. Сот органының тиісті үкімінің көшірмесін қоса бере отырып, қылмыстық жауаптылыққа тарту туралы мәліметтер (күні, тиісті мемлекеттің қылмыстық заңнамасы баптарының диспозициясының атауы, таңдалған бұлтартпау шарасы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12371,51 +12879,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10. Бұрын басқа мемлекеттердiң азаматтығында (бодандығында) болған жағдайда, Қазақстан Республикасының азаматтығын қайда, қашан және қандай негiзде алғаныңызды егжей-тегжейлі көрсетiңiз</w:t>
+10. Шетелге шығар алдында Қазақстан Республикасында тұрғылықты мекенжайы (тұрақты тіркеуі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12444,124 +12952,201 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11. Сот тәртiбiмен қылмыстық немесе әкімшілік жауапкершiлiкке тартылдыңыз ба. Егер тартылсаңыз, онда қашан, кiм және не үшiн тартты?</w:t>
+11. Қазақстан Республикасынан тыс жерге шығу күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12. Жеке сәйкестендіру нөмірі (бар болса)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z242" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Еңбек жолы басынан бастап атқарған қызметтері (жоғары және орта оқу орындарындағы оқуды, әскери қызметтi қоса алғанда).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z243" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: Осы тармақты толтырған кезде мекеменің, ұйымның және кәсiпорынның атауын жұмыс атқарған кездегі атауына сәйкес көрсету қажет. Әскери қызметтi лауазым мен шенін көрсете отырып толтырылады. Шартты атауы бар кәсiпорындар (пошта жәшiгi) сондай шартты атауымен көрсетiледі. Әскери қызметтi өткергендiгi әскери билеттегi жазбаларға сәйкес көрсетiледi (бар болған жағдайда).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -12753,961 +13338,647 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...52 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z244" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Сiздiң жақын туыстарыңыз (ата-аналар, аға-қарындастар).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none"/>
-[...2 lines deleted...]
-          <w:right w:val="none"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...209 lines deleted...]
-              <w:t>6-қосымша</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Туыстық деңгейi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Т.А.Ә.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Туған жылы мен жері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыс орны, лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Болу елі, тұрғылықты мекенжайы, азаматтығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...197 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...52 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z245" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Сiздiң мекенжайыңыз, телефон нөмiрiңiз _______________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z246" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылған құжаттардың түпнұсқалығын және жазылған деректердің дұрыстығын растаймын, өзім туралы көрінеу жалған ақпарат берудің салдары жөніндегі ескертуді қабылдадым.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z247" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...285 lines deleted...]
-    </w:p>
+      "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес өтініште көрсетілген дербес деректерді өңдеуге келісім беремін. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z248" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні және өтініш берушінің қолы ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -14033,31 +14304,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>